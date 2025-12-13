--- v0 (2025-11-12)
+++ v1 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd83fd410c2fd4b35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R606456f60a74448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R1c22afe015dc40e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R771a91b3bcb24183"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,302 +65,302 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c22afe015dc40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27536fa34a9c43e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R771a91b3bcb24183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89b51f86461d430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
     <x:col min="5" max="5" width="25" bestFit="1"/>
     <x:col min="6" max="6" width="25" bestFit="1"/>
     <x:col min="7" max="7" width="25" bestFit="1"/>
     <x:col min="8" max="8" width="25" bestFit="1"/>
     <x:col min="9" max="9" width="25" bestFit="1"/>
     <x:col min="10" max="10" width="25" bestFit="1"/>
     <x:col min="11" max="11" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>Информация об исполнении доходов консолидированного и республиканского бюджетов Республики Адыгея (Источник - Закон РА о республиканском бюджете РА)</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>* Источник плановых (прогнозных) значений - Закон Республики Адыгея о республиканском бюджете Республики Адыгея на очередной  финансовый год и на плановый период</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 01.10.2025</x:v>
+        <x:v>Данные на 01.11.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Наименование</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>Конс. бюджет - утверждено</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>Конс. бюджет - исполнение</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>Конс. бюджет - % исполнения</x:v>
       </x:c>
       <x:c r="E5" s="2" t="str">
         <x:v>Конс. бюджет - исполнение на отчетную дату прошлого года</x:v>
       </x:c>
       <x:c r="F5" s="2" t="str">
         <x:v>Конс. бюджет - темп роста</x:v>
       </x:c>
       <x:c r="G5" s="2" t="str">
         <x:v>* Респ. бюджет - утверждено</x:v>
       </x:c>
       <x:c r="H5" s="2" t="str">
         <x:v>Респ. бюджет - исполнение</x:v>
       </x:c>
       <x:c r="I5" s="2" t="str">
         <x:v>Респ. бюджет - % исполнения</x:v>
       </x:c>
       <x:c r="J5" s="2" t="str">
         <x:v>Респ. бюджет - исполнение на отчетную дату прошлого года</x:v>
       </x:c>
       <x:c r="K5" s="2" t="str">
         <x:v>Респ. бюджет - темп роста</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>НАЛОГОВЫЕ И НЕНАЛОГОВЫЕ ДОХОДЫ</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>32200942344.54</x:v>
+        <x:v>32692781428.54</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>23428922837.18</x:v>
+        <x:v>27108262728.53</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>72.76</x:v>
+        <x:v>82.92</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>21962698661.62</x:v>
+        <x:v>25815771026.07</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>106.68</x:v>
+        <x:v>105.01</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>23261296100</x:v>
+        <x:v>23671796100</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>17047673782.71</x:v>
+        <x:v>19504718463.84</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
-        <x:v>73.29</x:v>
+        <x:v>82.4</x:v>
       </x:c>
       <x:c r="J6" s="4" t="n">
-        <x:v>15907632873.9</x:v>
+        <x:v>18651589592</x:v>
       </x:c>
       <x:c r="K6" s="4" t="n">
-        <x:v>107.17</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>НАЛОГИ НА ПРИБЫЛЬ, ДОХОДЫ</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15988986809.52</x:v>
+        <x:v>16013396409.52</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11559540988.55</x:v>
+        <x:v>12992566955.1</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>72.3</x:v>
+        <x:v>81.14</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>10879105237.53</x:v>
+        <x:v>12373987804.61</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>106.25</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>12786773200</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>9242185849.49</x:v>
+        <x:v>10364270422.05</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>72.28</x:v>
+        <x:v>81.05</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>8689400292.02</x:v>
+        <x:v>9912294431.88</x:v>
       </x:c>
       <x:c r="K7" s="4" t="n">
-        <x:v>106.36</x:v>
+        <x:v>104.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>Налог на прибыль организаций</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>4732153100</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3766429267.01</x:v>
+        <x:v>4161424697.99</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>79.59</x:v>
+        <x:v>87.94</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3605370479.89</x:v>
+        <x:v>4192576929.94</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>104.47</x:v>
+        <x:v>99.26</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>4732153100</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>3766429267.01</x:v>
+        <x:v>4161424697.99</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>79.59</x:v>
+        <x:v>87.94</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>3605370479.89</x:v>
+        <x:v>4192576929.94</x:v>
       </x:c>
       <x:c r="K8" s="4" t="n">
-        <x:v>104.47</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>Налог на прибыль организаций, зачисляемый в бюджеты бюджетной системы Российской Федерации по соответствующим ставкам</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4340067200</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3511447896.62</x:v>
+        <x:v>3902418088.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>80.91</x:v>
+        <x:v>89.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3309033518.56</x:v>
+        <x:v>3848258709.45</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>106.12</x:v>
+        <x:v>101.41</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>4340067200</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>3511447896.62</x:v>
+        <x:v>3902418088.5</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>80.91</x:v>
+        <x:v>89.92</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>3309033518.56</x:v>
+        <x:v>3848258709.45</x:v>
       </x:c>
       <x:c r="K9" s="4" t="n">
-        <x:v>106.12</x:v>
+        <x:v>101.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>Налог на прибыль организаций, кроме налога, уплаченного налогоплательщиками, осуществляющими деятельность по производству сжиженного природного газа и до 31 декабря 2022 года включительно осуществившими экспорт хотя бы одной партии сжиженного природного газа на основании лицензии на осуществление исключительного права на экспорт газа (за исключением налога, уплаченного налогоплательщиками, которые до 1 января 2023 года являлись участниками консолидированной группы налогоплательщиков), зачисляемый в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>4340067200</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3512332657.62</x:v>
+        <x:v>3903302849.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>80.93</x:v>
+        <x:v>89.94</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3357081234.56</x:v>
+        <x:v>3896306425.45</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>104.62</x:v>
+        <x:v>100.18</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>4340067200</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>3512332657.62</x:v>
+        <x:v>3903302849.5</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>80.93</x:v>
+        <x:v>89.94</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3357081234.56</x:v>
+        <x:v>3896306425.45</x:v>
       </x:c>
       <x:c r="K10" s="4" t="n">
-        <x:v>104.62</x:v>
+        <x:v>100.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>Налог на прибыль организаций, уплаченный налогоплательщиками, которые до 1 января 2023 года являлись участниками консолидированной группы налогоплательщиков, за налоговые периоды до 1 января 2023 года (в том числе перерасчеты, недоимка и задолженность), зачисляемый в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>-886086</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-48047716</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.84</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
@@ -403,25078 +403,25708 @@
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
         <x:v>Налог на прибыль организаций, уплаченный налогоплательщиками, которые до 1 января 2023 года являлись участниками консолидированной группы налогоплательщиков, в случае, если уплаченная сумма налога на прибыль организаций в бюджет одного субъекта Российской Федерации в период с 2019 года по 30 июня 2022 года составляла более 99 процентов от совокупной суммы налога на прибыль организаций, уплаченной указанным налогоплательщиком в бюджеты всех субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>39154</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>39154</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="K13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
         <x:v>Налог на прибыль организаций, уплаченный налогоплательщиками, которые до 1 января 2023 года являлись участниками консолидированной группы налогоплательщиков, в случае, если уплаченная сумма налога на прибыль организаций в бюджет одного субъекта Российской Федерации в период с 2019 года по 30 июня 2022 года составляла более 99 процентов от совокупной суммы налога на прибыль организаций, уплаченной указанным налогоплательщиком в бюджеты всех субъектов Российской Федерации, зачисляемый в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>39154</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>39154</x:v>
+        <x:v>35715</x:v>
       </x:c>
       <x:c r="K14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" s="3" t="str">
         <x:v>Доходы от налога на прибыль организаций, уплаченного налогоплательщиками, которые до 1 января 2023 года являлись участниками консолидированной группы налогоплательщиков, подлежащие зачислению в бюджеты субъектов Российской Федерации по нормативу, установленному Бюджетным кодексом Российской Федерации, распределяемые уполномоченным органом Федерального казначейства между бюджетами субъектов Российской Федерации по нормативам, установленным федеральным законом о федеральном бюджете</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>304153900</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>132954688.59</x:v>
+        <x:v>136883597.64</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>43.71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>227755857.73</x:v>
+        <x:v>272394689.89</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>58.38</x:v>
+        <x:v>50.25</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
         <x:v>304153900</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>132954688.59</x:v>
+        <x:v>136883597.64</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
-        <x:v>43.71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>227755857.73</x:v>
+        <x:v>272394689.89</x:v>
       </x:c>
       <x:c r="K15" s="4" t="n">
-        <x:v>58.38</x:v>
+        <x:v>50.25</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" s="3" t="str">
         <x:v>Налог на прибыль организаций, уплаченный налогоплательщиками, которые до 1 января 2023 года являлись участниками консолидированной группы налогоплательщиков, зачисляемый в бюджеты субъектов Российской Федерации в соответствии с нормативом, установленным абзацем вторым пункта 2 статьи 56 Бюджетного кодекса Российской Федерации, распределяемый уполномоченным органом Федерального казначейства между бюджетами субъектов Российской Федерации и местными бюджетами</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>87932000</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>122026681.8</x:v>
+        <x:v>122123011.85</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>138.77</x:v>
+        <x:v>138.88</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>68541949.6</x:v>
+        <x:v>71887815.6</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>178.03</x:v>
+        <x:v>169.88</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
         <x:v>87932000</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>122026681.8</x:v>
+        <x:v>122123011.85</x:v>
       </x:c>
       <x:c r="I16" s="4" t="n">
-        <x:v>138.77</x:v>
+        <x:v>138.88</x:v>
       </x:c>
       <x:c r="J16" s="4" t="n">
-        <x:v>68541949.6</x:v>
+        <x:v>71887815.6</x:v>
       </x:c>
       <x:c r="K16" s="4" t="n">
-        <x:v>178.03</x:v>
+        <x:v>169.88</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" s="3" t="str">
         <x:v>Налог на доходы физических лиц</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>11256833709.52</x:v>
+        <x:v>11281243309.52</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7793111721.54</x:v>
+        <x:v>8831142257.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>69.23</x:v>
+        <x:v>78.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7273734757.64</x:v>
+        <x:v>8181410874.67</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>107.14</x:v>
+        <x:v>107.94</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>8054620100</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>5475756582.48</x:v>
+        <x:v>6202845724.06</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>67.98</x:v>
+        <x:v>77.01</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>5084029812.13</x:v>
+        <x:v>5719717501.94</x:v>
       </x:c>
       <x:c r="K17" s="4" t="n">
-        <x:v>107.7</x:v>
+        <x:v>108.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" s="3" t="str">
         <x:v>Налог на доходы физических лиц с доходов, источником которых является налоговый агент, за исключением доходов, в отношении которых исчисление и уплата налога осуществляются в соответствии со статьями 227, 227.1 и 228 Налогового кодекса Российской Федерации, а также доходов от долевого участия в организации, полученных физическим лицом - налоговым резидентом Российской Федерации в виде дивидендов (в части суммы налога, не превышающей 650 тысяч рублей за налоговые периоды до 1 января 2025 года, а также в части суммы налога, не превышающей 312 тысяч рублей за налоговые периоды после 1 января 2025 года), а также налог на доходы физических лиц в отношении доходов от долевого участия в организации, полученных физическим лицом, не являющимся налоговым резидентом Российской Федерации, в виде дивидендов</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>9755694972.79</x:v>
+        <x:v>9770513572.79</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6477971490.61</x:v>
+        <x:v>7322676530.54</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>66.4</x:v>
+        <x:v>74.95</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>5521321223.27</x:v>
+        <x:v>6323635922.28</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>117.33</x:v>
+        <x:v>115.8</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>6563696100</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>4534580043.36</x:v>
+        <x:v>5125873571.19</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>69.09</x:v>
+        <x:v>78.09</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3864924856.21</x:v>
+        <x:v>4426545145.31</x:v>
       </x:c>
       <x:c r="K18" s="4" t="n">
-        <x:v>117.33</x:v>
+        <x:v>115.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" s="3" t="str">
         <x:v>Налог на доходы физических лиц с доходов, полученных от осуществления деятельности физическими лицами, зарегистрированными в качестве индивидуальных предпринимателей, нотариусов, занимающихся частной практикой, адвокатов, учредивших адвокатские кабинеты, и других лиц, занимающихся частной практикой в соответствии со статьей 227 Налогового кодекса Российской Федерации (в части суммы налога, не превышающей 650 тысяч рублей за налоговые периоды до 1 января 2025 года, а также в части суммы налога, не превышающей 312 тысяч рублей за налоговые периоды после 1 января 2025 года)</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3368083.45</x:v>
+        <x:v>4329083.45</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>67906957.78</x:v>
+        <x:v>83333652.73</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2016.19</x:v>
+        <x:v>1924.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>65720252.37</x:v>
+        <x:v>80201389.25</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>103.33</x:v>
+        <x:v>103.91</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>47534870.46</x:v>
+        <x:v>58333556.9</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>46004176.67</x:v>
+        <x:v>56140972.47</x:v>
       </x:c>
       <x:c r="K19" s="4" t="n">
-        <x:v>103.33</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" s="3" t="str">
         <x:v>Налог на доходы физических лиц с доходов, полученных от осуществления деятельности физическими лицами, зарегистрированными в качестве индивидуальных предпринимателей, нотариусов, занимающихся частной практикой, адвокатов, учредивших адвокатские кабинеты, и других лиц, занимающихся частной практикой в соответствии со статьей 227 Налогового кодекса Российской Федерации (в части суммы налога, превышающей 312 тысяч рублей, относящейся к части налоговой базы, превышающей 2,4 миллиона рублей и составляющей не более 5 миллионов рублей)</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>300000</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>5482574.45</x:v>
+        <x:v>12155148.39</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4051.72</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>3718067.73</x:v>
+        <x:v>8243146.6</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" s="3" t="str">
         <x:v>Налог на доходы физических лиц с доходов, полученных от осуществления деятельности физическими лицами, зарегистрированными в качестве индивидуальных предпринимателей, нотариусов, занимающихся частной практикой, адвокатов, учредивших адвокатские кабинеты, и других лиц, занимающихся частной практикой в соответствии со статьей 227 Налогового кодекса Российской Федерации (в части суммы налога, превышающей 702 тысячи рублей, относящейся к части налоговой базы, превышающей 5 миллионов рублей и составляющей не более 20 миллионов рублей)</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>8300797.2</x:v>
+        <x:v>16732845.15</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>5303287.1</x:v>
+        <x:v>10690428.84</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" s="3" t="str">
         <x:v>Налог на доходы физических лиц с доходов, полученных от осуществления деятельности физическими лицами, зарегистрированными в качестве индивидуальных предпринимателей, нотариусов, занимающихся частной практикой, адвокатов, учредивших адвокатские кабинеты, и других лиц, занимающихся частной практикой в соответствии со статьей 227 Налогового кодекса Российской Федерации (в части суммы налога, превышающей 3 402 тысячи рублей, относящейся к части налоговой базы, превышающей 20 миллионов рублей и составляющей не более 50 миллионов рублей)</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>6133491</x:v>
+        <x:v>10637552.9</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
-        <x:v>3774456</x:v>
+        <x:v>6546186.4</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" s="3" t="str">
         <x:v>Налог на доходы физических лиц с доходов, полученных от осуществления деятельности физическими лицами, зарегистрированными в качестве индивидуальных предпринимателей, нотариусов, занимающихся частной практикой, адвокатов, учредивших адвокатские кабинеты, и других лиц, занимающихся частной практикой в соответствии со статьей 227 Налогового кодекса Российской Федерации (в части суммы налога, превышающей 9 402 тысячи рублей, относящейся к части налоговой базы, превышающей 50 миллионов рублей)</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>21989054.4</x:v>
+        <x:v>39329959.2</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
-        <x:v>13193432.64</x:v>
+        <x:v>23597975.52</x:v>
       </x:c>
       <x:c r="I23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" s="3" t="str">
         <x:v>Налог на доходы физических лиц с доходов, полученных физическими лицами в соответствии со статьей 228 Налогового кодекса Российской Федерации (за исключением доходов от долевого участия в организации, полученных физическим лицом - налоговым резидентом Российской Федерации в виде дивидендов) (в части суммы налога, не превышающей 650 тысяч рублей за налоговые периоды до 1 января 2025 года, а также в части суммы налога, не превышающей 312 тысяч рублей за налоговые периоды после 1 января 2025 года)</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>373949518.97</x:v>
+        <x:v>377999518.97</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>467489979.86</x:v>
+        <x:v>498692221.83</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>125.01</x:v>
+        <x:v>131.93</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>404230646.01</x:v>
+        <x:v>423193591.97</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>115.65</x:v>
+        <x:v>117.84</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
         <x:v>369749200</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
-        <x:v>327242985.72</x:v>
+        <x:v>349084555.56</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
-        <x:v>88.5</x:v>
+        <x:v>94.41</x:v>
       </x:c>
       <x:c r="J24" s="4" t="n">
-        <x:v>282961452.18</x:v>
+        <x:v>296235515.08</x:v>
       </x:c>
       <x:c r="K24" s="4" t="n">
-        <x:v>115.65</x:v>
+        <x:v>117.84</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" s="3" t="str">
         <x:v>Налог на доходы физических лиц в виде фиксированных авансовых платежей с доходов, полученных физическими лицами, являющимися иностранными гражданами, осуществляющими трудовую деятельность по найму на основании патента в соответствии со статьей 227.1 Налогового кодекса Российской Федерации</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>150192400</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>249548993.03</x:v>
+        <x:v>285753388.43</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>166.15</x:v>
+        <x:v>190.26</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>108451262.52</x:v>
+        <x:v>119136862.89</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>230.1</x:v>
+        <x:v>239.85</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>149092400</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
-        <x:v>212116644.06</x:v>
+        <x:v>242890380.15</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
-        <x:v>142.27</x:v>
+        <x:v>162.91</x:v>
       </x:c>
       <x:c r="J25" s="4" t="n">
-        <x:v>92183573.13</x:v>
+        <x:v>101266333.44</x:v>
       </x:c>
       <x:c r="K25" s="4" t="n">
-        <x:v>230.1</x:v>
+        <x:v>239.85</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" s="3" t="str">
         <x:v>Налог на доходы физических лиц с сумм прибыли контролируемой иностранной компании, полученной физическими лицами, признаваемыми контролирующими лицами этой компании, за исключением уплачиваемого в связи с переходом на особый порядок уплаты на основании подачи в налоговый орган соответствующего уведомления (в части суммы налога, не превышающей 650 тысяч рублей за налоговые периоды до 1 января 2025 года, а также в части суммы налога, не превышающей 312 тысяч рублей за налоговые периоды после 1 января 2025 года)</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>650000</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J26" s="4" t="n">
         <x:v>455000</x:v>
       </x:c>
       <x:c r="K26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" s="3" t="str">
         <x:v>Налог на доходы физических лиц в части суммы налога, превышающей 650 000 рублей, относящейся к части налоговой базы, превышающей 5 000 000 рублей (за исключением налога на доходы физических лиц с сумм прибыли контролируемой иностранной компании, в том числе фиксированной прибыли контролируемой иностранной компании, а также налога на доходы физических лиц в отношении доходов от долевого участия в организации, полученных физическим лицом - налоговым резидентом Российской Федерации в виде дивидендов) за налоговые периоды до 1 января 2025 года, а также налог на доходы физических лиц в части суммы налога, превышающей 312 тысяч рублей, относящейся к части налоговой базы, превышающей 2,4 миллиона рублей и составляющей не более 5 миллионов рублей (за исключением налога на доходы физических лиц в отношении доходов, указанных в абзаце тридцать девятом статьи 50 Бюджетного кодекса Российской Федерации, налога на доходы физических лиц в части суммы налога, превышающей 312 тысяч рублей, относящейся к сумме налоговых баз, указанных в пункте 6 статьи 210 Налогового кодекса Российской Федерации, превышающей 2,4 миллиона рублей (за исключением налога на доходы физических лиц в отношении доходов, указанных в абзацах тридцать пятом и тридцать шестом статьи 50 Бюджетного кодекса Российской Федерации), а также налога на доходы физических лиц в отношении доходов физических лиц, не являющихся налоговыми резидентами Российской Федерации, указанных в абзаце девятом пункта 3 статьи 224 Налогового кодекса Российской Федерации, в части суммы налога, превышающей 312 тысяч рублей, относящейся к части налоговой базы, превышающей 2,4 миллиона рублей) за налоговые периоды после 1 января 2025 года</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>674403934.31</x:v>
+        <x:v>675683934.31</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>133260581.41</x:v>
+        <x:v>149472386.6</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>19.76</x:v>
+        <x:v>22.12</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>893593700.82</x:v>
+        <x:v>943035477.17</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>14.91</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
         <x:v>673897600</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
-        <x:v>90372118.44</x:v>
+        <x:v>101366331.16</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
-        <x:v>13.41</x:v>
+        <x:v>15.04</x:v>
       </x:c>
       <x:c r="J27" s="4" t="n">
-        <x:v>606000325.84</x:v>
+        <x:v>639529806.35</x:v>
       </x:c>
       <x:c r="K27" s="4" t="n">
-        <x:v>14.91</x:v>
+        <x:v>15.85</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" s="3" t="str">
         <x:v>Налог на доходы физических лиц с сумм прибыли контролируемой иностранной компании, полученной физическими лицами, признаваемыми контролирующими лицами этой компании, за исключением уплачиваемого в связи с переходом на особый порядок уплаты на основании подачи в налоговый орган соответствующего уведомления (в части суммы налога, превышающей 650 тысяч рублей за налоговые периоды до 1 января 2025 года, а также в части суммы налога, превышающей 312 тысяч рублей, но не более 702 тысяч рублей за налоговые периоды после 1 января 2025 года)</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>-61482.9</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
         <x:v>-41695.3</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" s="3" t="str">
         <x:v>Налог на доходы физических лиц в отношении доходов от долевого участия в организации, полученных физическим лицом - налоговым резидентом Российской Федерации в виде дивидендов (в части суммы налога, не превышающей 650 тысяч рублей за налоговые периоды до 1 января 2025 года, а также в части суммы налога, не превышающей 312 тысяч рублей за налоговые периоды после 1 января 2025 года)</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>74576200</x:v>
+        <x:v>74876200</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>58525835.82</x:v>
+        <x:v>63255092.99</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>78.48</x:v>
+        <x:v>84.48</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>81181346.37</x:v>
+        <x:v>83416428.08</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>72.09</x:v>
+        <x:v>75.83</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
         <x:v>74546200</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
-        <x:v>40968085.08</x:v>
+        <x:v>44278565.1</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>54.96</x:v>
+        <x:v>59.4</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
-        <x:v>56826942.46</x:v>
+        <x:v>58391499.66</x:v>
       </x:c>
       <x:c r="K29" s="4" t="n">
-        <x:v>72.09</x:v>
+        <x:v>75.83</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" s="3" t="str">
         <x:v>Налог на доходы физических лиц в отношении доходов от долевого участия в организации, полученных физическим лицом - налоговым резидентом Российской Федерации в виде дивидендов (в части суммы налога, превышающей 650 тысяч рублей за налоговые периоды до 1 января 2025 года, а также в части суммы налога, превышающей 312 тысяч рублей за налоговые периоды после 1 января 2025 года)</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>224648600</x:v>
+        <x:v>226748600</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>212379079.09</x:v>
+        <x:v>250844239.68</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>94.54</x:v>
+        <x:v>110.63</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>198586326.28</x:v>
+        <x:v>208141203.03</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>106.95</x:v>
+        <x:v>120.52</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
         <x:v>223638600</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
-        <x:v>144027191.56</x:v>
+        <x:v>170112760.25</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>64.4</x:v>
+        <x:v>76.07</x:v>
       </x:c>
       <x:c r="J30" s="4" t="n">
-        <x:v>134673485.64</x:v>
+        <x:v>141153229.63</x:v>
       </x:c>
       <x:c r="K30" s="4" t="n">
-        <x:v>106.95</x:v>
+        <x:v>120.52</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" s="3" t="str">
         <x:v>Налог на доходы физических лиц в части суммы налога, превышающей 702 тысячи рублей, относящейся к части налоговой базы, превышающей 5 миллионов рублей и составляющей не более 20 миллионов рублей (за исключением налога на доходы физических лиц в отношении доходов, указанных в абзаце тридцать девятом статьи 50 Бюджетного кодекса Российской Федерации, налога на доходы физических лиц в части суммы налога, превышающей 312 тысяч рублей, относящейся к сумме налоговых баз, указанных в пункте 6 статьи 210 Налогового кодекса Российской Федерации, превышающей 2,4 миллиона рублей (за исключением налога на доходы физических лиц в отношении доходов, указанных в абзацах тридцать пятом и тридцать шестом статьи 50 Бюджетного кодекса Российской Федерации), а также налога на доходы физических лиц в отношении доходов физических лиц, не являющихся налоговыми резидентами Российской Федерации, указанных в абзаце девятом пункта 3 статьи 224 Налогового кодекса Российской Федерации, в части суммы налога, превышающей 312 тысяч рублей, относящейся к части налоговой базы, превышающей 2,4 миллиона рублей)</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>50727149.18</x:v>
+        <x:v>59828429.5</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11965.69</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
-        <x:v>32409011.98</x:v>
+        <x:v>38223718.85</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" s="3" t="str">
         <x:v>Налог на доходы физических лиц в части суммы налога, превышающей 3 402 тысячи рублей, относящейся к части налоговой базы, превышающей 20 миллионов рублей и составляющей не более 50 миллионов рублей (за исключением налога на доходы физических лиц в отношении доходов, указанных в абзаце тридцать девятом статьи 50 Бюджетного кодекса Российской Федерации, налога на доходы физических лиц в части суммы налога, превышающей 312 тысяч рублей, относящейся к сумме налоговых баз, указанных в пункте 6 статьи 210 Налогового кодекса Российской Федерации, превышающей 2,4 миллиона рублей (за исключением налога на доходы физических лиц в отношении доходов, указанных в абзацах тридцать пятом и тридцать шестом статьи 50 Бюджетного кодекса Российской Федерации), а также налога на доходы физических лиц в отношении доходов физических лиц, не являющихся налоговыми резидентами Российской Федерации, указанных в абзаце девятом пункта 3 статьи 224 Налогового кодекса Российской Федерации, в части суммы налога, превышающей 312 тысяч рублей, относящейся к части налоговой базы, превышающей 2,4 миллиона рублей)</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>25071144.8</x:v>
+        <x:v>28110743.05</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
-        <x:v>15428396.8</x:v>
+        <x:v>17298918.8</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" s="3" t="str">
         <x:v>Налог на доходы физических лиц в части суммы налога, превышающей 9 402 тысячи рублей, относящейся к части налоговой базы, превышающей 50 миллионов рублей (за исключением налога на доходы физических лиц в отношении доходов, указанных в абзаце тридцать девятом статьи 50 Бюджетного кодекса Российской Федерации, налога на доходы физических лиц в части суммы налога, превышающей 312 тысяч рублей, относящейся к сумме налоговых баз, указанных в пункте 6 статьи 210 Налогового кодекса Российской Федерации, превышающей 2,4 миллиона рублей (за исключением налога на доходы физических лиц в отношении доходов, указанных в абзацах тридцать пятом и тридцать шестом статьи 50 Бюджетного кодекса Российской Федерации), а также налога на доходы физических лиц в отношении доходов физических лиц, не являющихся налоговыми резидентами Российской Федерации, указанных в абзаце девятом пункта 3 статьи 224 Налогового кодекса Российской Федерации, в части суммы налога, превышающей 312 тысяч рублей, относящейся к части налоговой базы, превышающей 2,4 миллиона рублей)</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>7390728.6</x:v>
+        <x:v>9197602.8</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
-        <x:v>4434437.16</x:v>
+        <x:v>5518561.68</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" s="3" t="str">
-        <x:v>Налог на доходы физических лиц в части суммы налога, превышающей 312 тысяч рублей, относящейся к сумме налоговых баз, указанных в пункте 6 статьи 210 Налогового кодекса Российской Федерации, превышающей 2,4 миллиона рублей (за исключением налога на доходы физических лиц в отношении доходов, указанных в абзацах тридцать пятом и тридцать шестом статьи 50 Бюджетного кодекса Российской Федерации, а также налога на доходы физических лиц в отношении доходов от долевого участия в организации, полученных физическим лицом - налоговым резидентом Российской Федерации в виде дивидендов (в части суммы налога, превышающей 312 тысяч рублей)</x:v>
+        <x:v>Налог на доходы физических лиц в части суммы налога, относящейся к сумме налоговых баз, указанных в пункте 6.1 статьи 210 Налогового кодекса Российской Федерации, не превышающей 5 миллионов рублей, за налоговые периоды после 1 января 2025 года</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>68380.26</x:v>
+        <x:v>3677</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
-        <x:v>46372.82</x:v>
+        <x:v>2573.9</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" s="3" t="str">
-        <x:v>Налог на доходы физических лиц в части суммы налога, относящейся к сумме налоговых баз, указанных в пункте 6.1 статьи 210 Налогового кодекса Российской Федерации, не превышающей 5 миллионов рублей, за налоговые периоды после 1 января 2025 года</x:v>
+        <x:v>Налог на доходы физических лиц в части суммы налога, относящейся к налоговой базе, указанной в пункте 6.2 статьи 210 Налогового кодекса Российской Федерации, не превышающей 5 миллионов рублей</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3677</x:v>
+        <x:v>1180269.22</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1180.27</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
-        <x:v>2573.9</x:v>
+        <x:v>826188.46</x:v>
       </x:c>
       <x:c r="I35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" s="3" t="str">
-        <x:v>Налог на доходы физических лиц в части суммы налога, относящейся к налоговой базе, указанной в пункте 6.2 статьи 210 Налогового кодекса Российской Федерации, не превышающей 5 миллионов рублей</x:v>
+        <x:v>НАЛОГИ НА ТОВАРЫ (РАБОТЫ, УСЛУГИ), РЕАЛИЗУЕМЫЕ НА ТЕРРИТОРИИ РОССИЙСКОЙ ФЕДЕРАЦИИ</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4977400272.47</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>923289.95</x:v>
+        <x:v>3842241350.68</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>77.19</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3997976431.09</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>96.1</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4731536300</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
-        <x:v>646302.97</x:v>
+        <x:v>3622573735.24</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>76.56</x:v>
       </x:c>
       <x:c r="J36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3810151053.08</x:v>
       </x:c>
       <x:c r="K36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" s="3" t="str">
-        <x:v>НАЛОГИ НА ТОВАРЫ (РАБОТЫ, УСЛУГИ), РЕАЛИЗУЕМЫЕ НА ТЕРРИТОРИИ РОССИЙСКОЙ ФЕДЕРАЦИИ</x:v>
+        <x:v>Акцизы по подакцизным товарам (продукции), производимым на территории Российской Федерации</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4977262272.47</x:v>
+        <x:v>4953333762.47</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3455673359.25</x:v>
+        <x:v>3814571365.51</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>69.43</x:v>
+        <x:v>77.01</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>3344211564.34</x:v>
+        <x:v>3997976431.09</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>103.33</x:v>
+        <x:v>95.41</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
         <x:v>4731536300</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
-        <x:v>3265850819.09</x:v>
+        <x:v>3622573735.24</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
-        <x:v>69.02</x:v>
+        <x:v>76.56</x:v>
       </x:c>
       <x:c r="J37" s="4" t="n">
-        <x:v>3194204443.55</x:v>
+        <x:v>3810151053.08</x:v>
       </x:c>
       <x:c r="K37" s="4" t="n">
-        <x:v>102.24</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" s="3" t="str">
-        <x:v>Акцизы по подакцизным товарам (продукции), производимым на территории Российской Федерации</x:v>
+        <x:v>Акцизы на виноградное сусло, плодовое сусло, плодовые сброженные материалы, производимые на территории Российской Федерации, кроме производимых из подакцизного винограда</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4953195762.47</x:v>
+        <x:v>85937000</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>3438721034.94</x:v>
+        <x:v>-4864</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>69.42</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>3344211564.34</x:v>
+        <x:v>58666644</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>102.83</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>4731536300</x:v>
+        <x:v>85937000</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
-        <x:v>3265850819.09</x:v>
+        <x:v>-4864</x:v>
       </x:c>
       <x:c r="I38" s="4" t="n">
-        <x:v>69.02</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="J38" s="4" t="n">
-        <x:v>3194204443.55</x:v>
+        <x:v>58666644</x:v>
       </x:c>
       <x:c r="K38" s="4" t="n">
-        <x:v>102.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" s="3" t="str">
-        <x:v>Акцизы на виноградное сусло, плодовое сусло, плодовые сброженные материалы, производимые на территории Российской Федерации, кроме производимых из подакцизного винограда</x:v>
+        <x:v>Акцизы на вино наливом, виноградное сусло, производимые на территории Российской Федерации из подакцизного винограда</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>85937000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4864</x:v>
+        <x:v>3824415</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>58666644</x:v>
+        <x:v>4214273.11</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>90.75</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>85937000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
-        <x:v>-4864</x:v>
+        <x:v>3824415</x:v>
       </x:c>
       <x:c r="I39" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J39" s="4" t="n">
-        <x:v>58666644</x:v>
+        <x:v>4214273.11</x:v>
       </x:c>
       <x:c r="K39" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>90.75</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" s="3" t="str">
-        <x:v>Акцизы на вино наливом, виноградное сусло, производимые на территории Российской Федерации из подакцизного винограда</x:v>
+        <x:v>Акцизы на вина, вина наливом, плодовую алкогольную продукцию, игристые вина, включая российское шампанское, а также виноградосодержащие напитки, плодовые алкогольные напитки, изготавливаемые без добавления ректификованного этилового спирта, произведенного из пищевого сырья, и (или) без добавления спиртованных виноградного или иного плодового сусла, и (или) без добавления дистиллятов, и (или) без добавления крепленого (ликерного) вина, производимые на территории Российской Федерации, кроме производимых из подакцизного винограда</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>538264000</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>3197511</x:v>
+        <x:v>292706582.09</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>54.38</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>4212678.11</x:v>
+        <x:v>168310410.64</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>75.9</x:v>
+        <x:v>173.91</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>538264000</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
-        <x:v>3197511</x:v>
+        <x:v>292706582.09</x:v>
       </x:c>
       <x:c r="I40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>54.38</x:v>
       </x:c>
       <x:c r="J40" s="4" t="n">
-        <x:v>4212678.11</x:v>
+        <x:v>168310410.64</x:v>
       </x:c>
       <x:c r="K40" s="4" t="n">
-        <x:v>75.9</x:v>
+        <x:v>173.91</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" s="3" t="str">
-        <x:v>Акцизы на вина, вина наливом, плодовую алкогольную продукцию, игристые вина, включая российское шампанское, а также виноградосодержащие напитки, плодовые алкогольные напитки, изготавливаемые без добавления ректификованного этилового спирта, произведенного из пищевого сырья, и (или) без добавления спиртованных виноградного или иного плодового сусла, и (или) без добавления дистиллятов, и (или) без добавления крепленого (ликерного) вина, производимые на территории Российской Федерации, кроме производимых из подакцизного винограда</x:v>
+        <x:v>Акцизы на вина, игристые вина, включая российское шампанское, производимые на территории Российской Федерации из подакцизного винограда</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>538264000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>265492714.48</x:v>
+        <x:v>-7552386.5</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>49.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>141583391.64</x:v>
+        <x:v>535622</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>187.52</x:v>
+        <x:v>-1410.02</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
-        <x:v>538264000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
-        <x:v>265492714.48</x:v>
+        <x:v>-7552386.5</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
-        <x:v>49.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J41" s="4" t="n">
-        <x:v>141583391.64</x:v>
+        <x:v>535622</x:v>
       </x:c>
       <x:c r="K41" s="4" t="n">
-        <x:v>187.52</x:v>
+        <x:v>-1410.02</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" s="3" t="str">
-        <x:v>Акцизы на вина, игристые вина, включая российское шампанское, производимые на территории Российской Федерации из подакцизного винограда</x:v>
+        <x:v>Акцизы на пиво, напитки, изготавливаемые на основе пива, производимые на территории Российской Федерации</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1096200000</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-7690300.02</x:v>
+        <x:v>889634737.75</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>81.16</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>62551</x:v>
+        <x:v>1062653766.5</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>-12294.45</x:v>
+        <x:v>83.72</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1096200000</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
-        <x:v>-7690300.02</x:v>
+        <x:v>889634737.75</x:v>
       </x:c>
       <x:c r="I42" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>81.16</x:v>
       </x:c>
       <x:c r="J42" s="4" t="n">
-        <x:v>62551</x:v>
+        <x:v>1062653766.5</x:v>
       </x:c>
       <x:c r="K42" s="4" t="n">
-        <x:v>-12294.45</x:v>
+        <x:v>83.72</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" s="3" t="str">
-        <x:v>Акцизы на пиво, напитки, изготавливаемые на основе пива, производимые на территории Российской Федерации</x:v>
+        <x:v>Акцизы на сидр, пуаре, медовуху, производимые на территории Российской Федерации</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1096200000</x:v>
+        <x:v>12582000</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>812679736.79</x:v>
+        <x:v>20490368</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>74.14</x:v>
+        <x:v>162.85</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>972857738.36</x:v>
+        <x:v>13232242</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>83.54</x:v>
+        <x:v>154.85</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>1096200000</x:v>
+        <x:v>12582000</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
-        <x:v>812679736.79</x:v>
+        <x:v>20490368</x:v>
       </x:c>
       <x:c r="I43" s="4" t="n">
-        <x:v>74.14</x:v>
+        <x:v>162.85</x:v>
       </x:c>
       <x:c r="J43" s="4" t="n">
-        <x:v>972857738.36</x:v>
+        <x:v>13232242</x:v>
       </x:c>
       <x:c r="K43" s="4" t="n">
-        <x:v>83.54</x:v>
+        <x:v>154.85</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" s="3" t="str">
-        <x:v>Акцизы на сидр, пуаре, медовуху, производимые на территории Российской Федерации</x:v>
+        <x:v>Доходы от уплаты акцизов на алкогольную продукцию с объемной долей этилового спирта свыше 9 процентов (за исключением пива, вин (кроме крепленого (ликерного) вина), вин наливом, плодовой алкогольной продукции, игристых вин, включая российское шампанское, а также за исключением виноградосодержащих напитков, плодовых алкогольных напитков, изготавливаемых без добавления ректификованного этилового спирта, произведенного из пищевого сырья, и (или) без добавления спиртованных виноградного или иного плодового сусла, и (или) без добавления дистиллятов, и (или) без добавления крепленого (ликерного) вина), подлежащие распределению в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>12582000</x:v>
+        <x:v>396643400</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>19722308</x:v>
+        <x:v>287715683.61</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>156.75</x:v>
+        <x:v>72.54</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>11949298</x:v>
+        <x:v>263972887.01</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>165.05</x:v>
+        <x:v>108.99</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>12582000</x:v>
+        <x:v>396643400</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
-        <x:v>19722308</x:v>
+        <x:v>287715683.61</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
-        <x:v>156.75</x:v>
+        <x:v>72.54</x:v>
       </x:c>
       <x:c r="J44" s="4" t="n">
-        <x:v>11949298</x:v>
+        <x:v>263972887.01</x:v>
       </x:c>
       <x:c r="K44" s="4" t="n">
-        <x:v>165.05</x:v>
+        <x:v>108.99</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на алкогольную продукцию с объемной долей этилового спирта свыше 9 процентов (за исключением пива, вин (кроме крепленого (ликерного) вина), вин наливом, плодовой алкогольной продукции, игристых вин, включая российское шампанское, а также за исключением виноградосодержащих напитков, плодовых алкогольных напитков, изготавливаемых без добавления ректификованного этилового спирта, произведенного из пищевого сырья, и (или) без добавления спиртованных виноградного или иного плодового сусла, и (или) без добавления дистиллятов, и (или) без добавления крепленого (ликерного) вина), подлежащие распределению в бюджеты субъектов Российской Федерации</x:v>
+        <x:v>Доходы от уплаты акцизов на алкогольную продукцию с объемной долей этилового спирта свыше 9 процентов (за исключением пива, вин (кроме крепленого (ликерного) вина), вин наливом, плодовой алкогольной продукции, игристых вин, включая российское шампанское, а также за исключением виноградосодержащих напитков, плодовых алкогольных напитков, изготавливаемых без добавления ректификованного этилового спирта, произведенного из пищевого сырья, и (или) без добавления спиртованных виноградного или иного плодового сусла, и (или) без добавления дистиллятов, и (или) без добавления крепленого (ликерного) вина), подлежащие распределению в бюджеты субъектов Российской Федерации (в порядке, установленном Министерством финансов Российской Федерации)</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>396643400</x:v>
+        <x:v>335804000</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>249486451.33</x:v>
+        <x:v>245420031.37</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>62.9</x:v>
+        <x:v>73.08</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>216980943.77</x:v>
+        <x:v>224713545.39</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>114.98</x:v>
+        <x:v>109.21</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
-        <x:v>396643400</x:v>
+        <x:v>335804000</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
-        <x:v>249486451.33</x:v>
+        <x:v>245420031.37</x:v>
       </x:c>
       <x:c r="I45" s="4" t="n">
-        <x:v>62.9</x:v>
+        <x:v>73.08</x:v>
       </x:c>
       <x:c r="J45" s="4" t="n">
-        <x:v>216980943.77</x:v>
+        <x:v>224713545.39</x:v>
       </x:c>
       <x:c r="K45" s="4" t="n">
-        <x:v>114.98</x:v>
+        <x:v>109.21</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на алкогольную продукцию с объемной долей этилового спирта свыше 9 процентов (за исключением пива, вин (кроме крепленого (ликерного) вина), вин наливом, плодовой алкогольной продукции, игристых вин, включая российское шампанское, а также за исключением виноградосодержащих напитков, плодовых алкогольных напитков, изготавливаемых без добавления ректификованного этилового спирта, произведенного из пищевого сырья, и (или) без добавления спиртованных виноградного или иного плодового сусла, и (или) без добавления дистиллятов, и (или) без добавления крепленого (ликерного) вина), подлежащие распределению в бюджеты субъектов Российской Федерации (в порядке, установленном Министерством финансов Российской Федерации)</x:v>
+        <x:v>Доходы от уплаты акцизов на алкогольную продукцию с объемной долей этилового спирта свыше 9 процентов (за исключением пива, вин (кроме крепленого (ликерного) вина), вин наливом, плодовой алкогольной продукции, игристых вин, включая российское шампанское, а также за исключением виноградосодержащих напитков, плодовых алкогольных напитков, изготавливаемых без добавления ректификованного этилового спирта, произведенного из пищевого сырья, и (или) без добавления спиртованных виноградного или иного плодового сусла, и (или) без добавления дистиллятов, и (или) без добавления крепленого (ликерного) вина), подлежащие распределению в бюджеты субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете в целях компенсации снижения доходов бюджетов субъектов Российской Федерации в связи с исключением движимого имущества из объектов налогообложения по налогу на имущество организаций)</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>335804000</x:v>
+        <x:v>60839400</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>212712150.53</x:v>
+        <x:v>42295652.24</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>63.34</x:v>
+        <x:v>69.52</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>184615372.99</x:v>
+        <x:v>39259341.62</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>115.22</x:v>
+        <x:v>107.73</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
-        <x:v>335804000</x:v>
+        <x:v>60839400</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
-        <x:v>212712150.53</x:v>
+        <x:v>42295652.24</x:v>
       </x:c>
       <x:c r="I46" s="4" t="n">
-        <x:v>63.34</x:v>
+        <x:v>69.52</x:v>
       </x:c>
       <x:c r="J46" s="4" t="n">
-        <x:v>184615372.99</x:v>
+        <x:v>39259341.62</x:v>
       </x:c>
       <x:c r="K46" s="4" t="n">
-        <x:v>115.22</x:v>
+        <x:v>107.73</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на алкогольную продукцию с объемной долей этилового спирта свыше 9 процентов (за исключением пива, вин (кроме крепленого (ликерного) вина), вин наливом, плодовой алкогольной продукции, игристых вин, включая российское шампанское, а также за исключением виноградосодержащих напитков, плодовых алкогольных напитков, изготавливаемых без добавления ректификованного этилового спирта, произведенного из пищевого сырья, и (или) без добавления спиртованных виноградного или иного плодового сусла, и (или) без добавления дистиллятов, и (или) без добавления крепленого (ликерного) вина), подлежащие распределению в бюджеты субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете в целях компенсации снижения доходов бюджетов субъектов Российской Федерации в связи с исключением движимого имущества из объектов налогообложения по налогу на имущество организаций)</x:v>
+        <x:v>Доходы от уплаты акцизов на этиловый спирт из пищевого сырья, винный спирт, виноградный спирт (за исключением дистиллятов винного, виноградного, плодового, коньячного, кальвадосного, вискового), производимый на территории Российской Федерации, подлежащие распределению между бюджетами субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>60839400</x:v>
+        <x:v>732000</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>36774300.8</x:v>
+        <x:v>982934.09</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>60.44</x:v>
+        <x:v>134.28</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>32365570.78</x:v>
+        <x:v>566119.34</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>113.62</x:v>
+        <x:v>173.63</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
-        <x:v>60839400</x:v>
+        <x:v>732000</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
-        <x:v>36774300.8</x:v>
+        <x:v>982934.09</x:v>
       </x:c>
       <x:c r="I47" s="4" t="n">
-        <x:v>60.44</x:v>
+        <x:v>134.28</x:v>
       </x:c>
       <x:c r="J47" s="4" t="n">
-        <x:v>32365570.78</x:v>
+        <x:v>566119.34</x:v>
       </x:c>
       <x:c r="K47" s="4" t="n">
-        <x:v>113.62</x:v>
+        <x:v>173.63</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на этиловый спирт из пищевого сырья, винный спирт, виноградный спирт (за исключением дистиллятов винного, виноградного, плодового, коньячного, кальвадосного, вискового), производимый на территории Российской Федерации, подлежащие распределению между бюджетами субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
+        <x:v>Доходы от уплаты акцизов на этиловый спирт из пищевого сырья (дистилляты винный, виноградный, плодовый, коньячный, кальвадосный, висковый), производимый на территории Российской Федерации, подлежащие распределению между бюджетами субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>732000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>877800.51</x:v>
+        <x:v>3920.55</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>119.92</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>463168.71</x:v>
+        <x:v>-10.57</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>189.52</x:v>
+        <x:v>-37091.3</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
-        <x:v>732000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
-        <x:v>877800.51</x:v>
+        <x:v>3920.55</x:v>
       </x:c>
       <x:c r="I48" s="4" t="n">
-        <x:v>119.92</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J48" s="4" t="n">
-        <x:v>463168.71</x:v>
+        <x:v>-10.57</x:v>
       </x:c>
       <x:c r="K48" s="4" t="n">
-        <x:v>189.52</x:v>
+        <x:v>-37091.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на этиловый спирт из пищевого сырья (дистилляты винный, виноградный, плодовый, коньячный, кальвадосный, висковый), производимый на территории Российской Федерации, подлежащие распределению между бюджетами субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
+        <x:v>Доходы от уплаты акцизов на спиртосодержащую продукцию, производимую на территории Российской Федерации, подлежащие распределению между бюджетами субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>26000</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3915.1</x:v>
+        <x:v>267575.49</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1029.14</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-43.04</x:v>
+        <x:v>33778.32</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>-9096.42</x:v>
+        <x:v>792.15</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>26000</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
-        <x:v>3915.1</x:v>
+        <x:v>267575.49</x:v>
       </x:c>
       <x:c r="I49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1029.14</x:v>
       </x:c>
       <x:c r="J49" s="4" t="n">
-        <x:v>-43.04</x:v>
+        <x:v>33778.32</x:v>
       </x:c>
       <x:c r="K49" s="4" t="n">
-        <x:v>-9096.42</x:v>
+        <x:v>792.15</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на спиртосодержащую продукцию, производимую на территории Российской Федерации, подлежащие распределению между бюджетами субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
+        <x:v>Доходы от уплаты акцизов на этиловый спирт из непищевого сырья, производимый на территории Российской Федерации, подлежащие распределению между бюджетами субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>26000</x:v>
+        <x:v>377600</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>221931.01</x:v>
+        <x:v>310900.46</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>853.58</x:v>
+        <x:v>82.34</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>27377.24</x:v>
+        <x:v>303486.68</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>810.64</x:v>
+        <x:v>102.44</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
-        <x:v>26000</x:v>
+        <x:v>377600</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
-        <x:v>221931.01</x:v>
+        <x:v>310900.46</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
-        <x:v>853.58</x:v>
+        <x:v>82.34</x:v>
       </x:c>
       <x:c r="J50" s="4" t="n">
-        <x:v>27377.24</x:v>
+        <x:v>303486.68</x:v>
       </x:c>
       <x:c r="K50" s="4" t="n">
-        <x:v>810.64</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на этиловый спирт из непищевого сырья, производимый на территории Российской Федерации, подлежащие распределению между бюджетами субъектов Российской Федерации (по нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
+        <x:v>Доходы от уплаты акцизов на дизельное топливо, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>377600</x:v>
+        <x:v>1474185450.47</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>284925.23</x:v>
+        <x:v>1180181191.8</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>75.46</x:v>
+        <x:v>80.06</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>287514.24</x:v>
+        <x:v>1255867688.95</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>99.1</x:v>
+        <x:v>93.97</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
-        <x:v>377600</x:v>
+        <x:v>1360249100</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
-        <x:v>284925.23</x:v>
+        <x:v>1082772189.95</x:v>
       </x:c>
       <x:c r="I51" s="4" t="n">
-        <x:v>75.46</x:v>
+        <x:v>79.6</x:v>
       </x:c>
       <x:c r="J51" s="4" t="n">
-        <x:v>287514.24</x:v>
+        <x:v>1158615548.48</x:v>
       </x:c>
       <x:c r="K51" s="4" t="n">
-        <x:v>99.1</x:v>
+        <x:v>93.45</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на дизельное топливо, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты</x:v>
+        <x:v>Доходы от уплаты акцизов на дизельное топливо, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по нормативам, установленным федеральным законом о федеральном бюджете в целях формирования дорожных фондов субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1474185450.47</x:v>
+        <x:v>1215280250.47</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>1059962250.46</x:v>
+        <x:v>974090019.95</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>71.9</x:v>
+        <x:v>80.15</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>1005176651.18</x:v>
+        <x:v>972521405.77</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>105.45</x:v>
+        <x:v>100.16</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
-        <x:v>1360249100</x:v>
+        <x:v>1101343900</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
-        <x:v>972475798.75</x:v>
+        <x:v>876681018.1</x:v>
       </x:c>
       <x:c r="I52" s="4" t="n">
-        <x:v>71.49</x:v>
+        <x:v>79.6</x:v>
       </x:c>
       <x:c r="J52" s="4" t="n">
-        <x:v>927337574.87</x:v>
+        <x:v>875269265.3</x:v>
       </x:c>
       <x:c r="K52" s="4" t="n">
-        <x:v>104.87</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на дизельное топливо, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по нормативам, установленным федеральным законом о федеральном бюджете в целях формирования дорожных фондов субъектов Российской Федерации)</x:v>
+        <x:v>Доходы от уплаты акцизов на дизельное топливо, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по дополнительным нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1215280250.47</x:v>
+        <x:v>258905200</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>874864518.15</x:v>
+        <x:v>206091171.85</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>71.99</x:v>
+        <x:v>79.6</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>778390763.98</x:v>
+        <x:v>283346283.18</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>112.39</x:v>
+        <x:v>72.73</x:v>
       </x:c>
       <x:c r="G53" s="4" t="n">
-        <x:v>1101343900</x:v>
+        <x:v>258905200</x:v>
       </x:c>
       <x:c r="H53" s="4" t="n">
-        <x:v>787378066.44</x:v>
+        <x:v>206091171.85</x:v>
       </x:c>
       <x:c r="I53" s="4" t="n">
-        <x:v>71.49</x:v>
+        <x:v>79.6</x:v>
       </x:c>
       <x:c r="J53" s="4" t="n">
-        <x:v>700551687.67</x:v>
+        <x:v>283346283.18</x:v>
       </x:c>
       <x:c r="K53" s="4" t="n">
-        <x:v>112.39</x:v>
+        <x:v>72.73</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на дизельное топливо, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по дополнительным нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
+        <x:v>Доходы от уплаты акцизов на моторные масла для дизельных и (или) карбюраторных (инжекторных) двигателей, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>258905200</x:v>
+        <x:v>6696578</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>185097732.31</x:v>
+        <x:v>6858763.1</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>71.49</x:v>
+        <x:v>102.42</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>226785887.2</x:v>
+        <x:v>7249413.25</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>81.62</x:v>
+        <x:v>94.61</x:v>
       </x:c>
       <x:c r="G54" s="4" t="n">
-        <x:v>258905200</x:v>
+        <x:v>6129300</x:v>
       </x:c>
       <x:c r="H54" s="4" t="n">
-        <x:v>185097732.31</x:v>
+        <x:v>6292659.24</x:v>
       </x:c>
       <x:c r="I54" s="4" t="n">
-        <x:v>71.49</x:v>
+        <x:v>102.67</x:v>
       </x:c>
       <x:c r="J54" s="4" t="n">
-        <x:v>226785887.2</x:v>
+        <x:v>6688031.76</x:v>
       </x:c>
       <x:c r="K54" s="4" t="n">
-        <x:v>81.62</x:v>
+        <x:v>94.09</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на моторные масла для дизельных и (или) карбюраторных (инжекторных) двигателей, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты</x:v>
+        <x:v>Доходы от уплаты акцизов на моторные масла для дизельных и (или) карбюраторных (инжекторных) двигателей, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по нормативам, установленным федеральным законом о федеральном бюджете в целях формирования дорожных фондов субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>6696578</x:v>
+        <x:v>5529978</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>6189922.12</x:v>
+        <x:v>5661039.83</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>92.43</x:v>
+        <x:v>102.37</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>5744284.4</x:v>
+        <x:v>5613815.58</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>107.76</x:v>
+        <x:v>100.84</x:v>
       </x:c>
       <x:c r="G55" s="4" t="n">
-        <x:v>6129300</x:v>
+        <x:v>4962700</x:v>
       </x:c>
       <x:c r="H55" s="4" t="n">
-        <x:v>5679022.63</x:v>
+        <x:v>5094935.97</x:v>
       </x:c>
       <x:c r="I55" s="4" t="n">
-        <x:v>92.65</x:v>
+        <x:v>102.66</x:v>
       </x:c>
       <x:c r="J55" s="4" t="n">
-        <x:v>5299457.31</x:v>
+        <x:v>5052434.09</x:v>
       </x:c>
       <x:c r="K55" s="4" t="n">
-        <x:v>107.16</x:v>
+        <x:v>100.84</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на моторные масла для дизельных и (или) карбюраторных (инжекторных) двигателей, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по нормативам, установленным федеральным законом о федеральном бюджете в целях формирования дорожных фондов субъектов Российской Федерации)</x:v>
+        <x:v>Доходы от уплаты акцизов на моторные масла для дизельных и (или) карбюраторных (инжекторных) двигателей, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по дополнительным нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>5529978</x:v>
+        <x:v>1166600</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>5108996.34</x:v>
+        <x:v>1197723.27</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>92.39</x:v>
+        <x:v>102.67</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>4448270.8</x:v>
+        <x:v>1635597.67</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>114.85</x:v>
+        <x:v>73.23</x:v>
       </x:c>
       <x:c r="G56" s="4" t="n">
-        <x:v>4962700</x:v>
+        <x:v>1166600</x:v>
       </x:c>
       <x:c r="H56" s="4" t="n">
-        <x:v>4598096.85</x:v>
+        <x:v>1197723.27</x:v>
       </x:c>
       <x:c r="I56" s="4" t="n">
-        <x:v>92.65</x:v>
+        <x:v>102.67</x:v>
       </x:c>
       <x:c r="J56" s="4" t="n">
-        <x:v>4003443.71</x:v>
+        <x:v>1635597.67</x:v>
       </x:c>
       <x:c r="K56" s="4" t="n">
-        <x:v>114.85</x:v>
+        <x:v>73.23</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на моторные масла для дизельных и (или) карбюраторных (инжекторных) двигателей, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по дополнительным нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
+        <x:v>Доходы от уплаты акцизов на автомобильный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1166600</x:v>
+        <x:v>1491454904</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1080925.78</x:v>
+        <x:v>1256582719.22</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>92.66</x:v>
+        <x:v>84.25</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>1296013.6</x:v>
+        <x:v>1302132300.03</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>83.4</x:v>
+        <x:v>96.5</x:v>
       </x:c>
       <x:c r="G57" s="4" t="n">
-        <x:v>1166600</x:v>
+        <x:v>1373720500</x:v>
       </x:c>
       <x:c r="H57" s="4" t="n">
-        <x:v>1080925.78</x:v>
+        <x:v>1152867739.34</x:v>
       </x:c>
       <x:c r="I57" s="4" t="n">
-        <x:v>92.66</x:v>
+        <x:v>83.92</x:v>
       </x:c>
       <x:c r="J57" s="4" t="n">
-        <x:v>1296013.6</x:v>
+        <x:v>1201297510.96</x:v>
       </x:c>
       <x:c r="K57" s="4" t="n">
-        <x:v>83.4</x:v>
+        <x:v>95.97</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на автомобильный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты</x:v>
+        <x:v>Доходы от уплаты акцизов на автомобильный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по нормативам, установленным федеральным законом о федеральном бюджете в целях формирования дорожных фондов субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1491316904</x:v>
+        <x:v>1229985604</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1136249871.67</x:v>
+        <x:v>1037149799.2</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>76.19</x:v>
+        <x:v>84.32</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>1055944674.59</x:v>
+        <x:v>1008347890.53</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>107.6</x:v>
+        <x:v>102.86</x:v>
       </x:c>
       <x:c r="G58" s="4" t="n">
-        <x:v>1373720500</x:v>
+        <x:v>1112251200</x:v>
       </x:c>
       <x:c r="H58" s="4" t="n">
-        <x:v>1042466843.46</x:v>
+        <x:v>933434819.32</x:v>
       </x:c>
       <x:c r="I58" s="4" t="n">
-        <x:v>75.89</x:v>
+        <x:v>83.92</x:v>
       </x:c>
       <x:c r="J58" s="4" t="n">
-        <x:v>974174213.51</x:v>
+        <x:v>907513101.46</x:v>
       </x:c>
       <x:c r="K58" s="4" t="n">
-        <x:v>107.01</x:v>
+        <x:v>102.86</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на автомобильный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по нормативам, установленным федеральным законом о федеральном бюджете в целях формирования дорожных фондов субъектов Российской Федерации)</x:v>
+        <x:v>Доходы от уплаты акцизов на автомобильный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по дополнительным нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1229847604</x:v>
+        <x:v>261469300</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>937830282.25</x:v>
+        <x:v>219432920.02</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>76.26</x:v>
+        <x:v>83.92</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>817704610.45</x:v>
+        <x:v>293784409.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>114.69</x:v>
+        <x:v>74.69</x:v>
       </x:c>
       <x:c r="G59" s="4" t="n">
-        <x:v>1112251200</x:v>
+        <x:v>261469300</x:v>
       </x:c>
       <x:c r="H59" s="4" t="n">
-        <x:v>844047254.04</x:v>
+        <x:v>219432920.02</x:v>
       </x:c>
       <x:c r="I59" s="4" t="n">
-        <x:v>75.89</x:v>
+        <x:v>83.92</x:v>
       </x:c>
       <x:c r="J59" s="4" t="n">
-        <x:v>735934149.37</x:v>
+        <x:v>293784409.5</x:v>
       </x:c>
       <x:c r="K59" s="4" t="n">
-        <x:v>114.69</x:v>
+        <x:v>74.69</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на автомобильный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по дополнительным нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
+        <x:v>Доходы от уплаты акцизов на прямогонный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>261469300</x:v>
+        <x:v>-149765170</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>198419589.42</x:v>
+        <x:v>-117431175.15</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>75.89</x:v>
+        <x:v>78.41</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>238240064.14</x:v>
+        <x:v>-139762190.17</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>83.29</x:v>
+        <x:v>84.02</x:v>
       </x:c>
       <x:c r="G60" s="4" t="n">
-        <x:v>261469300</x:v>
+        <x:v>-139324600</x:v>
       </x:c>
       <x:c r="H60" s="4" t="n">
-        <x:v>198419589.42</x:v>
+        <x:v>-107738719.83</x:v>
       </x:c>
       <x:c r="I60" s="4" t="n">
-        <x:v>75.89</x:v>
+        <x:v>77.33</x:v>
       </x:c>
       <x:c r="J60" s="4" t="n">
-        <x:v>238240064.14</x:v>
+        <x:v>-128939257.15</x:v>
       </x:c>
       <x:c r="K60" s="4" t="n">
-        <x:v>83.29</x:v>
+        <x:v>83.56</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на прямогонный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты</x:v>
+        <x:v>Доходы от уплаты акцизов на прямогонный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по нормативам, установленным федеральным законом о федеральном бюджете в целях формирования дорожных фондов субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-149765170</x:v>
+        <x:v>-123246570</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-107953138.74</x:v>
+        <x:v>-96924554.11</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>72.08</x:v>
+        <x:v>78.64</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>-129745307.86</x:v>
+        <x:v>-108229332.52</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>83.2</x:v>
+        <x:v>89.55</x:v>
       </x:c>
       <x:c r="G61" s="4" t="n">
-        <x:v>-139324600</x:v>
+        <x:v>-112806000</x:v>
       </x:c>
       <x:c r="H61" s="4" t="n">
-        <x:v>-99042975.18</x:v>
+        <x:v>-87232098.79</x:v>
       </x:c>
       <x:c r="I61" s="4" t="n">
-        <x:v>71.09</x:v>
+        <x:v>77.33</x:v>
       </x:c>
       <x:c r="J61" s="4" t="n">
-        <x:v>-119698064.17</x:v>
+        <x:v>-97406399.5</x:v>
       </x:c>
       <x:c r="K61" s="4" t="n">
-        <x:v>82.74</x:v>
+        <x:v>89.55</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на прямогонный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по нормативам, установленным федеральным законом о федеральном бюджете в целях формирования дорожных фондов субъектов Российской Федерации)</x:v>
+        <x:v>Доходы от уплаты акцизов на прямогонный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по дополнительным нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-123246570</x:v>
+        <x:v>-26518600</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-89101636.11</x:v>
+        <x:v>-20506621.04</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>72.3</x:v>
+        <x:v>77.33</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>-100472438.57</x:v>
+        <x:v>-31532857.65</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>88.68</x:v>
+        <x:v>65.03</x:v>
       </x:c>
       <x:c r="G62" s="4" t="n">
-        <x:v>-112806000</x:v>
+        <x:v>-26518600</x:v>
       </x:c>
       <x:c r="H62" s="4" t="n">
-        <x:v>-80191472.55</x:v>
+        <x:v>-20506621.04</x:v>
       </x:c>
       <x:c r="I62" s="4" t="n">
-        <x:v>71.09</x:v>
+        <x:v>77.33</x:v>
       </x:c>
       <x:c r="J62" s="4" t="n">
-        <x:v>-90425194.88</x:v>
+        <x:v>-31532857.65</x:v>
       </x:c>
       <x:c r="K62" s="4" t="n">
-        <x:v>88.68</x:v>
+        <x:v>65.03</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" s="3" t="str">
-        <x:v>Доходы от уплаты акцизов на прямогонный бензин, подлежащие распределению между бюджетами субъектов Российской Федерации и местными бюджетами с учетом установленных дифференцированных нормативов отчислений в местные бюджеты (по дополнительным нормативам, установленным федеральным законом о федеральном бюджете)</x:v>
+        <x:v>Туристический налог</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-26518600</x:v>
+        <x:v>24066510</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-18851502.63</x:v>
+        <x:v>27669985.17</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>71.09</x:v>
+        <x:v>114.97</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>-29272869.29</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>64.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G63" s="4" t="n">
-        <x:v>-26518600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H63" s="4" t="n">
-        <x:v>-18851502.63</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I63" s="4" t="n">
-        <x:v>71.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J63" s="4" t="n">
-        <x:v>-29272869.29</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K63" s="4" t="n">
-        <x:v>64.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" s="3" t="str">
-        <x:v>Туристический налог</x:v>
+        <x:v>НАЛОГИ НА СОВОКУПНЫЙ ДОХОД</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>24066510</x:v>
+        <x:v>4341456863.7</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>16952324.31</x:v>
+        <x:v>3969951195.47</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>70.44</x:v>
+        <x:v>91.44</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3870385675.28</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102.57</x:v>
       </x:c>
       <x:c r="G64" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2033671900</x:v>
       </x:c>
       <x:c r="H64" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1895336627.92</x:v>
       </x:c>
       <x:c r="I64" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>93.2</x:v>
       </x:c>
       <x:c r="J64" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1812218773.59</x:v>
       </x:c>
       <x:c r="K64" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" s="3" t="str">
-        <x:v>НАЛОГИ НА СОВОКУПНЫЙ ДОХОД</x:v>
+        <x:v>Налог, взимаемый в связи с применением упрощенной системы налогообложения</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>4320714163.7</x:v>
+        <x:v>3911724500</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3266257168.15</x:v>
+        <x:v>3536185983.1</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>75.6</x:v>
+        <x:v>90.4</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>3195007936.38</x:v>
+        <x:v>3483760923.95</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>102.23</x:v>
+        <x:v>101.5</x:v>
       </x:c>
       <x:c r="G65" s="4" t="n">
-        <x:v>2033671900</x:v>
+        <x:v>1938828600</x:v>
       </x:c>
       <x:c r="H65" s="4" t="n">
-        <x:v>1539394339.55</x:v>
+        <x:v>1768092992.3</x:v>
       </x:c>
       <x:c r="I65" s="4" t="n">
-        <x:v>75.7</x:v>
+        <x:v>91.19</x:v>
       </x:c>
       <x:c r="J65" s="4" t="n">
-        <x:v>1469698017.45</x:v>
+        <x:v>1741880462.68</x:v>
       </x:c>
       <x:c r="K65" s="4" t="n">
-        <x:v>104.74</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" s="3" t="str">
-        <x:v>Налог, взимаемый в связи с применением упрощенной системы налогообложения</x:v>
+        <x:v>Налог, взимаемый с налогоплательщиков, выбравших в качестве объекта налогообложения доходы</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>3907427900</x:v>
+        <x:v>3166741300</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2853088103.83</x:v>
+        <x:v>2824191683.36</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>73.02</x:v>
+        <x:v>89.18</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>2820172928.11</x:v>
+        <x:v>2727175357.16</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>101.17</x:v>
+        <x:v>103.56</x:v>
       </x:c>
       <x:c r="G66" s="4" t="n">
-        <x:v>1938828600</x:v>
+        <x:v>1493635000</x:v>
       </x:c>
       <x:c r="H66" s="4" t="n">
-        <x:v>1426544052.21</x:v>
+        <x:v>1412095842.09</x:v>
       </x:c>
       <x:c r="I66" s="4" t="n">
-        <x:v>73.58</x:v>
+        <x:v>94.54</x:v>
       </x:c>
       <x:c r="J66" s="4" t="n">
-        <x:v>1410086464.33</x:v>
+        <x:v>1363587679</x:v>
       </x:c>
       <x:c r="K66" s="4" t="n">
-        <x:v>101.17</x:v>
+        <x:v>103.56</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" s="3" t="str">
         <x:v>Налог, взимаемый с налогоплательщиков, выбравших в качестве объекта налогообложения доходы</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3164318700</x:v>
+        <x:v>3166741300</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>2266945962.67</x:v>
+        <x:v>2824191683.36</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>71.64</x:v>
+        <x:v>89.18</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>2200607597.96</x:v>
+        <x:v>2727175222.54</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>103.01</x:v>
+        <x:v>103.56</x:v>
       </x:c>
       <x:c r="G67" s="4" t="n">
         <x:v>1493635000</x:v>
       </x:c>
       <x:c r="H67" s="4" t="n">
-        <x:v>1133472981.49</x:v>
+        <x:v>1412095842.09</x:v>
       </x:c>
       <x:c r="I67" s="4" t="n">
-        <x:v>75.89</x:v>
+        <x:v>94.54</x:v>
       </x:c>
       <x:c r="J67" s="4" t="n">
-        <x:v>1100303799.14</x:v>
+        <x:v>1363587611.69</x:v>
       </x:c>
       <x:c r="K67" s="4" t="n">
-        <x:v>103.01</x:v>
+        <x:v>103.56</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" s="3" t="str">
-        <x:v>Налог, взимаемый с налогоплательщиков, выбравших в качестве объекта налогообложения доходы</x:v>
+        <x:v>Налог, взимаемый с налогоплательщиков, выбравших в качестве объекта налогообложения доходы (за налоговые периоды, истекшие до 1 января 2011 года)</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>3164318700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>2266945962.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>71.64</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>2200607463.34</x:v>
+        <x:v>134.62</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>103.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G68" s="4" t="n">
-        <x:v>1493635000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H68" s="4" t="n">
-        <x:v>1133472981.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I68" s="4" t="n">
-        <x:v>75.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J68" s="4" t="n">
-        <x:v>1100303731.83</x:v>
+        <x:v>67.31</x:v>
       </x:c>
       <x:c r="K68" s="4" t="n">
-        <x:v>103.01</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" s="3" t="str">
-        <x:v>Налог, взимаемый с налогоплательщиков, выбравших в качестве объекта налогообложения доходы (за налоговые периоды, истекшие до 1 января 2011 года)</x:v>
+        <x:v>Налог, взимаемый с налогоплательщиков, выбравших в качестве объекта налогообложения доходы, уменьшенные на величину расходов</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>744983200</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>711994299.74</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.57</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>134.62</x:v>
+        <x:v>756578972.59</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94.11</x:v>
       </x:c>
       <x:c r="G69" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>445193600</x:v>
       </x:c>
       <x:c r="H69" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>355997150.21</x:v>
       </x:c>
       <x:c r="I69" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>79.96</x:v>
       </x:c>
       <x:c r="J69" s="4" t="n">
-        <x:v>67.31</x:v>
+        <x:v>378289486.58</x:v>
       </x:c>
       <x:c r="K69" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94.11</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" s="3" t="str">
-        <x:v>Налог, взимаемый с налогоплательщиков, выбравших в качестве объекта налогообложения доходы, уменьшенные на величину расходов</x:v>
+        <x:v>Налог, взимаемый с налогоплательщиков, выбравших в качестве объекта налогообложения доходы, уменьшенные на величину расходов (в том числе минимальный налог, зачисляемый в бюджеты субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>743109200</x:v>
+        <x:v>744983200</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>586142141.16</x:v>
+        <x:v>711994299.74</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>78.88</x:v>
+        <x:v>95.57</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>619558735.95</x:v>
+        <x:v>756578972.59</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>94.61</x:v>
+        <x:v>94.11</x:v>
       </x:c>
       <x:c r="G70" s="4" t="n">
         <x:v>445193600</x:v>
       </x:c>
       <x:c r="H70" s="4" t="n">
-        <x:v>293071070.72</x:v>
+        <x:v>355997150.21</x:v>
       </x:c>
       <x:c r="I70" s="4" t="n">
-        <x:v>65.83</x:v>
+        <x:v>79.96</x:v>
       </x:c>
       <x:c r="J70" s="4" t="n">
-        <x:v>309779368.09</x:v>
+        <x:v>378289486.58</x:v>
       </x:c>
       <x:c r="K70" s="4" t="n">
-        <x:v>94.61</x:v>
+        <x:v>94.11</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" s="3" t="str">
-        <x:v>Налог, взимаемый с налогоплательщиков, выбравших в качестве объекта налогообложения доходы, уменьшенные на величину расходов (в том числе минимальный налог, зачисляемый в бюджеты субъектов Российской Федерации)</x:v>
+        <x:v>Минимальный налог, зачисляемый в бюджеты субъектов Российской Федерации (за налоговые периоды, истекшие до 1 января 2016 года)</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>743109200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>586142141.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>78.88</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>619558735.95</x:v>
+        <x:v>6594.2</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>94.61</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G71" s="4" t="n">
-        <x:v>445193600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H71" s="4" t="n">
-        <x:v>293071070.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I71" s="4" t="n">
-        <x:v>65.83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J71" s="4" t="n">
-        <x:v>309779368.09</x:v>
+        <x:v>3297.1</x:v>
       </x:c>
       <x:c r="K71" s="4" t="n">
-        <x:v>94.61</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" s="3" t="str">
-        <x:v>Минимальный налог, зачисляемый в бюджеты субъектов Российской Федерации (за налоговые периоды, истекшие до 1 января 2016 года)</x:v>
+        <x:v>Единый налог на вмененный доход для отдельных видов деятельности</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6900</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>573554.91</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8312.39</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>6594.2</x:v>
+        <x:v>1185717.63</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>48.37</x:v>
       </x:c>
       <x:c r="G72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J72" s="4" t="n">
-        <x:v>3297.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" s="3" t="str">
         <x:v>Единый налог на вмененный доход для отдельных видов деятельности</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
         <x:v>6900</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>511196.19</x:v>
+        <x:v>573554.91</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>7408.64</x:v>
+        <x:v>8312.39</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>1109507.36</x:v>
+        <x:v>1185717.63</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>46.07</x:v>
+        <x:v>48.37</x:v>
       </x:c>
       <x:c r="G73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" s="3" t="str">
-        <x:v>Единый налог на вмененный доход для отдельных видов деятельности</x:v>
+        <x:v>Единый сельскохозяйственный налог</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6900</x:v>
+        <x:v>233573418.46</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>511196.19</x:v>
+        <x:v>212044841.62</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>7408.64</x:v>
+        <x:v>90.78</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>1109507.36</x:v>
+        <x:v>224108485.47</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>46.07</x:v>
+        <x:v>94.62</x:v>
       </x:c>
       <x:c r="G74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" s="3" t="str">
         <x:v>Единый сельскохозяйственный налог</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>217345018.46</x:v>
+        <x:v>233573418.46</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>209335801.05</x:v>
+        <x:v>212044841.62</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>96.31</x:v>
+        <x:v>90.78</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>222498869.69</x:v>
+        <x:v>224108485.47</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>94.08</x:v>
+        <x:v>94.62</x:v>
       </x:c>
       <x:c r="G75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" s="3" t="str">
-        <x:v>Единый сельскохозяйственный налог</x:v>
+        <x:v>Налог, взимаемый в связи с применением патентной системы налогообложения</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>217345018.46</x:v>
+        <x:v>101308745.24</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>209335801.05</x:v>
+        <x:v>93903180.22</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>96.31</x:v>
+        <x:v>92.69</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>222498869.69</x:v>
+        <x:v>90992237.32</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>94.08</x:v>
+        <x:v>103.2</x:v>
       </x:c>
       <x:c r="G76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" s="3" t="str">
-        <x:v>Налог, взимаемый в связи с применением патентной системы налогообложения</x:v>
+        <x:v>Налог, взимаемый в связи с применением патентной системы налогообложения, зачисляемый в бюджеты городских округов</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>101091045.24</x:v>
+        <x:v>58151900</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>90471779.74</x:v>
+        <x:v>51272707.39</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>89.5</x:v>
+        <x:v>88.17</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>91615078.1</x:v>
+        <x:v>48644460.22</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>98.75</x:v>
+        <x:v>105.4</x:v>
       </x:c>
       <x:c r="G77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" s="3" t="str">
-        <x:v>Налог, взимаемый в связи с применением патентной системы налогообложения, зачисляемый в бюджеты городских округов</x:v>
+        <x:v>Налог, взимаемый в связи с применением патентной системы налогообложения, зачисляемый в бюджеты муниципальных районов3</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>58151900</x:v>
+        <x:v>43156845.24</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>49091144.53</x:v>
+        <x:v>42630472.83</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>84.42</x:v>
+        <x:v>98.78</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
-        <x:v>48359889.43</x:v>
+        <x:v>42347777.1</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>101.51</x:v>
+        <x:v>100.67</x:v>
       </x:c>
       <x:c r="G78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" s="3" t="str">
-        <x:v>Налог, взимаемый в связи с применением патентной системы налогообложения, зачисляемый в бюджеты муниципальных районов3</x:v>
+        <x:v>Налог на профессиональный доход</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>42939145.24</x:v>
+        <x:v>94843300</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>41380635.21</x:v>
+        <x:v>126402614.96</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>96.37</x:v>
+        <x:v>133.28</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>43255188.67</x:v>
+        <x:v>70338310.91</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>95.67</x:v>
+        <x:v>179.71</x:v>
       </x:c>
       <x:c r="G79" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94843300</x:v>
       </x:c>
       <x:c r="H79" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>126402614.96</x:v>
       </x:c>
       <x:c r="I79" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>133.28</x:v>
       </x:c>
       <x:c r="J79" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>70338310.91</x:v>
       </x:c>
       <x:c r="K79" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>179.71</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" s="3" t="str">
-        <x:v>Налог на профессиональный доход</x:v>
+        <x:v>Налог, взимаемый в связи с применением специального налогового режима "Автоматизированная упрощенная система налогообложения"</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>94843300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>112151104.81</x:v>
+        <x:v>841020.66</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>118.25</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>59611553.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>188.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G80" s="4" t="n">
-        <x:v>94843300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H80" s="4" t="n">
-        <x:v>112151104.81</x:v>
+        <x:v>841020.66</x:v>
       </x:c>
       <x:c r="I80" s="4" t="n">
-        <x:v>118.25</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J80" s="4" t="n">
-        <x:v>59611553.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K80" s="4" t="n">
-        <x:v>188.14</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" s="3" t="str">
-        <x:v>Налог, взимаемый в связи с применением специального налогового режима "Автоматизированная упрощенная система налогообложения"</x:v>
+        <x:v>НАЛОГИ НА ИМУЩЕСТВО</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3731559541.18</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>699182.53</x:v>
+        <x:v>3077949845.75</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>82.48</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2843732758.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>108.24</x:v>
       </x:c>
       <x:c r="G81" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2068790100</x:v>
       </x:c>
       <x:c r="H81" s="4" t="n">
-        <x:v>699182.53</x:v>
+        <x:v>1646212958.94</x:v>
       </x:c>
       <x:c r="I81" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>79.57</x:v>
       </x:c>
       <x:c r="J81" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1581971068.36</x:v>
       </x:c>
       <x:c r="K81" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>104.06</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" s="3" t="str">
-        <x:v>НАЛОГИ НА ИМУЩЕСТВО</x:v>
+        <x:v>Налог на имущество физических лиц</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>3725932541.18</x:v>
+        <x:v>329309484.31</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>2325093299.22</x:v>
+        <x:v>196137467.09</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>62.4</x:v>
+        <x:v>59.56</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>2206622267.35</x:v>
+        <x:v>140481975.17</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>105.37</x:v>
+        <x:v>139.62</x:v>
       </x:c>
       <x:c r="G82" s="4" t="n">
-        <x:v>2068790100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H82" s="4" t="n">
-        <x:v>1249093335.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I82" s="4" t="n">
-        <x:v>60.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J82" s="4" t="n">
-        <x:v>1231640866.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K82" s="4" t="n">
-        <x:v>101.42</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" s="3" t="str">
-        <x:v>Налог на имущество физических лиц</x:v>
+        <x:v>Налог на имущество физических лиц, взимаемый по ставкам, применяемым к объектам налогообложения, расположенным в границах городских округов</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>328309484.31</x:v>
+        <x:v>194699000</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>137733547.39</x:v>
+        <x:v>93687317.23</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>41.95</x:v>
+        <x:v>48.12</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
-        <x:v>109757318.12</x:v>
+        <x:v>66863067.81</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>125.49</x:v>
+        <x:v>140.12</x:v>
       </x:c>
       <x:c r="G83" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H83" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I83" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J83" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K83" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" s="3" t="str">
-        <x:v>Налог на имущество физических лиц, взимаемый по ставкам, применяемым к объектам налогообложения, расположенным в границах городских округов</x:v>
+        <x:v>Налог на имущество физических лиц, взимаемый по ставкам, применяемым к объектам налогообложения, расположенным в границах сельских поселений</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>194699000</x:v>
+        <x:v>92616484.31</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>66525616.54</x:v>
+        <x:v>67620849.23</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>34.17</x:v>
+        <x:v>73.01</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
-        <x:v>51121172.66</x:v>
+        <x:v>53909555.54</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>130.13</x:v>
+        <x:v>125.43</x:v>
       </x:c>
       <x:c r="G84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" s="3" t="str">
-        <x:v>Налог на имущество физических лиц, взимаемый по ставкам, применяемым к объектам налогообложения, расположенным в границах сельских поселений</x:v>
+        <x:v>Налог на имущество физических лиц, взимаемый по ставкам, применяемым к объектам налогообложения, расположенным в границах городских поселений</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>91616484.31</x:v>
+        <x:v>41994000</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>47032098.72</x:v>
+        <x:v>34829300.63</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>51.34</x:v>
+        <x:v>82.94</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>42828042.82</x:v>
+        <x:v>19709351.82</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>109.82</x:v>
+        <x:v>176.71</x:v>
       </x:c>
       <x:c r="G85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" s="3" t="str">
-        <x:v>Налог на имущество физических лиц, взимаемый по ставкам, применяемым к объектам налогообложения, расположенным в границах городских поселений</x:v>
+        <x:v>Налог на имущество организаций</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>41994000</x:v>
+        <x:v>2149400200</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>24175832.13</x:v>
+        <x:v>2108849018.19</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>57.57</x:v>
+        <x:v>98.11</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
-        <x:v>15808102.64</x:v>
+        <x:v>1951910467.56</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>152.93</x:v>
+        <x:v>108.04</x:v>
       </x:c>
       <x:c r="G86" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1291649000</x:v>
       </x:c>
       <x:c r="H86" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1238886052.28</x:v>
       </x:c>
       <x:c r="I86" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.92</x:v>
       </x:c>
       <x:c r="J86" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1148342530.07</x:v>
       </x:c>
       <x:c r="K86" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>107.88</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" s="3" t="str">
-        <x:v>Налог на имущество организаций</x:v>
+        <x:v>Налог на имущество организаций по имуществу, не входящему в Единую систему газоснабжения</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>2149400200</x:v>
+        <x:v>2046354200</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>1620076253.76</x:v>
+        <x:v>1939812614.99</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>75.37</x:v>
+        <x:v>94.79</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
-        <x:v>1527289241.03</x:v>
+        <x:v>1775931821.97</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>106.08</x:v>
+        <x:v>109.23</x:v>
       </x:c>
       <x:c r="G87" s="4" t="n">
-        <x:v>1291649000</x:v>
+        <x:v>1188603000</x:v>
       </x:c>
       <x:c r="H87" s="4" t="n">
-        <x:v>952942968.43</x:v>
+        <x:v>1145792645.77</x:v>
       </x:c>
       <x:c r="I87" s="4" t="n">
-        <x:v>73.78</x:v>
+        <x:v>96.4</x:v>
       </x:c>
       <x:c r="J87" s="4" t="n">
-        <x:v>898226603.98</x:v>
+        <x:v>1051420212.95</x:v>
       </x:c>
       <x:c r="K87" s="4" t="n">
-        <x:v>106.09</x:v>
+        <x:v>108.98</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" s="3" t="str">
-        <x:v>Налог на имущество организаций по имуществу, не входящему в Единую систему газоснабжения</x:v>
+        <x:v>Налог на имущество организаций по имуществу, входящему в Единую систему газоснабжения</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2046354200</x:v>
+        <x:v>103046000</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>1493060240.76</x:v>
+        <x:v>169036403.2</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>72.96</x:v>
+        <x:v>164.04</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>1395075012.03</x:v>
+        <x:v>175978645.59</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>107.02</x:v>
+        <x:v>96.06</x:v>
       </x:c>
       <x:c r="G88" s="4" t="n">
-        <x:v>1188603000</x:v>
+        <x:v>103046000</x:v>
       </x:c>
       <x:c r="H88" s="4" t="n">
-        <x:v>883037344.03</x:v>
+        <x:v>93093406.51</x:v>
       </x:c>
       <x:c r="I88" s="4" t="n">
-        <x:v>74.29</x:v>
+        <x:v>90.34</x:v>
       </x:c>
       <x:c r="J88" s="4" t="n">
-        <x:v>825415676.48</x:v>
+        <x:v>96922317.12</x:v>
       </x:c>
       <x:c r="K88" s="4" t="n">
-        <x:v>106.98</x:v>
+        <x:v>96.05</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" s="3" t="str">
-        <x:v>Налог на имущество организаций по имуществу, входящему в Единую систему газоснабжения</x:v>
+        <x:v>Транспортный налог</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>103046000</x:v>
+        <x:v>775629100</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>127016013</x:v>
+        <x:v>406066906.66</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>123.26</x:v>
+        <x:v>52.35</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>132214229</x:v>
+        <x:v>432291538.29</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>96.07</x:v>
+        <x:v>93.93</x:v>
       </x:c>
       <x:c r="G89" s="4" t="n">
-        <x:v>103046000</x:v>
+        <x:v>775629100</x:v>
       </x:c>
       <x:c r="H89" s="4" t="n">
-        <x:v>69905624.4</x:v>
+        <x:v>406066906.66</x:v>
       </x:c>
       <x:c r="I89" s="4" t="n">
-        <x:v>67.84</x:v>
+        <x:v>52.35</x:v>
       </x:c>
       <x:c r="J89" s="4" t="n">
-        <x:v>72810927.5</x:v>
+        <x:v>432291538.29</x:v>
       </x:c>
       <x:c r="K89" s="4" t="n">
-        <x:v>96.01</x:v>
+        <x:v>93.93</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" s="3" t="str">
-        <x:v>Транспортный налог</x:v>
+        <x:v>Транспортный налог с организаций</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>775629100</x:v>
+        <x:v>67293100</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>295016367.56</x:v>
+        <x:v>77516575.8</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>38.04</x:v>
+        <x:v>115.19</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
-        <x:v>332203262.56</x:v>
+        <x:v>81341499.57</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>88.81</x:v>
+        <x:v>95.3</x:v>
       </x:c>
       <x:c r="G90" s="4" t="n">
-        <x:v>775629100</x:v>
+        <x:v>67293100</x:v>
       </x:c>
       <x:c r="H90" s="4" t="n">
-        <x:v>295016367.56</x:v>
+        <x:v>77516575.8</x:v>
       </x:c>
       <x:c r="I90" s="4" t="n">
-        <x:v>38.04</x:v>
+        <x:v>115.19</x:v>
       </x:c>
       <x:c r="J90" s="4" t="n">
-        <x:v>332203262.56</x:v>
+        <x:v>81341499.57</x:v>
       </x:c>
       <x:c r="K90" s="4" t="n">
-        <x:v>88.81</x:v>
+        <x:v>95.3</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" s="3" t="str">
-        <x:v>Транспортный налог с организаций</x:v>
+        <x:v>Транспортный налог с физических лиц</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>67293100</x:v>
+        <x:v>708336000</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>61907399.95</x:v>
+        <x:v>328550330.86</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>92</x:v>
+        <x:v>46.38</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
-        <x:v>66452912.43</x:v>
+        <x:v>350950038.72</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>93.16</x:v>
+        <x:v>93.62</x:v>
       </x:c>
       <x:c r="G91" s="4" t="n">
-        <x:v>67293100</x:v>
+        <x:v>708336000</x:v>
       </x:c>
       <x:c r="H91" s="4" t="n">
-        <x:v>61907399.95</x:v>
+        <x:v>328550330.86</x:v>
       </x:c>
       <x:c r="I91" s="4" t="n">
-        <x:v>92</x:v>
+        <x:v>46.38</x:v>
       </x:c>
       <x:c r="J91" s="4" t="n">
-        <x:v>66452912.43</x:v>
+        <x:v>350950038.72</x:v>
       </x:c>
       <x:c r="K91" s="4" t="n">
-        <x:v>93.16</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" s="3" t="str">
-        <x:v>Транспортный налог с физических лиц</x:v>
+        <x:v>Налог на игорный бизнес</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>708336000</x:v>
+        <x:v>1512000</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>233108967.61</x:v>
+        <x:v>1260000</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>32.91</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
-        <x:v>265750350.13</x:v>
+        <x:v>1337000</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>87.72</x:v>
+        <x:v>94.24</x:v>
       </x:c>
       <x:c r="G92" s="4" t="n">
-        <x:v>708336000</x:v>
+        <x:v>1512000</x:v>
       </x:c>
       <x:c r="H92" s="4" t="n">
-        <x:v>233108967.61</x:v>
+        <x:v>1260000</x:v>
       </x:c>
       <x:c r="I92" s="4" t="n">
-        <x:v>32.91</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="J92" s="4" t="n">
-        <x:v>265750350.13</x:v>
+        <x:v>1337000</x:v>
       </x:c>
       <x:c r="K92" s="4" t="n">
-        <x:v>87.72</x:v>
+        <x:v>94.24</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" s="3" t="str">
-        <x:v>Налог на игорный бизнес</x:v>
+        <x:v>Земельный налог</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>1512000</x:v>
+        <x:v>475708756.87</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>1134000</x:v>
+        <x:v>365636453.81</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>76.86</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
-        <x:v>1211000</x:v>
+        <x:v>317711777.28</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>93.64</x:v>
+        <x:v>115.08</x:v>
       </x:c>
       <x:c r="G93" s="4" t="n">
-        <x:v>1512000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H93" s="4" t="n">
-        <x:v>1134000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I93" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J93" s="4" t="n">
-        <x:v>1211000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K93" s="4" t="n">
-        <x:v>93.64</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" s="3" t="str">
-        <x:v>Земельный налог</x:v>
+        <x:v>Земельный налог с организаций</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>471081756.87</x:v>
+        <x:v>243663998.81</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>271133130.51</x:v>
+        <x:v>232536601.45</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>57.56</x:v>
+        <x:v>95.43</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
-        <x:v>236161445.64</x:v>
+        <x:v>189687952.52</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>114.81</x:v>
+        <x:v>122.59</x:v>
       </x:c>
       <x:c r="G94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" s="3" t="str">
-        <x:v>Земельный налог с организаций</x:v>
+        <x:v>Земельный налог с организаций, обладающих земельным участком, расположенным в границах городских округов</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>239036998.81</x:v>
+        <x:v>50472000</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>181991834.61</x:v>
+        <x:v>47967974.83</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>76.14</x:v>
+        <x:v>95.04</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
-        <x:v>141473441.32</x:v>
+        <x:v>40840215.49</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>128.64</x:v>
+        <x:v>117.45</x:v>
       </x:c>
       <x:c r="G95" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H95" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I95" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J95" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K95" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" s="3" t="str">
-        <x:v>Земельный налог с организаций, обладающих земельным участком, расположенным в границах городских округов</x:v>
+        <x:v>Земельный налог с организаций, обладающих земельным участком, расположенным в границах сельских поселений</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>50472000</x:v>
+        <x:v>154143998.81</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>37645989.39</x:v>
+        <x:v>141103754.66</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>74.59</x:v>
+        <x:v>91.54</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
-        <x:v>31813111.3</x:v>
+        <x:v>115254137.76</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>118.33</x:v>
+        <x:v>122.43</x:v>
       </x:c>
       <x:c r="G96" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H96" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I96" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J96" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K96" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" s="3" t="str">
-        <x:v>Земельный налог с организаций, обладающих земельным участком, расположенным в границах сельских поселений</x:v>
+        <x:v>Земельный налог с организаций, обладающих земельным участком, расположенным в границах городских поселений</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>149516998.81</x:v>
+        <x:v>39048000</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>108349555.48</x:v>
+        <x:v>43464871.96</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>72.47</x:v>
+        <x:v>111.31</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
-        <x:v>83939830.58</x:v>
+        <x:v>33593599.27</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>129.08</x:v>
+        <x:v>129.38</x:v>
       </x:c>
       <x:c r="G97" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H97" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I97" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J97" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K97" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" s="3" t="str">
-        <x:v>Земельный налог с организаций, обладающих земельным участком, расположенным в границах городских поселений</x:v>
+        <x:v>Земельный налог с физических лиц</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>39048000</x:v>
+        <x:v>232044758.06</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>35996289.74</x:v>
+        <x:v>133099852.36</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>92.18</x:v>
+        <x:v>57.36</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
-        <x:v>25720499.44</x:v>
+        <x:v>128023824.76</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>139.95</x:v>
+        <x:v>103.96</x:v>
       </x:c>
       <x:c r="G98" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H98" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I98" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J98" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K98" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" s="3" t="str">
-        <x:v>Земельный налог с физических лиц</x:v>
+        <x:v>Земельный налог с физических лиц, обладающих земельным участком, расположенным в границах городских округов</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>232044758.06</x:v>
+        <x:v>36061000</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>89141295.9</x:v>
+        <x:v>16282524.57</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>38.42</x:v>
+        <x:v>45.15</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
-        <x:v>94688004.32</x:v>
+        <x:v>16075855.06</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>94.14</x:v>
+        <x:v>101.29</x:v>
       </x:c>
       <x:c r="G99" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H99" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I99" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J99" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K99" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" s="3" t="str">
-        <x:v>Земельный налог с физических лиц, обладающих земельным участком, расположенным в границах городских округов</x:v>
+        <x:v>Земельный налог с физических лиц, обладающих земельным участком, расположенным в границах сельских поселений</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>36061000</x:v>
+        <x:v>158921758.06</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>11223839.35</x:v>
+        <x:v>90397749.78</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>31.12</x:v>
+        <x:v>56.88</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>12632272.48</x:v>
+        <x:v>87734126.45</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>88.85</x:v>
+        <x:v>103.04</x:v>
       </x:c>
       <x:c r="G100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" s="3" t="str">
-        <x:v>Земельный налог с физических лиц, обладающих земельным участком, расположенным в границах сельских поселений</x:v>
+        <x:v>Земельный налог с физических лиц, обладающих земельным участком, расположенным в границах городских поселений</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>158921758.06</x:v>
+        <x:v>37062000</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>60770693.36</x:v>
+        <x:v>26419578.01</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>38.24</x:v>
+        <x:v>71.28</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
-        <x:v>63055054.91</x:v>
+        <x:v>24213843.25</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>96.38</x:v>
+        <x:v>109.11</x:v>
       </x:c>
       <x:c r="G101" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H101" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I101" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J101" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K101" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" s="3" t="str">
-        <x:v>Земельный налог с физических лиц, обладающих земельным участком, расположенным в границах городских поселений</x:v>
+        <x:v>НАЛОГИ, СБОРЫ И РЕГУЛЯРНЫЕ ПЛАТЕЖИ ЗА ПОЛЬЗОВАНИЕ ПРИРОДНЫМИ РЕСУРСАМИ</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>37062000</x:v>
+        <x:v>53204700</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>17146763.19</x:v>
+        <x:v>34300520.65</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>46.26</x:v>
+        <x:v>64.47</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
-        <x:v>19000676.93</x:v>
+        <x:v>49534069.98</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>90.24</x:v>
+        <x:v>69.25</x:v>
       </x:c>
       <x:c r="G102" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29379000</x:v>
       </x:c>
       <x:c r="H102" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16930733.57</x:v>
       </x:c>
       <x:c r="I102" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>57.63</x:v>
       </x:c>
       <x:c r="J102" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25068653.23</x:v>
       </x:c>
       <x:c r="K102" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>67.54</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" s="3" t="str">
-        <x:v>НАЛОГИ, СБОРЫ И РЕГУЛЯРНЫЕ ПЛАТЕЖИ ЗА ПОЛЬЗОВАНИЕ ПРИРОДНЫМИ РЕСУРСАМИ</x:v>
+        <x:v>Налог на добычу полезных ископаемых</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
         <x:v>53204700</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>30969300.45</x:v>
+        <x:v>34093140.78</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>58.21</x:v>
+        <x:v>64.08</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
-        <x:v>44613606.1</x:v>
+        <x:v>49360865.98</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>69.42</x:v>
+        <x:v>69.07</x:v>
       </x:c>
       <x:c r="G103" s="4" t="n">
         <x:v>29379000</x:v>
       </x:c>
       <x:c r="H103" s="4" t="n">
-        <x:v>15202918.01</x:v>
+        <x:v>16723353.7</x:v>
       </x:c>
       <x:c r="I103" s="4" t="n">
-        <x:v>51.75</x:v>
+        <x:v>56.92</x:v>
       </x:c>
       <x:c r="J103" s="4" t="n">
-        <x:v>22839905.65</x:v>
+        <x:v>24895449.23</x:v>
       </x:c>
       <x:c r="K103" s="4" t="n">
-        <x:v>66.56</x:v>
+        <x:v>67.17</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" s="3" t="str">
-        <x:v>Налог на добычу полезных ископаемых</x:v>
+        <x:v>Налог на добычу общераспространенных полезных ископаемых</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>53204700</x:v>
+        <x:v>40611100</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>30841530.45</x:v>
+        <x:v>28949645.14</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>57.97</x:v>
+        <x:v>71.28</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
-        <x:v>44494402.1</x:v>
+        <x:v>40775694.58</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>69.32</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G104" s="4" t="n">
-        <x:v>29379000</x:v>
+        <x:v>16785400</x:v>
       </x:c>
       <x:c r="H104" s="4" t="n">
-        <x:v>15075148.01</x:v>
+        <x:v>11579858.06</x:v>
       </x:c>
       <x:c r="I104" s="4" t="n">
-        <x:v>51.31</x:v>
+        <x:v>68.99</x:v>
       </x:c>
       <x:c r="J104" s="4" t="n">
-        <x:v>22720701.65</x:v>
+        <x:v>16310277.83</x:v>
       </x:c>
       <x:c r="K104" s="4" t="n">
-        <x:v>66.35</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" s="3" t="str">
-        <x:v>Налог на добычу общераспространенных полезных ископаемых</x:v>
+        <x:v>Налог на добычу прочих полезных ископаемых (за исключением полезных ископаемых, в отношении которых при налогообложении установлен рентный коэффициент, отличный от 1, полезных ископаемых в виде природных алмазов, угля, в том числе коксующегося, железных руд, многокомпонентной комплексной руды, в отношении которой при налогообложении установлен коэффициент, характеризующий стоимость ценных компонентов в руде)</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>40611100</x:v>
+        <x:v>12593600</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>26277304.05</x:v>
+        <x:v>5143495.64</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>64.7</x:v>
+        <x:v>40.84</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>36289500.75</x:v>
+        <x:v>8585171.4</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>72.41</x:v>
+        <x:v>59.91</x:v>
       </x:c>
       <x:c r="G105" s="4" t="n">
-        <x:v>16785400</x:v>
+        <x:v>12593600</x:v>
       </x:c>
       <x:c r="H105" s="4" t="n">
-        <x:v>10510921.61</x:v>
+        <x:v>5143495.64</x:v>
       </x:c>
       <x:c r="I105" s="4" t="n">
-        <x:v>62.62</x:v>
+        <x:v>40.84</x:v>
       </x:c>
       <x:c r="J105" s="4" t="n">
-        <x:v>14515800.3</x:v>
+        <x:v>8585171.4</x:v>
       </x:c>
       <x:c r="K105" s="4" t="n">
-        <x:v>72.41</x:v>
+        <x:v>59.91</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" s="3" t="str">
-        <x:v>Налог на добычу прочих полезных ископаемых (за исключением полезных ископаемых, в отношении которых при налогообложении установлен рентный коэффициент, отличный от 1, полезных ископаемых в виде природных алмазов, угля, в том числе коксующегося, железных руд, многокомпонентной комплексной руды, в отношении которой при налогообложении установлен коэффициент, характеризующий стоимость ценных компонентов в руде)</x:v>
+        <x:v>Сборы за пользование объектами животного мира и за пользование объектами водных биологических ресурсов</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>12593600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>4564226.4</x:v>
+        <x:v>207379.87</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>36.24</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
-        <x:v>8204901.35</x:v>
+        <x:v>173204</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>55.63</x:v>
+        <x:v>119.73</x:v>
       </x:c>
       <x:c r="G106" s="4" t="n">
-        <x:v>12593600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H106" s="4" t="n">
-        <x:v>4564226.4</x:v>
+        <x:v>207379.87</x:v>
       </x:c>
       <x:c r="I106" s="4" t="n">
-        <x:v>36.24</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J106" s="4" t="n">
-        <x:v>8204901.35</x:v>
+        <x:v>173204</x:v>
       </x:c>
       <x:c r="K106" s="4" t="n">
-        <x:v>55.63</x:v>
+        <x:v>119.73</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" s="3" t="str">
-        <x:v>Сборы за пользование объектами животного мира и за пользование объектами водных биологических ресурсов</x:v>
+        <x:v>Сбор за пользование объектами животного мира</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>127770</x:v>
+        <x:v>207379.87</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
-        <x:v>119204</x:v>
+        <x:v>173204</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>107.19</x:v>
+        <x:v>119.73</x:v>
       </x:c>
       <x:c r="G107" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H107" s="4" t="n">
-        <x:v>127770</x:v>
+        <x:v>207379.87</x:v>
       </x:c>
       <x:c r="I107" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J107" s="4" t="n">
-        <x:v>119204</x:v>
+        <x:v>173204</x:v>
       </x:c>
       <x:c r="K107" s="4" t="n">
-        <x:v>107.19</x:v>
+        <x:v>119.73</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" s="3" t="str">
-        <x:v>Сбор за пользование объектами животного мира</x:v>
+        <x:v>ГОСУДАРСТВЕННАЯ ПОШЛИНА</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>347747000</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>127770</x:v>
+        <x:v>293985425.42</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>84.54</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
-        <x:v>119204</x:v>
+        <x:v>174633344.8</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>107.19</x:v>
+        <x:v>168.34</x:v>
       </x:c>
       <x:c r="G108" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>115609800</x:v>
       </x:c>
       <x:c r="H108" s="4" t="n">
-        <x:v>127770</x:v>
+        <x:v>76522741.93</x:v>
       </x:c>
       <x:c r="I108" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>66.19</x:v>
       </x:c>
       <x:c r="J108" s="4" t="n">
-        <x:v>119204</x:v>
+        <x:v>55388811.66</x:v>
       </x:c>
       <x:c r="K108" s="4" t="n">
-        <x:v>107.19</x:v>
+        <x:v>138.16</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" s="3" t="str">
-        <x:v>ГОСУДАРСТВЕННАЯ ПОШЛИНА</x:v>
+        <x:v>Государственная пошлина по делам, рассматриваемым в судах общей юрисдикции, мировыми судьями</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>340017700</x:v>
+        <x:v>231828600</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>261232812</x:v>
+        <x:v>217048923.49</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>76.83</x:v>
+        <x:v>93.62</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
-        <x:v>150098538.15</x:v>
+        <x:v>118915213.14</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>174.04</x:v>
+        <x:v>182.52</x:v>
       </x:c>
       <x:c r="G109" s="4" t="n">
-        <x:v>115609800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H109" s="4" t="n">
-        <x:v>69911983.93</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I109" s="4" t="n">
-        <x:v>60.47</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J109" s="4" t="n">
-        <x:v>49210301.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K109" s="4" t="n">
-        <x:v>142.07</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" s="3" t="str">
-        <x:v>Государственная пошлина по делам, рассматриваемым в судах общей юрисдикции, мировыми судьями</x:v>
+        <x:v>Государственная пошлина по делам, рассматриваемым в судах общей юрисдикции, мировыми судьями (за исключением Верховного Суда Российской Федерации)</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>224099300</x:v>
+        <x:v>231828600</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>190920068.07</x:v>
+        <x:v>217048923.49</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>85.19</x:v>
+        <x:v>93.62</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
-        <x:v>100579416.99</x:v>
+        <x:v>118915213.14</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>189.82</x:v>
+        <x:v>182.52</x:v>
       </x:c>
       <x:c r="G110" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H110" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I110" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J110" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K110" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" s="3" t="str">
-        <x:v>Государственная пошлина по делам, рассматриваемым в судах общей юрисдикции, мировыми судьями (за исключением Верховного Суда Российской Федерации)</x:v>
+        <x:v>Государственная пошлина за совершение нотариальных действий (за исключением действий, совершаемых консульскими учреждениями Российской Федерации)</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>224099300</x:v>
+        <x:v>113600</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>190920068.07</x:v>
+        <x:v>38760</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>85.19</x:v>
+        <x:v>34.12</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
-        <x:v>100579416.99</x:v>
+        <x:v>64320</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>189.82</x:v>
+        <x:v>60.26</x:v>
       </x:c>
       <x:c r="G111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" s="3" t="str">
-        <x:v>Государственная пошлина за совершение нотариальных действий (за исключением действий, совершаемых консульскими учреждениями Российской Федерации)</x:v>
+        <x:v>Государственная пошлина за совершение нотариальных действий должностными лицами органов местного самоуправления, уполномоченными в соответствии с законодательными актами Российской Федерации на совершение нотариальных действий</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
         <x:v>113600</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>35760</x:v>
+        <x:v>38760</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>31.48</x:v>
+        <x:v>34.12</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
-        <x:v>58820</x:v>
+        <x:v>64320</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>60.8</x:v>
+        <x:v>60.26</x:v>
       </x:c>
       <x:c r="G112" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H112" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I112" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J112" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K112" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" s="3" t="str">
-        <x:v>Государственная пошлина за совершение нотариальных действий должностными лицами органов местного самоуправления, уполномоченными в соответствии с законодательными актами Российской Федерации на совершение нотариальных действий</x:v>
+        <x:v>Государственная пошлина за государственную регистрацию актов гражданского состояния и другие юридически значимые действия, совершаемые органами записи актов гражданского состояния и иными уполномоченными органами (за исключением консульских учреждений Российской Федерации)</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>113600</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>35760</x:v>
+        <x:v>301615.5</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>31.48</x:v>
+        <x:v>262.27</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
-        <x:v>58820</x:v>
+        <x:v>112930</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>60.8</x:v>
+        <x:v>267.08</x:v>
       </x:c>
       <x:c r="G113" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>115000</x:v>
       </x:c>
       <x:c r="H113" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>301615.5</x:v>
       </x:c>
       <x:c r="I113" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>262.27</x:v>
       </x:c>
       <x:c r="J113" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>112930</x:v>
       </x:c>
       <x:c r="K113" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>267.08</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" s="3" t="str">
-        <x:v>Государственная пошлина за государственную регистрацию актов гражданского состояния и другие юридически значимые действия, совершаемые органами записи актов гражданского состояния и иными уполномоченными органами (за исключением консульских учреждений Российской Федерации)</x:v>
+        <x:v>Государственная пошлина за совершение действий, связанных с приобретением гражданства Российской Федерации или выходом из гражданства Российской Федерации, а также с въездом в Российскую Федерацию или выездом из Российской Федерации</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>4237000</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>286915.5</x:v>
+        <x:v>6844650</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>249.49</x:v>
+        <x:v>161.54</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
-        <x:v>95930</x:v>
+        <x:v>6406250</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>299.09</x:v>
+        <x:v>106.84</x:v>
       </x:c>
       <x:c r="G114" s="4" t="n">
-        <x:v>115000</x:v>
+        <x:v>4237000</x:v>
       </x:c>
       <x:c r="H114" s="4" t="n">
-        <x:v>286915.5</x:v>
+        <x:v>6844650</x:v>
       </x:c>
       <x:c r="I114" s="4" t="n">
-        <x:v>249.49</x:v>
+        <x:v>161.54</x:v>
       </x:c>
       <x:c r="J114" s="4" t="n">
-        <x:v>95930</x:v>
+        <x:v>6406250</x:v>
       </x:c>
       <x:c r="K114" s="4" t="n">
-        <x:v>299.09</x:v>
+        <x:v>106.84</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" s="3" t="str">
-        <x:v>Государственная пошлина за совершение действий, связанных с приобретением гражданства Российской Федерации или выходом из гражданства Российской Федерации, а также с въездом в Российскую Федерацию или выездом из Российской Федерации</x:v>
+        <x:v>Государственная пошлина за государственную регистрацию, а также за совершение прочих юридически значимых действий</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>4237000</x:v>
+        <x:v>111452800</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>6052900</x:v>
+        <x:v>69751476.43</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>142.86</x:v>
+        <x:v>62.58</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
-        <x:v>5814750</x:v>
+        <x:v>49134631.66</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>104.1</x:v>
+        <x:v>141.96</x:v>
       </x:c>
       <x:c r="G115" s="4" t="n">
-        <x:v>4237000</x:v>
+        <x:v>111257800</x:v>
       </x:c>
       <x:c r="H115" s="4" t="n">
-        <x:v>6052900</x:v>
+        <x:v>69376476.43</x:v>
       </x:c>
       <x:c r="I115" s="4" t="n">
-        <x:v>142.86</x:v>
+        <x:v>62.36</x:v>
       </x:c>
       <x:c r="J115" s="4" t="n">
-        <x:v>5814750</x:v>
+        <x:v>48869631.66</x:v>
       </x:c>
       <x:c r="K115" s="4" t="n">
-        <x:v>104.1</x:v>
+        <x:v>141.96</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" s="3" t="str">
-        <x:v>Государственная пошлина за государственную регистрацию, а также за совершение прочих юридически значимых действий</x:v>
+        <x:v>Государственная пошлина за государственную регистрацию прав, ограничений (обременений) прав на недвижимое имущество и сделок с ним</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>111452800</x:v>
+        <x:v>79825700</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>63937168.43</x:v>
+        <x:v>29448425.51</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>57.37</x:v>
+        <x:v>36.89</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
-        <x:v>43549621.16</x:v>
+        <x:v>29363396.53</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>146.81</x:v>
+        <x:v>100.29</x:v>
       </x:c>
       <x:c r="G116" s="4" t="n">
-        <x:v>111257800</x:v>
+        <x:v>79825700</x:v>
       </x:c>
       <x:c r="H116" s="4" t="n">
-        <x:v>63572168.43</x:v>
+        <x:v>29448425.51</x:v>
       </x:c>
       <x:c r="I116" s="4" t="n">
-        <x:v>57.14</x:v>
+        <x:v>36.89</x:v>
       </x:c>
       <x:c r="J116" s="4" t="n">
-        <x:v>43299621.16</x:v>
+        <x:v>29363396.53</x:v>
       </x:c>
       <x:c r="K116" s="4" t="n">
-        <x:v>146.82</x:v>
+        <x:v>100.29</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" s="3" t="str">
-        <x:v>Государственная пошлина за государственную регистрацию прав, ограничений (обременений) прав на недвижимое имущество и сделок с ним</x:v>
+        <x:v>Государственная пошлина за совершение действий, связанных с лицензированием, с проведением аттестации в случаях, если такая аттестация предусмотрена законодательством Российской Федерации</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>79825700</x:v>
+        <x:v>20149500</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>27162905.51</x:v>
+        <x:v>12485751</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>34.03</x:v>
+        <x:v>61.97</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
-        <x:v>26454737.03</x:v>
+        <x:v>11013969.66</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>102.68</x:v>
+        <x:v>113.36</x:v>
       </x:c>
       <x:c r="G117" s="4" t="n">
-        <x:v>79825700</x:v>
+        <x:v>20149500</x:v>
       </x:c>
       <x:c r="H117" s="4" t="n">
-        <x:v>27162905.51</x:v>
+        <x:v>12485751</x:v>
       </x:c>
       <x:c r="I117" s="4" t="n">
-        <x:v>34.03</x:v>
+        <x:v>61.97</x:v>
       </x:c>
       <x:c r="J117" s="4" t="n">
-        <x:v>26454737.03</x:v>
+        <x:v>11013969.66</x:v>
       </x:c>
       <x:c r="K117" s="4" t="n">
-        <x:v>102.68</x:v>
+        <x:v>113.36</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" s="3" t="str">
-        <x:v>Государственная пошлина за совершение действий, связанных с лицензированием, с проведением аттестации в случаях, если такая аттестация предусмотрена законодательством Российской Федерации</x:v>
+        <x:v>Государственная пошлина за совершение действий, связанных с лицензированием, с проведением аттестации в случаях, если такая аттестация предусмотрена законодательством Российской Федерации, зачисляемая в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
         <x:v>20149500</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>11459751</x:v>
+        <x:v>12485751</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>56.87</x:v>
+        <x:v>61.97</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
-        <x:v>9419968.66</x:v>
+        <x:v>11013969.66</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>121.65</x:v>
+        <x:v>113.36</x:v>
       </x:c>
       <x:c r="G118" s="4" t="n">
         <x:v>20149500</x:v>
       </x:c>
       <x:c r="H118" s="4" t="n">
-        <x:v>11459751</x:v>
+        <x:v>12485751</x:v>
       </x:c>
       <x:c r="I118" s="4" t="n">
-        <x:v>56.87</x:v>
+        <x:v>61.97</x:v>
       </x:c>
       <x:c r="J118" s="4" t="n">
-        <x:v>9419968.66</x:v>
+        <x:v>11013969.66</x:v>
       </x:c>
       <x:c r="K118" s="4" t="n">
-        <x:v>121.65</x:v>
+        <x:v>113.36</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" s="3" t="str">
-        <x:v>Государственная пошлина за совершение действий, связанных с лицензированием, с проведением аттестации в случаях, если такая аттестация предусмотрена законодательством Российской Федерации, зачисляемая в бюджеты субъектов Российской Федерации</x:v>
+        <x:v>Государственная пошлина за выдачу и обмен паспорта гражданина Российской Федерации</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>20149500</x:v>
+        <x:v>2507100</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>11459751</x:v>
+        <x:v>2335856.12</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>56.87</x:v>
+        <x:v>93.17</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
-        <x:v>9419968.66</x:v>
+        <x:v>2297225.47</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>121.65</x:v>
+        <x:v>101.68</x:v>
       </x:c>
       <x:c r="G119" s="4" t="n">
-        <x:v>20149500</x:v>
+        <x:v>2507100</x:v>
       </x:c>
       <x:c r="H119" s="4" t="n">
-        <x:v>11459751</x:v>
+        <x:v>2335856.12</x:v>
       </x:c>
       <x:c r="I119" s="4" t="n">
-        <x:v>56.87</x:v>
+        <x:v>93.17</x:v>
       </x:c>
       <x:c r="J119" s="4" t="n">
-        <x:v>9419968.66</x:v>
+        <x:v>2297225.47</x:v>
       </x:c>
       <x:c r="K119" s="4" t="n">
-        <x:v>121.65</x:v>
+        <x:v>101.68</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" s="3" t="str">
-        <x:v>Государственная пошлина за выдачу и обмен паспорта гражданина Российской Федерации</x:v>
+        <x:v>Государственная пошлина за государственную регистрацию межрегиональных, региональных и местных общественных объединений, отделений общественных объединений, а также за государственную регистрацию изменений их учредительных документов</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>2507100</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>2079356.12</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>82.94</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
-        <x:v>2055125.47</x:v>
+        <x:v>24800</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>101.18</x:v>
+        <x:v>183.87</x:v>
       </x:c>
       <x:c r="G120" s="4" t="n">
-        <x:v>2507100</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="H120" s="4" t="n">
-        <x:v>2079356.12</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="I120" s="4" t="n">
-        <x:v>82.94</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J120" s="4" t="n">
-        <x:v>2055125.47</x:v>
+        <x:v>24800</x:v>
       </x:c>
       <x:c r="K120" s="4" t="n">
-        <x:v>101.18</x:v>
+        <x:v>183.87</x:v>
       </x:c>
     </x:row>
     <x:row r="121">
       <x:c r="A121" s="3" t="str">
-        <x:v>Государственная пошлина за государственную регистрацию межрегиональных, региональных и местных общественных объединений, отделений общественных объединений, а также за государственную регистрацию изменений их учредительных документов</x:v>
+        <x:v>Государственная пошлина за государственную регистрацию политических партий и региональных отделений политических партий</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>120000</x:v>
+        <x:v>7000</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>41600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>34.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
-        <x:v>24000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>173.33</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G121" s="4" t="n">
-        <x:v>120000</x:v>
+        <x:v>7000</x:v>
       </x:c>
       <x:c r="H121" s="4" t="n">
-        <x:v>41600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I121" s="4" t="n">
-        <x:v>34.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J121" s="4" t="n">
-        <x:v>24000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K121" s="4" t="n">
-        <x:v>173.33</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" s="3" t="str">
-        <x:v>Государственная пошлина за государственную регистрацию политических партий и региональных отделений политических партий</x:v>
+        <x:v>Государственная пошлина за государственную регистрацию транспортных средств и иные юридически значимые действия, связанные с изменениями и выдачей документов на транспортные средства, регистрационных знаков, водительских удостоверений</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>7000</x:v>
+        <x:v>8480500</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10370327</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>122.28</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6056490</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>171.23</x:v>
       </x:c>
       <x:c r="G122" s="4" t="n">
-        <x:v>7000</x:v>
+        <x:v>8480500</x:v>
       </x:c>
       <x:c r="H122" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10370327</x:v>
       </x:c>
       <x:c r="I122" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>122.28</x:v>
       </x:c>
       <x:c r="J122" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6056490</x:v>
       </x:c>
       <x:c r="K122" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>171.23</x:v>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" s="3" t="str">
-        <x:v>Государственная пошлина за государственную регистрацию транспортных средств и иные юридически значимые действия, связанные с изменениями и выдачей документов на транспортные средства, регистрационных знаков, водительских удостоверений</x:v>
+        <x:v>Государственная пошлина за государственную регистрацию транспортных средств и иные юридически значимые действия уполномоченных федеральных государственных органов, связанные с изменением и выдачей документов на транспортные средства, регистрационных знаков, водительских удостоверений</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>8480500</x:v>
+        <x:v>3320500</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>9031470</x:v>
+        <x:v>5985557</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>106.5</x:v>
+        <x:v>180.26</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
-        <x:v>5262040</x:v>
+        <x:v>1708900</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>171.63</x:v>
+        <x:v>350.26</x:v>
       </x:c>
       <x:c r="G123" s="4" t="n">
-        <x:v>8480500</x:v>
+        <x:v>3320500</x:v>
       </x:c>
       <x:c r="H123" s="4" t="n">
-        <x:v>9031470</x:v>
+        <x:v>5985557</x:v>
       </x:c>
       <x:c r="I123" s="4" t="n">
-        <x:v>106.5</x:v>
+        <x:v>180.26</x:v>
       </x:c>
       <x:c r="J123" s="4" t="n">
-        <x:v>5262040</x:v>
+        <x:v>1708900</x:v>
       </x:c>
       <x:c r="K123" s="4" t="n">
-        <x:v>171.63</x:v>
+        <x:v>350.26</x:v>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" s="3" t="str">
-        <x:v>Государственная пошлина за государственную регистрацию транспортных средств и иные юридически значимые действия уполномоченных федеральных государственных органов, связанные с изменением и выдачей документов на транспортные средства, регистрационных знаков, водительских удостоверений</x:v>
+        <x:v>Государственная пошлина за совершение действий уполномоченными органами исполнительной власти субъектов Российской Федерации, связанных с выдачей документов о проведении государственного технического осмотра тракторов, самоходных дорожно-строительных и иных самоходных машин и прицепов к ним, государственной регистрацией мототранспортных средств, прицепов, тракторов, самоходных дорожно-строительных и иных самоходных машин, выдачей удостоверений тракториста-машиниста (тракториста), временных удостоверений на право управления самоходными машинами, в том числе взамен утраченных или пришедших в негодность</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>3320500</x:v>
+        <x:v>5160000</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>5142000</x:v>
+        <x:v>4384770</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>154.86</x:v>
+        <x:v>84.98</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
-        <x:v>1488900</x:v>
+        <x:v>4347590</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>345.36</x:v>
+        <x:v>100.86</x:v>
       </x:c>
       <x:c r="G124" s="4" t="n">
-        <x:v>3320500</x:v>
+        <x:v>5160000</x:v>
       </x:c>
       <x:c r="H124" s="4" t="n">
-        <x:v>5142000</x:v>
+        <x:v>4384770</x:v>
       </x:c>
       <x:c r="I124" s="4" t="n">
-        <x:v>154.86</x:v>
+        <x:v>84.98</x:v>
       </x:c>
       <x:c r="J124" s="4" t="n">
-        <x:v>1488900</x:v>
+        <x:v>4347590</x:v>
       </x:c>
       <x:c r="K124" s="4" t="n">
-        <x:v>345.36</x:v>
+        <x:v>100.86</x:v>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" s="3" t="str">
-        <x:v>Государственная пошлина за совершение действий уполномоченными органами исполнительной власти субъектов Российской Федерации, связанных с выдачей документов о проведении государственного технического осмотра тракторов, самоходных дорожно-строительных и иных самоходных машин и прицепов к ним, государственной регистрацией мототранспортных средств, прицепов, тракторов, самоходных дорожно-строительных и иных самоходных машин, выдачей удостоверений тракториста-машиниста (тракториста), временных удостоверений на право управления самоходными машинами, в том числе взамен утраченных или пришедших в негодность</x:v>
+        <x:v>Государственная пошлина за выдачу разрешения на установку рекламной конструкции</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>5160000</x:v>
+        <x:v>195000</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>3889470</x:v>
+        <x:v>375000</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>75.38</x:v>
+        <x:v>192.31</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>3773140</x:v>
+        <x:v>265000</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>103.08</x:v>
+        <x:v>141.51</x:v>
       </x:c>
       <x:c r="G125" s="4" t="n">
-        <x:v>5160000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H125" s="4" t="n">
-        <x:v>3889470</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I125" s="4" t="n">
-        <x:v>75.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J125" s="4" t="n">
-        <x:v>3773140</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K125" s="4" t="n">
-        <x:v>103.08</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" s="3" t="str">
-        <x:v>Государственная пошлина за выдачу разрешения на установку рекламной конструкции</x:v>
+        <x:v>Прочие государственные пошлины за государственную регистрацию, а также за совершение прочих юридически значимых действий</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>195000</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>365000</x:v>
+        <x:v>16250</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>187.18</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
-        <x:v>250000</x:v>
+        <x:v>3750</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>146</x:v>
+        <x:v>433.33</x:v>
       </x:c>
       <x:c r="G126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="H126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16250</x:v>
       </x:c>
       <x:c r="I126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="J126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3750</x:v>
       </x:c>
       <x:c r="K126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>433.33</x:v>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" s="3" t="str">
-        <x:v>Прочие государственные пошлины за государственную регистрацию, а также за совершение прочих юридически значимых действий</x:v>
+        <x:v>Государственная пошлина за действия органов исполнительной власти субъектов Российской Федерации, связанные с государственной аккредитацией образовательных учреждений, осуществляемой в пределах переданных полномочий Российской Федерации в области образования</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>1300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>12500</x:v>
+        <x:v>325000</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>961.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
-        <x:v>1250</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>1000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G127" s="4" t="n">
-        <x:v>1300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H127" s="4" t="n">
-        <x:v>12500</x:v>
+        <x:v>325000</x:v>
       </x:c>
       <x:c r="I127" s="4" t="n">
-        <x:v>961.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J127" s="4" t="n">
-        <x:v>1250</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K127" s="4" t="n">
-        <x:v>1000</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" s="3" t="str">
-        <x:v>Государственная пошлина за действия органов исполнительной власти субъектов Российской Федерации, связанные с государственной аккредитацией образовательных учреждений, осуществляемой в пределах переданных полномочий Российской Федерации в области образования</x:v>
+        <x:v>Государственная пошлина за действия органов исполнительной власти субъектов Российской Федерации по проставлению апостиля на документах государственного образца об образовании, об ученых степенях и ученых званиях в пределах переданных полномочий Российской Федерации в области образования</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>166700</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>325000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>74.98</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>113.64</x:v>
       </x:c>
       <x:c r="G128" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>166700</x:v>
       </x:c>
       <x:c r="H128" s="4" t="n">
-        <x:v>325000</x:v>
+        <x:v>125000</x:v>
       </x:c>
       <x:c r="I128" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>74.98</x:v>
       </x:c>
       <x:c r="J128" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110000</x:v>
       </x:c>
       <x:c r="K128" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>113.64</x:v>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" s="3" t="str">
-        <x:v>Государственная пошлина за действия органов исполнительной власти субъектов Российской Федерации по проставлению апостиля на документах государственного образца об образовании, об ученых степенях и ученых званиях в пределах переданных полномочий Российской Федерации в области образования</x:v>
+        <x:v>Государственная пошлина за государственный кадастровый учет</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>166700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>2510202</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>74.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
-        <x:v>82500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>151.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G129" s="4" t="n">
-        <x:v>166700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H129" s="4" t="n">
-        <x:v>125000</x:v>
+        <x:v>2510202</x:v>
       </x:c>
       <x:c r="I129" s="4" t="n">
-        <x:v>74.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J129" s="4" t="n">
-        <x:v>82500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K129" s="4" t="n">
-        <x:v>151.52</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" s="3" t="str">
-        <x:v>Государственная пошлина за государственный кадастровый учет</x:v>
+        <x:v>Государственная пошлина за осуществляемые одновременно государственный кадастровый учет и государственную регистрацию прав</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>2204271</x:v>
+        <x:v>11598564.8</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G130" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H130" s="4" t="n">
-        <x:v>2204271</x:v>
+        <x:v>11598564.8</x:v>
       </x:c>
       <x:c r="I130" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J130" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K130" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" s="3" t="str">
-        <x:v>Государственная пошлина за осуществляемые одновременно государственный кадастровый учет и государственную регистрацию прав</x:v>
+        <x:v>Государственная пошлина за ускоренную процедуру государственного кадастрового учета и (или) государственной регистрации прав</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>11034814.8</x:v>
+        <x:v>115500</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H131" s="4" t="n">
-        <x:v>11034814.8</x:v>
+        <x:v>115500</x:v>
       </x:c>
       <x:c r="I131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" s="3" t="str">
-        <x:v>Государственная пошлина за ускоренную процедуру государственного кадастрового учета и (или) государственной регистрации прав</x:v>
+        <x:v>ЗАДОЛЖЕННОСТЬ И ПЕРЕРАСЧЕТЫ ПО ОТМЕНЕННЫМ НАЛОГАМ, СБОРАМ И ИНЫМ ОБЯЗАТЕЛЬНЫМ ПЛАТЕЖАМ</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>95500</x:v>
+        <x:v>-150</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H132" s="4" t="n">
-        <x:v>95500</x:v>
+        <x:v>-150</x:v>
       </x:c>
       <x:c r="I132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" s="3" t="str">
-        <x:v>ЗАДОЛЖЕННОСТЬ И ПЕРЕРАСЧЕТЫ ПО ОТМЕНЕННЫМ НАЛОГАМ, СБОРАМ И ИНЫМ ОБЯЗАТЕЛЬНЫМ ПЛАТЕЖАМ</x:v>
+        <x:v>Прочие налоги и сборы (по отмененным федеральным налогам и сборам)</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
         <x:v>-150</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
-        <x:v>4891.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G133" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H133" s="4" t="n">
         <x:v>-150</x:v>
       </x:c>
       <x:c r="I133" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J133" s="4" t="n">
-        <x:v>4891.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K133" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" s="3" t="str">
-        <x:v>Прочие налоги и сборы (по отмененным федеральным налогам и сборам)</x:v>
+        <x:v>Государственная пошлина за повторную выдачу свидетельства о постановке на учет в налоговом органе</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
         <x:v>-150</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G134" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H134" s="4" t="n">
         <x:v>-150</x:v>
       </x:c>
       <x:c r="I134" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J134" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K134" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" s="3" t="str">
-        <x:v>Государственная пошлина за повторную выдачу свидетельства о постановке на учет в налоговом органе</x:v>
+        <x:v>ДОХОДЫ ОТ ИСПОЛЬЗОВАНИЯ ИМУЩЕСТВА, НАХОДЯЩЕГОСЯ В ГОСУДАРСТВЕННОЙ И МУНИЦИПАЛЬНОЙ СОБСТВЕННОСТИ</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1425578818.4</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>-150</x:v>
+        <x:v>1250023411.96</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>87.69</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1098470794.04</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>113.8</x:v>
       </x:c>
       <x:c r="G135" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>645846000</x:v>
       </x:c>
       <x:c r="H135" s="4" t="n">
-        <x:v>-150</x:v>
+        <x:v>649249676.18</x:v>
       </x:c>
       <x:c r="I135" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100.53</x:v>
       </x:c>
       <x:c r="J135" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>462120981.7</x:v>
       </x:c>
       <x:c r="K135" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>140.49</x:v>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" s="3" t="str">
-        <x:v>Налог, взимаемый в виде стоимости патента в связи с применением упрощенной системы налогообложения</x:v>
+        <x:v>Доходы в виде прибыли, приходящейся на доли в уставных (складочных) капиталах хозяйственных товариществ и обществ, или дивидендов по акциям, принадлежащим Российской Федерации, субъектам Российской Федерации или муниципальным образованиям</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>462000</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>461988.81</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>4891.5</x:v>
+        <x:v>2314433.93</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>19.96</x:v>
       </x:c>
       <x:c r="G136" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H136" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I136" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J136" s="4" t="n">
-        <x:v>4891.5</x:v>
+        <x:v>1852445.12</x:v>
       </x:c>
       <x:c r="K136" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" s="3" t="str">
-        <x:v>Налог, взимаемый в виде стоимости патента в связи с применением упрощенной системы налогообложения</x:v>
+        <x:v>Доходы в виде прибыли, приходящейся на доли в уставных (складочных) капиталах хозяйственных товариществ и обществ, или дивидендов по акциям, принадлежащим субъектам Российской Федерации</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
-        <x:v>4891.5</x:v>
+        <x:v>1852445.12</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J137" s="4" t="n">
-        <x:v>4891.5</x:v>
+        <x:v>1852445.12</x:v>
       </x:c>
       <x:c r="K137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" s="3" t="str">
-        <x:v>ДОХОДЫ ОТ ИСПОЛЬЗОВАНИЯ ИМУЩЕСТВА, НАХОДЯЩЕГОСЯ В ГОСУДАРСТВЕННОЙ И МУНИЦИПАЛЬНОЙ СОБСТВЕННОСТИ</x:v>
+        <x:v>Доходы в виде прибыли, приходящейся на доли в уставных (складочных) капиталах хозяйственных товариществ и обществ, или дивидендов по акциям, принадлежащим городским округам</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>1014949018.4</x:v>
+        <x:v>462000</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>1087590026.28</x:v>
+        <x:v>461988.81</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>107.16</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
-        <x:v>919666014.74</x:v>
+        <x:v>461988.81</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>118.26</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G138" s="4" t="n">
-        <x:v>235346000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H138" s="4" t="n">
-        <x:v>582696158.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I138" s="4" t="n">
-        <x:v>247.59</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J138" s="4" t="n">
-        <x:v>386516651.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K138" s="4" t="n">
-        <x:v>150.76</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" s="3" t="str">
-        <x:v>Доходы в виде прибыли, приходящейся на доли в уставных (складочных) капиталах хозяйственных товариществ и обществ, или дивидендов по акциям, принадлежащим Российской Федерации, субъектам Российской Федерации или муниципальным образованиям</x:v>
+        <x:v>Доходы от размещения средств бюджетов</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>462000</x:v>
+        <x:v>621478800</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>461988.81</x:v>
+        <x:v>621551462.53</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>100.01</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
-        <x:v>2314433.93</x:v>
+        <x:v>443428242.26</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>19.96</x:v>
+        <x:v>140.17</x:v>
       </x:c>
       <x:c r="G139" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>621478800</x:v>
       </x:c>
       <x:c r="H139" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>621551462.53</x:v>
       </x:c>
       <x:c r="I139" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100.01</x:v>
       </x:c>
       <x:c r="J139" s="4" t="n">
-        <x:v>1852445.12</x:v>
+        <x:v>443428242.26</x:v>
       </x:c>
       <x:c r="K139" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>140.17</x:v>
       </x:c>
     </x:row>
     <x:row r="140">
       <x:c r="A140" s="3" t="str">
-        <x:v>Доходы в виде прибыли, приходящейся на доли в уставных (складочных) капиталах хозяйственных товариществ и обществ, или дивидендов по акциям, принадлежащим субъектам Российской Федерации</x:v>
+        <x:v>Доходы от операций по управлению остатками средств на едином казначейском счете, зачисляемые в бюджеты бюджетной системы Российской Федерации</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>621478800</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>621551462.53</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100.01</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
-        <x:v>1852445.12</x:v>
+        <x:v>443428242.26</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>140.17</x:v>
       </x:c>
       <x:c r="G140" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>621478800</x:v>
       </x:c>
       <x:c r="H140" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>621551462.53</x:v>
       </x:c>
       <x:c r="I140" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100.01</x:v>
       </x:c>
       <x:c r="J140" s="4" t="n">
-        <x:v>1852445.12</x:v>
+        <x:v>443428242.26</x:v>
       </x:c>
       <x:c r="K140" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>140.17</x:v>
       </x:c>
     </x:row>
     <x:row r="141">
       <x:c r="A141" s="3" t="str">
-        <x:v>Доходы в виде прибыли, приходящейся на доли в уставных (складочных) капиталах хозяйственных товариществ и обществ, или дивидендов по акциям, принадлежащим городским округам</x:v>
+        <x:v>Доходы от операций по управлению остатками средств на едином казначейском счете, зачисляемые в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>462000</x:v>
+        <x:v>621478800</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>461988.81</x:v>
+        <x:v>621551462.53</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>100.01</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
-        <x:v>461988.81</x:v>
+        <x:v>443428242.26</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>140.17</x:v>
       </x:c>
       <x:c r="G141" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>621478800</x:v>
       </x:c>
       <x:c r="H141" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>621551462.53</x:v>
       </x:c>
       <x:c r="I141" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100.01</x:v>
       </x:c>
       <x:c r="J141" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>443428242.26</x:v>
       </x:c>
       <x:c r="K141" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>140.17</x:v>
       </x:c>
     </x:row>
     <x:row r="142">
       <x:c r="A142" s="3" t="str">
-        <x:v>Доходы от размещения средств бюджетов</x:v>
+        <x:v>Проценты, полученные от предоставления бюджетных кредитов внутри страны</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>211000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>558214603.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>264.56</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
-        <x:v>370497825.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>150.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G142" s="4" t="n">
-        <x:v>211000000</x:v>
+        <x:v>1188600</x:v>
       </x:c>
       <x:c r="H142" s="4" t="n">
-        <x:v>558214603.98</x:v>
+        <x:v>11945.2</x:v>
       </x:c>
       <x:c r="I142" s="4" t="n">
-        <x:v>264.56</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J142" s="4" t="n">
-        <x:v>370497825.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K142" s="4" t="n">
-        <x:v>150.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="143">
       <x:c r="A143" s="3" t="str">
-        <x:v>Доходы от операций по управлению остатками средств на едином казначейском счете, зачисляемые в бюджеты бюджетной системы Российской Федерации</x:v>
+        <x:v>Проценты, полученные от предоставления бюджетных кредитов внутри страны за счет средств бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>211000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>558214603.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>264.56</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
-        <x:v>370497825.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>150.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G143" s="4" t="n">
-        <x:v>211000000</x:v>
+        <x:v>1188600</x:v>
       </x:c>
       <x:c r="H143" s="4" t="n">
-        <x:v>558214603.98</x:v>
+        <x:v>11945.2</x:v>
       </x:c>
       <x:c r="I143" s="4" t="n">
-        <x:v>264.56</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J143" s="4" t="n">
-        <x:v>370497825.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K143" s="4" t="n">
-        <x:v>150.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="144">
       <x:c r="A144" s="3" t="str">
-        <x:v>Доходы от операций по управлению остатками средств на едином казначейском счете, зачисляемые в бюджеты субъектов Российской Федерации</x:v>
+        <x:v>Доходы, получаемые в виде арендной либо иной платы за передачу в возмездное пользование государственного и муниципального имущества (за исключением имущества бюджетных и автономных учреждений, а также имущества государственных и муниципальных унитарных предприятий, в том числе казенных)</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>211000000</x:v>
+        <x:v>734234545.6</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>558214603.98</x:v>
+        <x:v>616591609.08</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>264.56</x:v>
+        <x:v>83.98</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
-        <x:v>370497825.28</x:v>
+        <x:v>607364564.28</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>150.67</x:v>
+        <x:v>101.52</x:v>
       </x:c>
       <x:c r="G144" s="4" t="n">
-        <x:v>211000000</x:v>
+        <x:v>22354000</x:v>
       </x:c>
       <x:c r="H144" s="4" t="n">
-        <x:v>558214603.98</x:v>
+        <x:v>27326244.66</x:v>
       </x:c>
       <x:c r="I144" s="4" t="n">
-        <x:v>264.56</x:v>
+        <x:v>122.24</x:v>
       </x:c>
       <x:c r="J144" s="4" t="n">
-        <x:v>370497825.28</x:v>
+        <x:v>15931965.56</x:v>
       </x:c>
       <x:c r="K144" s="4" t="n">
-        <x:v>150.67</x:v>
+        <x:v>171.52</x:v>
       </x:c>
     </x:row>
     <x:row r="145">
       <x:c r="A145" s="3" t="str">
-        <x:v>Проценты, полученные от предоставления бюджетных кредитов внутри страны</x:v>
+        <x:v>Доходы, получаемые в виде арендной платы за земельные участки, государственная собственность на которые не разграничена, а также средства от продажи права на заключение договоров аренды указанных земельных участков</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>644119340.79</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>537674534.33</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>83.47</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>533177266.16</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100.84</x:v>
       </x:c>
       <x:c r="G145" s="4" t="n">
-        <x:v>1167400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H145" s="4" t="n">
-        <x:v>11945.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I145" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J145" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K145" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="146">
       <x:c r="A146" s="3" t="str">
-        <x:v>Проценты, полученные от предоставления бюджетных кредитов внутри страны за счет средств бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы, получаемые в виде арендной платы за земельные участки, государственная собственность на которые не разграничена и которые расположены в границах городских округов, а также средства от продажи права на заключение договоров аренды указанных земельных участков</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>89389600</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>82303412.3</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>92.07</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99719371.4</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>82.54</x:v>
       </x:c>
       <x:c r="G146" s="4" t="n">
-        <x:v>1167400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H146" s="4" t="n">
-        <x:v>11945.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I146" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J146" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K146" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="147">
       <x:c r="A147" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной либо иной платы за передачу в возмездное пользование государственного и муниципального имущества (за исключением имущества бюджетных и автономных учреждений, а также имущества государственных и муниципальных унитарных предприятий, в том числе казенных)</x:v>
+        <x:v>Доходы, получаемые в виде арендной платы за земельные участки, государственная собственность на которые не разграничена и которые расположены в границах сельских поселений и межселенных территорий муниципальных районов, а также средства от продажи права на заключение договоров аренды указанных земельных участков</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>734194545.6</x:v>
+        <x:v>494084440.79</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>518279697.66</x:v>
+        <x:v>416053352.29</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>70.59</x:v>
+        <x:v>84.21</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
-        <x:v>502853652.58</x:v>
+        <x:v>390745831.12</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>103.07</x:v>
+        <x:v>106.48</x:v>
       </x:c>
       <x:c r="G147" s="4" t="n">
-        <x:v>22354000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H147" s="4" t="n">
-        <x:v>24114131.73</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I147" s="4" t="n">
-        <x:v>107.87</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J147" s="4" t="n">
-        <x:v>13681014.22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K147" s="4" t="n">
-        <x:v>176.26</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="148">
       <x:c r="A148" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной платы за земельные участки, государственная собственность на которые не разграничена, а также средства от продажи права на заключение договоров аренды указанных земельных участков</x:v>
+        <x:v>Доходы, получаемые в виде арендной платы за земельные участки, государственная собственность на которые не разграничена и которые расположены в границах городских поселений, а также средства от продажи права на заключение договоров аренды указанных земельных участков</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>644119340.79</x:v>
+        <x:v>60645300</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>448839401.89</x:v>
+        <x:v>39317769.74</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>69.68</x:v>
+        <x:v>64.83</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
-        <x:v>437638960.15</x:v>
+        <x:v>42712063.64</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>102.56</x:v>
+        <x:v>92.05</x:v>
       </x:c>
       <x:c r="G148" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H148" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I148" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J148" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K148" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="149">
       <x:c r="A149" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной платы за земельные участки, государственная собственность на которые не разграничена и которые расположены в границах городских округов, а также средства от продажи права на заключение договоров аренды указанных земельных участков</x:v>
+        <x:v>Доходы, получаемые в виде арендной платы за земли после разграничения государственной собственности на землю, а также средства от продажи права на заключение договоров аренды указанных земельных участков (за исключением земельных участков бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>89389600</x:v>
+        <x:v>41584134.81</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>72930126.59</x:v>
+        <x:v>39092213.82</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>81.59</x:v>
+        <x:v>94.01</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
-        <x:v>80141415</x:v>
+        <x:v>34167715.17</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>91</x:v>
+        <x:v>114.41</x:v>
       </x:c>
       <x:c r="G149" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6228100</x:v>
       </x:c>
       <x:c r="H149" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10585375.97</x:v>
       </x:c>
       <x:c r="I149" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>169.96</x:v>
       </x:c>
       <x:c r="J149" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5221283.35</x:v>
       </x:c>
       <x:c r="K149" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>202.74</x:v>
       </x:c>
     </x:row>
     <x:row r="150">
       <x:c r="A150" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной платы за земельные участки, государственная собственность на которые не разграничена и которые расположены в границах сельских поселений и межселенных территорий муниципальных районов, а также средства от продажи права на заключение договоров аренды указанных земельных участков</x:v>
+        <x:v>Доходы, получаемые в виде арендной платы, а также средства от продажи права на заключение договоров аренды за земли, находящиеся в собственности субъектов Российской Федерации (за исключением земельных участков бюджетных и автономных учреждений субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>494084440.79</x:v>
+        <x:v>6228100</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>341249137.69</x:v>
+        <x:v>10585375.97</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>69.07</x:v>
+        <x:v>169.96</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
-        <x:v>319167028.65</x:v>
+        <x:v>5221283.35</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>106.92</x:v>
+        <x:v>202.74</x:v>
       </x:c>
       <x:c r="G150" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6228100</x:v>
       </x:c>
       <x:c r="H150" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10585375.97</x:v>
       </x:c>
       <x:c r="I150" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>169.96</x:v>
       </x:c>
       <x:c r="J150" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5221283.35</x:v>
       </x:c>
       <x:c r="K150" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>202.74</x:v>
       </x:c>
     </x:row>
     <x:row r="151">
       <x:c r="A151" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной платы за земельные участки, государственная собственность на которые не разграничена и которые расположены в границах городских поселений, а также средства от продажи права на заключение договоров аренды указанных земельных участков</x:v>
+        <x:v>Доходы, получаемые в виде арендной платы, а также средства от продажи права на заключение договоров аренды за земли, находящиеся в собственности городских округов (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>60645300</x:v>
+        <x:v>20451500</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>34660137.61</x:v>
+        <x:v>17113193.36</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>57.15</x:v>
+        <x:v>83.68</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
-        <x:v>38330516.5</x:v>
+        <x:v>18463016.75</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>90.42</x:v>
+        <x:v>92.69</x:v>
       </x:c>
       <x:c r="G151" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H151" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I151" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J151" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K151" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="152">
       <x:c r="A152" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной платы за земли после разграничения государственной собственности на землю, а также средства от продажи права на заключение договоров аренды указанных земельных участков (за исключением земельных участков бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы, получаемые в виде арендной платы, а также средства от продажи права на заключение договоров аренды за земли, находящиеся в собственности муниципальных районов (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>41584134.81</x:v>
+        <x:v>7606200</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>33686589.23</x:v>
+        <x:v>5869872.98</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>81.01</x:v>
+        <x:v>77.17</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
-        <x:v>29088106.13</x:v>
+        <x:v>5241814.74</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>115.81</x:v>
+        <x:v>111.98</x:v>
       </x:c>
       <x:c r="G152" s="4" t="n">
-        <x:v>6228100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H152" s="4" t="n">
-        <x:v>8688259.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I152" s="4" t="n">
-        <x:v>139.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J152" s="4" t="n">
-        <x:v>3892317.59</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K152" s="4" t="n">
-        <x:v>223.22</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной платы, а также средства от продажи права на заключение договоров аренды за земли, находящиеся в собственности субъектов Российской Федерации (за исключением земельных участков бюджетных и автономных учреждений субъектов Российской Федерации)</x:v>
+        <x:v>Доходы, получаемые в виде арендной платы, а также средства от продажи права на заключение договоров аренды за земли, находящиеся в собственности сельских поселений (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>6228100</x:v>
+        <x:v>7298334.81</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>8688259.12</x:v>
+        <x:v>5523771.51</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>139.5</x:v>
+        <x:v>75.69</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
-        <x:v>3892317.59</x:v>
+        <x:v>5241600.33</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>223.22</x:v>
+        <x:v>105.38</x:v>
       </x:c>
       <x:c r="G153" s="4" t="n">
-        <x:v>6228100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H153" s="4" t="n">
-        <x:v>8688259.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I153" s="4" t="n">
-        <x:v>139.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J153" s="4" t="n">
-        <x:v>3892317.59</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K153" s="4" t="n">
-        <x:v>223.22</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной платы, а также средства от продажи права на заключение договоров аренды за земли, находящиеся в собственности городских округов (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов государственной власти, органов местного самоуправления, органов управления государственными внебюджетными фондами и созданных ими учреждений (за исключением имущества бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>20451500</x:v>
+        <x:v>13976370</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>15777897.75</x:v>
+        <x:v>7656812.55</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>77.15</x:v>
+        <x:v>54.78</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
-        <x:v>16015910.52</x:v>
+        <x:v>13841866.11</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>98.51</x:v>
+        <x:v>55.32</x:v>
       </x:c>
       <x:c r="G154" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>148500</x:v>
       </x:c>
       <x:c r="H154" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>291660.99</x:v>
       </x:c>
       <x:c r="I154" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>196.4</x:v>
       </x:c>
       <x:c r="J154" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99581.33</x:v>
       </x:c>
       <x:c r="K154" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>292.89</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной платы, а также средства от продажи права на заключение договоров аренды за земли, находящиеся в собственности муниципальных районов (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов государственной власти субъектов Российской Федерации и созданных ими учреждений (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>7606200</x:v>
+        <x:v>148500</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>4648452.75</x:v>
+        <x:v>291660.99</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>61.11</x:v>
+        <x:v>196.4</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
-        <x:v>4583014.88</x:v>
+        <x:v>99581.33</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>101.43</x:v>
+        <x:v>292.89</x:v>
       </x:c>
       <x:c r="G155" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>148500</x:v>
       </x:c>
       <x:c r="H155" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>291660.99</x:v>
       </x:c>
       <x:c r="I155" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>196.4</x:v>
       </x:c>
       <x:c r="J155" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99581.33</x:v>
       </x:c>
       <x:c r="K155" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>292.89</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" s="3" t="str">
-        <x:v>Доходы, получаемые в виде арендной платы, а также средства от продажи права на заключение договоров аренды за земли, находящиеся в собственности сельских поселений (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов управления городских округов и созданных ими учреждений (за исключением имущества муниципальных бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>7298334.81</x:v>
+        <x:v>1101100</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>4571979.61</x:v>
+        <x:v>716862.67</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>62.64</x:v>
+        <x:v>65.1</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
-        <x:v>4596863.14</x:v>
+        <x:v>5614967.99</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>99.46</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="G156" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H156" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I156" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J156" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K156" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов государственной власти, органов местного самоуправления, органов управления государственными внебюджетными фондами и созданных ими учреждений (за исключением имущества бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов управления муниципальных районов и созданных ими учреждений (за исключением имущества муниципальных бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>13936370</x:v>
+        <x:v>1047500</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>6555402.56</x:v>
+        <x:v>592574.54</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>47.04</x:v>
+        <x:v>56.57</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
-        <x:v>13269438.11</x:v>
+        <x:v>1119884.11</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>49.4</x:v>
+        <x:v>52.91</x:v>
       </x:c>
       <x:c r="G157" s="4" t="n">
-        <x:v>148500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H157" s="4" t="n">
-        <x:v>268782.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I157" s="4" t="n">
-        <x:v>181</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J157" s="4" t="n">
-        <x:v>80209.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K157" s="4" t="n">
-        <x:v>335.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов государственной власти субъектов Российской Федерации и созданных ими учреждений (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов управления сельских поселений и созданных ими учреждений (за исключением имущества муниципальных бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>148500</x:v>
+        <x:v>7433270</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>268782.86</x:v>
+        <x:v>5180328.9</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>181</x:v>
+        <x:v>69.69</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
-        <x:v>80209.03</x:v>
+        <x:v>5804028.39</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>335.1</x:v>
+        <x:v>89.25</x:v>
       </x:c>
       <x:c r="G158" s="4" t="n">
-        <x:v>148500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H158" s="4" t="n">
-        <x:v>268782.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I158" s="4" t="n">
-        <x:v>181</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J158" s="4" t="n">
-        <x:v>80209.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K158" s="4" t="n">
-        <x:v>335.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="159">
       <x:c r="A159" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов управления городских округов и созданных ими учреждений (за исключением имущества муниципальных бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов управления городских поселений и созданных ими учреждений (за исключением имущества муниципальных бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>1101100</x:v>
+        <x:v>4246000</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>668421.88</x:v>
+        <x:v>875385.45</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>60.7</x:v>
+        <x:v>20.62</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
-        <x:v>5492731.99</x:v>
+        <x:v>1203404.29</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>12.17</x:v>
+        <x:v>72.74</x:v>
       </x:c>
       <x:c r="G159" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H159" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I159" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J159" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K159" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c r="A160" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов управления муниципальных районов и созданных ими учреждений (за исключением имущества муниципальных бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, составляющего государственную (муниципальную) казну (за исключением земельных участков)</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>1047500</x:v>
+        <x:v>34554700</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>564474.54</x:v>
+        <x:v>32168048.38</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>53.89</x:v>
+        <x:v>93.09</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
-        <x:v>1070130.74</x:v>
+        <x:v>26177716.84</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>52.75</x:v>
+        <x:v>122.88</x:v>
       </x:c>
       <x:c r="G160" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15977400</x:v>
       </x:c>
       <x:c r="H160" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16449207.7</x:v>
       </x:c>
       <x:c r="I160" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102.95</x:v>
       </x:c>
       <x:c r="J160" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10611100.88</x:v>
       </x:c>
       <x:c r="K160" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>155.02</x:v>
       </x:c>
     </x:row>
     <x:row r="161">
       <x:c r="A161" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов управления сельских поселений и созданных ими учреждений (за исключением имущества муниципальных бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, составляющего казну субъекта Российской Федерации (за исключением земельных участков)</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>7393270</x:v>
+        <x:v>15977400</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>4221638.46</x:v>
+        <x:v>16449207.7</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>57.1</x:v>
+        <x:v>102.95</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
-        <x:v>5473157.37</x:v>
+        <x:v>10611100.88</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>77.13</x:v>
+        <x:v>155.02</x:v>
       </x:c>
       <x:c r="G161" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15977400</x:v>
       </x:c>
       <x:c r="H161" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16449207.7</x:v>
       </x:c>
       <x:c r="I161" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102.95</x:v>
       </x:c>
       <x:c r="J161" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10611100.88</x:v>
       </x:c>
       <x:c r="K161" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>155.02</x:v>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c r="A162" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, находящегося в оперативном управлении органов управления городских поселений и созданных ими учреждений (за исключением имущества муниципальных бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, составляющего казну городских округов (за исключением земельных участков)</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>4246000</x:v>
+        <x:v>18307300</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>832084.82</x:v>
+        <x:v>15398344.16</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>19.6</x:v>
+        <x:v>84.11</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
-        <x:v>1153208.98</x:v>
+        <x:v>15560991.56</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>72.15</x:v>
+        <x:v>98.95</x:v>
       </x:c>
       <x:c r="G162" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H162" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I162" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J162" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K162" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="163">
       <x:c r="A163" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, составляющего государственную (муниципальную) казну (за исключением земельных участков)</x:v>
+        <x:v>Доходы от сдачи в аренду имущества, составляющего казну сельских поселений (за исключением земельных участков)</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>34554700</x:v>
+        <x:v>270000</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>29198303.98</x:v>
+        <x:v>320496.52</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>84.5</x:v>
+        <x:v>118.7</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
-        <x:v>22857148.19</x:v>
+        <x:v>5624.4</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>127.74</x:v>
+        <x:v>5698.32</x:v>
       </x:c>
       <x:c r="G163" s="4" t="n">
-        <x:v>15977400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H163" s="4" t="n">
-        <x:v>15157089.75</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I163" s="4" t="n">
-        <x:v>94.87</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J163" s="4" t="n">
-        <x:v>9708487.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K163" s="4" t="n">
-        <x:v>156.12</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, составляющего казну субъекта Российской Федерации (за исключением земельных участков)</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута в отношении земельных участков, находящихся в государственной или муниципальной собственности</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>15977400</x:v>
+        <x:v>237300</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>15157089.75</x:v>
+        <x:v>503558.91</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>94.87</x:v>
+        <x:v>212.2</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
-        <x:v>9708487.6</x:v>
+        <x:v>1042485.71</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>156.12</x:v>
+        <x:v>48.3</x:v>
       </x:c>
       <x:c r="G164" s="4" t="n">
-        <x:v>15977400</x:v>
+        <x:v>113800</x:v>
       </x:c>
       <x:c r="H164" s="4" t="n">
-        <x:v>15157089.75</x:v>
+        <x:v>293374.5</x:v>
       </x:c>
       <x:c r="I164" s="4" t="n">
-        <x:v>94.87</x:v>
+        <x:v>257.8</x:v>
       </x:c>
       <x:c r="J164" s="4" t="n">
-        <x:v>9708487.6</x:v>
+        <x:v>825896.38</x:v>
       </x:c>
       <x:c r="K164" s="4" t="n">
-        <x:v>156.12</x:v>
+        <x:v>35.52</x:v>
       </x:c>
     </x:row>
     <x:row r="165">
       <x:c r="A165" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, составляющего казну городских округов (за исключением земельных участков)</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута в отношении земельных участков, государственная собственность на которые не разграничена</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>18307300</x:v>
+        <x:v>6000</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>13734717.71</x:v>
+        <x:v>70281.54</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>75.02</x:v>
+        <x:v>1171.36</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
-        <x:v>13143036.19</x:v>
+        <x:v>117916.97</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>104.5</x:v>
+        <x:v>59.6</x:v>
       </x:c>
       <x:c r="G165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="166">
       <x:c r="A166" s="3" t="str">
-        <x:v>Доходы от сдачи в аренду имущества, составляющего казну сельских поселений (за исключением земельных участков)</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами местного самоуправления муниципальных районов, органами местного самоуправления сельских поселений, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах сельских поселений и межселенных территорий муниципальных районов</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>270000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>306496.52</x:v>
+        <x:v>33065.41</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>113.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
-        <x:v>5624.4</x:v>
+        <x:v>42446.36</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>5449.41</x:v>
+        <x:v>77.9</x:v>
       </x:c>
       <x:c r="G166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="167">
       <x:c r="A167" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута в отношении земельных участков, находящихся в государственной или муниципальной собственности</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами местного самоуправления муниципальных районов, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских поселений</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>236300</x:v>
+        <x:v>5000</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>429757.09</x:v>
+        <x:v>246.61</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>181.87</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
-        <x:v>579944.16</x:v>
+        <x:v>136.38</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>74.1</x:v>
+        <x:v>180.83</x:v>
       </x:c>
       <x:c r="G167" s="4" t="n">
-        <x:v>113800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H167" s="4" t="n">
-        <x:v>288828.06</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I167" s="4" t="n">
-        <x:v>253.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J167" s="4" t="n">
-        <x:v>403868.18</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K167" s="4" t="n">
-        <x:v>71.52</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="168">
       <x:c r="A168" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута в отношении земельных участков, государственная собственность на которые не разграничена</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами местного самоуправления сельских поселений, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах сельских поселений</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>5000</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>25463.91</x:v>
+        <x:v>36969.52</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>509.28</x:v>
+        <x:v>3696.95</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
-        <x:v>102541.79</x:v>
+        <x:v>75334.23</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>24.83</x:v>
+        <x:v>49.07</x:v>
       </x:c>
       <x:c r="G168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="169">
       <x:c r="A169" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами местного самоуправления муниципальных районов, органами местного самоуправления сельских поселений, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах сельских поселений и межселенных территорий муниципальных районов</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута в отношении земельных участков после разграничения государственной собственности на землю</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>231300</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>25144.96</x:v>
+        <x:v>431341.03</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>186.49</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
-        <x:v>27118.38</x:v>
+        <x:v>924568.65</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>92.72</x:v>
+        <x:v>46.65</x:v>
       </x:c>
       <x:c r="G169" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>113800</x:v>
       </x:c>
       <x:c r="H169" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>292406.33</x:v>
       </x:c>
       <x:c r="I169" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>256.95</x:v>
       </x:c>
       <x:c r="J169" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>825896.34</x:v>
       </x:c>
       <x:c r="K169" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="170">
       <x:c r="A170" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами местного самоуправления муниципальных районов, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских поселений</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами исполнительной власти субъектов Российской Федерации, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, находящихся в собственности субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>5000</x:v>
+        <x:v>113800</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>246.61</x:v>
+        <x:v>292406.33</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>256.95</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
-        <x:v>89.18</x:v>
+        <x:v>825896.34</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>276.53</x:v>
+        <x:v>35.4</x:v>
       </x:c>
       <x:c r="G170" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>113800</x:v>
       </x:c>
       <x:c r="H170" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>292406.33</x:v>
       </x:c>
       <x:c r="I170" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>256.95</x:v>
       </x:c>
       <x:c r="J170" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>825896.34</x:v>
       </x:c>
       <x:c r="K170" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами местного самоуправления сельских поселений, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах сельских поселений</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами местного самоуправления муниципальных районов, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, находящихся в собственности муниципальных районов</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>117500</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>72.34</x:v>
+        <x:v>138934.7</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>118.24</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
-        <x:v>75334.23</x:v>
+        <x:v>98672.31</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>140.8</x:v>
       </x:c>
       <x:c r="G171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута в отношении земельных участков после разграничения государственной собственности на землю</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута в отношении земельных участков, которые находятся в федеральной собственности и осуществление полномочий по управлению и распоряжению которыми передано органам государственной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>231300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>402356.84</x:v>
+        <x:v>1936.34</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>173.95</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
-        <x:v>477402.28</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
-        <x:v>84.28</x:v>
+        <x:v>2151488.89</x:v>
       </x:c>
       <x:c r="G172" s="4" t="n">
-        <x:v>113800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H172" s="4" t="n">
-        <x:v>287859.89</x:v>
+        <x:v>968.17</x:v>
       </x:c>
       <x:c r="I172" s="4" t="n">
-        <x:v>252.95</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J172" s="4" t="n">
-        <x:v>403868.14</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="K172" s="4" t="n">
-        <x:v>71.28</x:v>
+        <x:v>2420425</x:v>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами исполнительной власти субъектов Российской Федерации, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, находящихся в собственности субъектов Российской Федерации</x:v>
+        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами исполнительной власти субъектов Российской Федерации, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, которые расположены в границах сельских поселений, которые находятся в федеральной собственности и осуществление полномочий по управлению и распоряжению которыми передано органам государственной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>113800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>287859.89</x:v>
+        <x:v>1936.34</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>252.95</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
-        <x:v>403868.14</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="F173" s="4" t="n">
-        <x:v>71.28</x:v>
+        <x:v>2151488.89</x:v>
       </x:c>
       <x:c r="G173" s="4" t="n">
-        <x:v>113800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H173" s="4" t="n">
-        <x:v>287859.89</x:v>
+        <x:v>968.17</x:v>
       </x:c>
       <x:c r="I173" s="4" t="n">
-        <x:v>252.95</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J173" s="4" t="n">
-        <x:v>403868.14</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="K173" s="4" t="n">
-        <x:v>71.28</x:v>
+        <x:v>2420425</x:v>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами местного самоуправления муниципальных районов, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, находящихся в собственности муниципальных районов</x:v>
+        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, находящихся в государственной или муниципальной собственности</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>117500</x:v>
+        <x:v>12800</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>114496.95</x:v>
+        <x:v>269306.51</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>97.44</x:v>
+        <x:v>2103.96</x:v>
       </x:c>
       <x:c r="E174" s="4" t="n">
-        <x:v>73534.14</x:v>
+        <x:v>1182282.82</x:v>
       </x:c>
       <x:c r="F174" s="4" t="n">
-        <x:v>155.71</x:v>
+        <x:v>22.78</x:v>
       </x:c>
       <x:c r="G174" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12800</x:v>
       </x:c>
       <x:c r="H174" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>360.14</x:v>
       </x:c>
       <x:c r="I174" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="J174" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10312.08</x:v>
       </x:c>
       <x:c r="K174" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="175">
       <x:c r="A175" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута в отношении земельных участков, которые находятся в федеральной собственности и осуществление полномочий по управлению и распоряжению которыми передано органам государственной власти субъектов Российской Федерации</x:v>
+        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, государственная собственность на которые не разграничена</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>1936.34</x:v>
+        <x:v>268586.24</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E175" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1145700.87</x:v>
       </x:c>
       <x:c r="F175" s="4" t="n">
-        <x:v>2151488.89</x:v>
+        <x:v>23.44</x:v>
       </x:c>
       <x:c r="G175" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H175" s="4" t="n">
-        <x:v>968.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I175" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J175" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K175" s="4" t="n">
-        <x:v>2420425</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="176">
       <x:c r="A176" s="3" t="str">
-        <x:v>Плата по соглашениям об установлении сервитута, заключенным органами исполнительной власти субъектов Российской Федерации, государственными или муниципальными предприятиями либо государственными или муниципальными учреждениями в отношении земельных участков, которые расположены в границах сельских поселений, которые находятся в федеральной собственности и осуществление полномочий по управлению и распоряжению которыми передано органам государственной власти субъектов Российской Федерации</x:v>
+        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских округов и не предоставленных гражданам или юридическим лицам (за исключением органов государственной власти (государственных органов), органов местного самоуправления (муниципальных органов), органов управления государственными внебюджетными фондами и казенных учреждений)</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>1936.34</x:v>
+        <x:v>268486.9</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E176" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1138360.44</x:v>
       </x:c>
       <x:c r="F176" s="4" t="n">
-        <x:v>2151488.89</x:v>
+        <x:v>23.59</x:v>
       </x:c>
       <x:c r="G176" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H176" s="4" t="n">
-        <x:v>968.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I176" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J176" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K176" s="4" t="n">
-        <x:v>2420425</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="177">
       <x:c r="A177" s="3" t="str">
-        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, находящихся в государственной или муниципальной собственности</x:v>
+        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских поселений и не предоставленных гражданам или юридическим лицам (за исключением органов государственной власти (государственных органов), органов местного самоуправления (муниципальных органов), органов управления государственными внебюджетными фондами и казенных учреждений)</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>12800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>213682.44</x:v>
+        <x:v>99.34</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>1669.39</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E177" s="4" t="n">
-        <x:v>1000533.95</x:v>
+        <x:v>7340.43</x:v>
       </x:c>
       <x:c r="F177" s="4" t="n">
-        <x:v>21.36</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="G177" s="4" t="n">
-        <x:v>12800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H177" s="4" t="n">
-        <x:v>360.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I177" s="4" t="n">
-        <x:v>2.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J177" s="4" t="n">
-        <x:v>9990.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K177" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="178">
       <x:c r="A178" s="3" t="str">
-        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, государственная собственность на которые не разграничена</x:v>
+        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков после разграничения государственной собственности на землю</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>212962.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E178" s="4" t="n">
-        <x:v>981013.87</x:v>
+        <x:v>17421.42</x:v>
       </x:c>
       <x:c r="F178" s="4" t="n">
-        <x:v>21.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G178" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="H178" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I178" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J178" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>731.81</x:v>
       </x:c>
       <x:c r="K178" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="179">
       <x:c r="A179" s="3" t="str">
-        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских округов и не предоставленных гражданам или юридическим лицам (за исключением органов государственной власти (государственных органов), органов местного самоуправления (муниципальных органов), органов управления государственными внебюджетными фондами и казенных учреждений)</x:v>
+        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, находящихся в собственности субъектов Российской Федерации и не предоставленных гражданам или юридическим лицам (за исключением органов государственной власти (государственных органов), органов местного самоуправления (муниципальных органов), органов управления государственными внебюджетными фондами и казенных учреждений)</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>212862.83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E179" s="4" t="n">
-        <x:v>973673.44</x:v>
+        <x:v>731.81</x:v>
       </x:c>
       <x:c r="F179" s="4" t="n">
-        <x:v>21.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G179" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="H179" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I179" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J179" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>731.81</x:v>
       </x:c>
       <x:c r="K179" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="180">
       <x:c r="A180" s="3" t="str">
-        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских поселений и не предоставленных гражданам или юридическим лицам (за исключением органов государственной власти (государственных органов), органов местного самоуправления (муниципальных органов), органов управления государственными внебюджетными фондами и казенных учреждений)</x:v>
+        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, находящихся в собственности городских округов и не предоставленных гражданам или юридическим лицам (за исключением органов государственной власти (государственных органов), органов местного самоуправления (муниципальных органов), органов управления государственными внебюджетными фондами и казенных учреждений)</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>99.34</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E180" s="4" t="n">
-        <x:v>7340.43</x:v>
+        <x:v>16689.61</x:v>
       </x:c>
       <x:c r="F180" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G180" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H180" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I180" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J180" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K180" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="181">
       <x:c r="A181" s="3" t="str">
-        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков после разграничения государственной собственности на землю</x:v>
+        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, которые находятся в федеральной собственности и осуществление полномочий по управлению и распоряжению которыми передано органам государственной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>5600</x:v>
+        <x:v>7200</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>720.27</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E181" s="4" t="n">
-        <x:v>460.25</x:v>
+        <x:v>19160.53</x:v>
       </x:c>
       <x:c r="F181" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="G181" s="4" t="n">
-        <x:v>5600</x:v>
+        <x:v>7200</x:v>
       </x:c>
       <x:c r="H181" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>360.14</x:v>
       </x:c>
       <x:c r="I181" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="J181" s="4" t="n">
-        <x:v>460.25</x:v>
+        <x:v>9580.27</x:v>
       </x:c>
       <x:c r="K181" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3.76</x:v>
       </x:c>
     </x:row>
     <x:row r="182">
       <x:c r="A182" s="3" t="str">
-        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, находящихся в собственности субъектов Российской Федерации и не предоставленных гражданам или юридическим лицам (за исключением органов государственной власти (государственных органов), органов местного самоуправления (муниципальных органов), органов управления государственными внебюджетными фондами и казенных учреждений)</x:v>
+        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, которые расположены в границах сельских поселений, находятся в федеральной собственности и осуществление полномочий Российской Федерации по управлению и распоряжению которыми передано органам государственной власти субъектов Российской Федерации и не предоставлены гражданам или юридическим лицам (за исключением органов государственной власти (государственных органов), органов местного самоуправления (муниципальных органов), органов управления государственными внебюджетными фондами и казенных учреждений)</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>5600</x:v>
+        <x:v>7200</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>720.27</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E182" s="4" t="n">
-        <x:v>460.25</x:v>
+        <x:v>19160.53</x:v>
       </x:c>
       <x:c r="F182" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3.76</x:v>
       </x:c>
       <x:c r="G182" s="4" t="n">
-        <x:v>5600</x:v>
+        <x:v>7200</x:v>
       </x:c>
       <x:c r="H182" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>360.14</x:v>
       </x:c>
       <x:c r="I182" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="J182" s="4" t="n">
-        <x:v>460.25</x:v>
+        <x:v>9580.27</x:v>
       </x:c>
       <x:c r="K182" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3.76</x:v>
       </x:c>
     </x:row>
     <x:row r="183">
       <x:c r="A183" s="3" t="str">
-        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, которые находятся в федеральной собственности и осуществление полномочий по управлению и распоряжению которыми передано органам государственной власти субъектов Российской Федерации</x:v>
+        <x:v>Платежи от государственных и муниципальных унитарных предприятий</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>7200</x:v>
+        <x:v>1449100</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>720.27</x:v>
+        <x:v>62519.61</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="E183" s="4" t="n">
-        <x:v>19059.83</x:v>
+        <x:v>1002218.01</x:v>
       </x:c>
       <x:c r="F183" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="G183" s="4" t="n">
-        <x:v>7200</x:v>
+        <x:v>692400</x:v>
       </x:c>
       <x:c r="H183" s="4" t="n">
-        <x:v>360.14</x:v>
+        <x:v>62519.61</x:v>
       </x:c>
       <x:c r="I183" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="J183" s="4" t="n">
-        <x:v>9529.92</x:v>
+        <x:v>65082.68</x:v>
       </x:c>
       <x:c r="K183" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>96.06</x:v>
       </x:c>
     </x:row>
     <x:row r="184">
       <x:c r="A184" s="3" t="str">
-        <x:v>Плата за публичный сервитут, предусмотренная решением уполномоченного органа об установлении публичного сервитута в отношении земельных участков, которые расположены в границах сельских поселений, находятся в федеральной собственности и осуществление полномочий Российской Федерации по управлению и распоряжению которыми передано органам государственной власти субъектов Российской Федерации и не предоставлены гражданам или юридическим лицам (за исключением органов государственной власти (государственных органов), органов местного самоуправления (муниципальных органов), органов управления государственными внебюджетными фондами и казенных учреждений)</x:v>
+        <x:v>Доходы от перечисления части прибыли государственных и муниципальных унитарных предприятий, остающейся после уплаты налогов и обязательных платежей</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>7200</x:v>
+        <x:v>1449100</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>720.27</x:v>
+        <x:v>62519.61</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="E184" s="4" t="n">
-        <x:v>19059.83</x:v>
+        <x:v>1002218.01</x:v>
       </x:c>
       <x:c r="F184" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>6.24</x:v>
       </x:c>
       <x:c r="G184" s="4" t="n">
-        <x:v>7200</x:v>
+        <x:v>692400</x:v>
       </x:c>
       <x:c r="H184" s="4" t="n">
-        <x:v>360.14</x:v>
+        <x:v>62519.61</x:v>
       </x:c>
       <x:c r="I184" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="J184" s="4" t="n">
-        <x:v>9529.92</x:v>
+        <x:v>65082.68</x:v>
       </x:c>
       <x:c r="K184" s="4" t="n">
-        <x:v>3.78</x:v>
+        <x:v>96.06</x:v>
       </x:c>
     </x:row>
     <x:row r="185">
       <x:c r="A185" s="3" t="str">
-        <x:v>Платежи от государственных и муниципальных унитарных предприятий</x:v>
+        <x:v>Доходы от перечисления части прибыли, остающейся после уплаты налогов и иных обязательных платежей государственных унитарных предприятий субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>1449100</x:v>
+        <x:v>692400</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
         <x:v>62519.61</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="E185" s="4" t="n">
-        <x:v>947693.01</x:v>
+        <x:v>65082.68</x:v>
       </x:c>
       <x:c r="F185" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>96.06</x:v>
       </x:c>
       <x:c r="G185" s="4" t="n">
         <x:v>692400</x:v>
       </x:c>
       <x:c r="H185" s="4" t="n">
         <x:v>62519.61</x:v>
       </x:c>
       <x:c r="I185" s="4" t="n">
         <x:v>9.03</x:v>
       </x:c>
       <x:c r="J185" s="4" t="n">
         <x:v>65082.68</x:v>
       </x:c>
       <x:c r="K185" s="4" t="n">
         <x:v>96.06</x:v>
       </x:c>
     </x:row>
     <x:row r="186">
       <x:c r="A186" s="3" t="str">
-        <x:v>Доходы от перечисления части прибыли государственных и муниципальных унитарных предприятий, остающейся после уплаты налогов и обязательных платежей</x:v>
+        <x:v>Доходы от перечисления части прибыли, остающейся после уплаты налогов и иных обязательных платежей муниципальных унитарных предприятий, созданных городскими округами</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
-        <x:v>1449100</x:v>
+        <x:v>756700</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>62519.61</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E186" s="4" t="n">
-        <x:v>947693.01</x:v>
+        <x:v>879315</x:v>
       </x:c>
       <x:c r="F186" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G186" s="4" t="n">
-        <x:v>692400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H186" s="4" t="n">
-        <x:v>62519.61</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I186" s="4" t="n">
-        <x:v>9.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J186" s="4" t="n">
-        <x:v>65082.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K186" s="4" t="n">
-        <x:v>96.06</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="187">
       <x:c r="A187" s="3" t="str">
-        <x:v>Доходы от перечисления части прибыли, остающейся после уплаты налогов и иных обязательных платежей государственных унитарных предприятий субъектов Российской Федерации</x:v>
+        <x:v>Доходы от перечисления части прибыли, остающейся после уплаты налогов и иных обязательных платежей муниципальных унитарных предприятий, созданных муниципальными районами</x:v>
       </x:c>
       <x:c r="B187" s="4" t="n">
-        <x:v>692400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C187" s="4" t="n">
-        <x:v>62519.61</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D187" s="4" t="n">
-        <x:v>9.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E187" s="4" t="n">
-        <x:v>65082.68</x:v>
+        <x:v>32020.33</x:v>
       </x:c>
       <x:c r="F187" s="4" t="n">
-        <x:v>96.06</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G187" s="4" t="n">
-        <x:v>692400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H187" s="4" t="n">
-        <x:v>62519.61</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I187" s="4" t="n">
-        <x:v>9.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J187" s="4" t="n">
-        <x:v>65082.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K187" s="4" t="n">
-        <x:v>96.06</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="188">
       <x:c r="A188" s="3" t="str">
-        <x:v>Доходы от перечисления части прибыли, остающейся после уплаты налогов и иных обязательных платежей муниципальных унитарных предприятий, созданных городскими округами</x:v>
+        <x:v>Доходы от перечисления части прибыли, остающейся после уплаты налогов и иных обязательных платежей муниципальных унитарных предприятий, созданных сельскими поселениями</x:v>
       </x:c>
       <x:c r="B188" s="4" t="n">
-        <x:v>756700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E188" s="4" t="n">
-        <x:v>824790</x:v>
+        <x:v>25800</x:v>
       </x:c>
       <x:c r="F188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="189">
       <x:c r="A189" s="3" t="str">
-        <x:v>Доходы от перечисления части прибыли, остающейся после уплаты налогов и иных обязательных платежей муниципальных унитарных предприятий, созданных муниципальными районами</x:v>
+        <x:v>Прочие доходы от использования имущества и прав, находящихся в государственной и муниципальной собственности (за исключением имущества бюджетных и автономных учреждений, а также имущества государственных и муниципальных унитарных предприятий, в том числе казенных)</x:v>
       </x:c>
       <x:c r="B189" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>67704272.8</x:v>
       </x:c>
       <x:c r="C189" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10582966.51</x:v>
       </x:c>
       <x:c r="D189" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="E189" s="4" t="n">
-        <x:v>32020.33</x:v>
+        <x:v>42136567.03</x:v>
       </x:c>
       <x:c r="F189" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25.12</x:v>
       </x:c>
       <x:c r="G189" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="H189" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3769.54</x:v>
       </x:c>
       <x:c r="I189" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>67.31</x:v>
       </x:c>
       <x:c r="J189" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7037.62</x:v>
       </x:c>
       <x:c r="K189" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>53.56</x:v>
       </x:c>
     </x:row>
     <x:row r="190">
       <x:c r="A190" s="3" t="str">
-        <x:v>Доходы от перечисления части прибыли, остающейся после уплаты налогов и иных обязательных платежей муниципальных унитарных предприятий, созданных сельскими поселениями</x:v>
+        <x:v>Прочие поступления от использования имущества, находящегося в государственной и муниципальной собственности (за исключением имущества бюджетных и автономных учреждений, а также имущества государственных и муниципальных унитарных предприятий, в том числе казенных)</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>52169340</x:v>
       </x:c>
       <x:c r="C190" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3736614.8</x:v>
       </x:c>
       <x:c r="D190" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="E190" s="4" t="n">
-        <x:v>25800</x:v>
+        <x:v>4628987.85</x:v>
       </x:c>
       <x:c r="F190" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>80.72</x:v>
       </x:c>
       <x:c r="G190" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="H190" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3769.54</x:v>
       </x:c>
       <x:c r="I190" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>67.31</x:v>
       </x:c>
       <x:c r="J190" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7037.62</x:v>
       </x:c>
       <x:c r="K190" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>53.56</x:v>
       </x:c>
     </x:row>
     <x:row r="191">
       <x:c r="A191" s="3" t="str">
-        <x:v>Прочие доходы от использования имущества и прав, находящихся в государственной и муниципальной собственности (за исключением имущества бюджетных и автономных учреждений, а также имущества государственных и муниципальных унитарных предприятий, в том числе казенных)</x:v>
+        <x:v>Прочие поступления от использования имущества, находящегося в собственности субъектов Российской Федерации (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации, а также имущества государственных унитарных предприятий субъектов Российской Федерации, в том числе казенных)</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>67594272.8</x:v>
+        <x:v>5600</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>9927776.69</x:v>
+        <x:v>3769.54</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>14.69</x:v>
+        <x:v>67.31</x:v>
       </x:c>
       <x:c r="E191" s="4" t="n">
-        <x:v>41471931.83</x:v>
+        <x:v>7037.62</x:v>
       </x:c>
       <x:c r="F191" s="4" t="n">
-        <x:v>23.94</x:v>
+        <x:v>53.56</x:v>
       </x:c>
       <x:c r="G191" s="4" t="n">
         <x:v>5600</x:v>
       </x:c>
       <x:c r="H191" s="4" t="n">
         <x:v>3769.54</x:v>
       </x:c>
       <x:c r="I191" s="4" t="n">
         <x:v>67.31</x:v>
       </x:c>
       <x:c r="J191" s="4" t="n">
-        <x:v>6426.33</x:v>
+        <x:v>7037.62</x:v>
       </x:c>
       <x:c r="K191" s="4" t="n">
-        <x:v>58.66</x:v>
+        <x:v>53.56</x:v>
       </x:c>
     </x:row>
     <x:row r="192">
       <x:c r="A192" s="3" t="str">
-        <x:v>Прочие поступления от использования имущества, находящегося в государственной и муниципальной собственности (за исключением имущества бюджетных и автономных учреждений, а также имущества государственных и муниципальных унитарных предприятий, в том числе казенных)</x:v>
+        <x:v>Прочие поступления от использования имущества, находящегося в собственности городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных)</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>52059340</x:v>
+        <x:v>49206200</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>3301747.13</x:v>
+        <x:v>1840889.05</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="E192" s="4" t="n">
-        <x:v>4183497.22</x:v>
+        <x:v>1828236.13</x:v>
       </x:c>
       <x:c r="F192" s="4" t="n">
-        <x:v>78.92</x:v>
+        <x:v>100.69</x:v>
       </x:c>
       <x:c r="G192" s="4" t="n">
-        <x:v>5600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H192" s="4" t="n">
-        <x:v>3769.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I192" s="4" t="n">
-        <x:v>67.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J192" s="4" t="n">
-        <x:v>6426.33</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K192" s="4" t="n">
-        <x:v>58.66</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="193">
       <x:c r="A193" s="3" t="str">
-        <x:v>Прочие поступления от использования имущества, находящегося в собственности субъектов Российской Федерации (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации, а также имущества государственных унитарных предприятий субъектов Российской Федерации, в том числе казенных)</x:v>
+        <x:v>Прочие поступления от использования имущества, находящегося в собственности муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных)</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>5600</x:v>
+        <x:v>866200</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>3769.54</x:v>
+        <x:v>742039.68</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>67.31</x:v>
+        <x:v>85.67</x:v>
       </x:c>
       <x:c r="E193" s="4" t="n">
-        <x:v>6426.33</x:v>
+        <x:v>1441187.04</x:v>
       </x:c>
       <x:c r="F193" s="4" t="n">
-        <x:v>58.66</x:v>
+        <x:v>51.49</x:v>
       </x:c>
       <x:c r="G193" s="4" t="n">
-        <x:v>5600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H193" s="4" t="n">
-        <x:v>3769.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I193" s="4" t="n">
-        <x:v>67.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J193" s="4" t="n">
-        <x:v>6426.33</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K193" s="4" t="n">
-        <x:v>58.66</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" s="3" t="str">
-        <x:v>Прочие поступления от использования имущества, находящегося в собственности городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных)</x:v>
+        <x:v>Прочие поступления от использования имущества, находящегося в собственности сельских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных)</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>49206200</x:v>
+        <x:v>1310800</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>1647484.77</x:v>
+        <x:v>564508.65</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>43.07</x:v>
       </x:c>
       <x:c r="E194" s="4" t="n">
-        <x:v>1688847.21</x:v>
+        <x:v>832164.5</x:v>
       </x:c>
       <x:c r="F194" s="4" t="n">
-        <x:v>97.55</x:v>
+        <x:v>67.84</x:v>
       </x:c>
       <x:c r="G194" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H194" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I194" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J194" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K194" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="195">
       <x:c r="A195" s="3" t="str">
-        <x:v>Прочие поступления от использования имущества, находящегося в собственности муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных)</x:v>
+        <x:v>Прочие поступления от использования имущества, находящегося в собственности городских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных)</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>756200</x:v>
+        <x:v>780540</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>599236.41</x:v>
+        <x:v>585407.88</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>79.24</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E195" s="4" t="n">
-        <x:v>1377306.06</x:v>
+        <x:v>520362.56</x:v>
       </x:c>
       <x:c r="F195" s="4" t="n">
-        <x:v>43.51</x:v>
+        <x:v>112.5</x:v>
       </x:c>
       <x:c r="G195" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H195" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I195" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J195" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K195" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" s="3" t="str">
-        <x:v>Прочие поступления от использования имущества, находящегося в собственности сельских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных)</x:v>
+        <x:v>Плата, поступившая в рамках договора за предоставление права на размещение и эксплуатацию нестационарного торгового объекта, установку и эксплуатацию рекламных конструкций на землях или земельных участках, находящихся в государственной или муниципальной собственности, и на землях или земельных участках, государственная собственность на которые не разграничена</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>1310800</x:v>
+        <x:v>15534932.8</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>530893.85</x:v>
+        <x:v>6846351.71</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>40.5</x:v>
+        <x:v>44.07</x:v>
       </x:c>
       <x:c r="E196" s="4" t="n">
-        <x:v>655600.38</x:v>
+        <x:v>37507579.18</x:v>
       </x:c>
       <x:c r="F196" s="4" t="n">
-        <x:v>80.98</x:v>
+        <x:v>18.25</x:v>
       </x:c>
       <x:c r="G196" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H196" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I196" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J196" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K196" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="197">
       <x:c r="A197" s="3" t="str">
-        <x:v>Прочие поступления от использования имущества, находящегося в собственности городских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных)</x:v>
+        <x:v>Плата, поступившая в рамках договора за предоставление права на размещение и эксплуатацию нестационарного торгового объекта, установку и эксплуатацию рекламных конструкций на землях или земельных участках, находящихся в собственности городских округов, и на землях или земельных участках, государственная собственность на которые не разграничена</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>780540</x:v>
+        <x:v>14262800</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>520362.56</x:v>
+        <x:v>5577671.57</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>39.11</x:v>
       </x:c>
       <x:c r="E197" s="4" t="n">
-        <x:v>455317.24</x:v>
+        <x:v>35102573.34</x:v>
       </x:c>
       <x:c r="F197" s="4" t="n">
-        <x:v>114.29</x:v>
+        <x:v>15.89</x:v>
       </x:c>
       <x:c r="G197" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H197" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I197" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J197" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K197" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="198">
       <x:c r="A198" s="3" t="str">
-        <x:v>Плата, поступившая в рамках договора за предоставление права на размещение и эксплуатацию нестационарного торгового объекта, установку и эксплуатацию рекламных конструкций на землях или земельных участках, находящихся в государственной или муниципальной собственности, и на землях или земельных участках, государственная собственность на которые не разграничена</x:v>
+        <x:v>Плата, поступившая в рамках договора за предоставление права на размещение и эксплуатацию нестационарного торгового объекта, установку и эксплуатацию рекламных конструкций на землях или земельных участках, находящихся в собственности муниципальных районов, и на землях или земельных участках, государственная собственность на которые не разграничена</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>15534932.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>6626029.56</x:v>
+        <x:v>7746.82</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>42.65</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E198" s="4" t="n">
-        <x:v>37288434.61</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F198" s="4" t="n">
-        <x:v>17.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G198" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H198" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I198" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J198" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K198" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="199">
       <x:c r="A199" s="3" t="str">
-        <x:v>Плата, поступившая в рамках договора за предоставление права на размещение и эксплуатацию нестационарного торгового объекта, установку и эксплуатацию рекламных конструкций на землях или земельных участках, находящихся в собственности городских округов, и на землях или земельных участках, государственная собственность на которые не разграничена</x:v>
+        <x:v>Плата, поступившая в рамках договора за предоставление права на размещение и эксплуатацию нестационарного торгового объекта, установку и эксплуатацию рекламных конструкций на землях или земельных участках, находящихся в собственности сельских поселений, и на землях или земельных участках, государственная собственность на которые не разграничена</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>14262800</x:v>
+        <x:v>1272132.8</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>5447476.57</x:v>
+        <x:v>1260933.32</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>38.19</x:v>
+        <x:v>99.12</x:v>
       </x:c>
       <x:c r="E199" s="4" t="n">
-        <x:v>35056913.34</x:v>
+        <x:v>2405005.84</x:v>
       </x:c>
       <x:c r="F199" s="4" t="n">
-        <x:v>15.54</x:v>
+        <x:v>52.43</x:v>
       </x:c>
       <x:c r="G199" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H199" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I199" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J199" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K199" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="200">
       <x:c r="A200" s="3" t="str">
-        <x:v>Плата, поступившая в рамках договора за предоставление права на размещение и эксплуатацию нестационарного торгового объекта, установку и эксплуатацию рекламных конструкций на землях или земельных участках, находящихся в собственности муниципальных районов, и на землях или земельных участках, государственная собственность на которые не разграничена</x:v>
+        <x:v>ПЛАТЕЖИ ПРИ ПОЛЬЗОВАНИИ ПРИРОДНЫМИ РЕСУРСАМИ</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>33209600</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>7562.82</x:v>
+        <x:v>34419337.16</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>103.64</x:v>
       </x:c>
       <x:c r="E200" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30368467.95</x:v>
       </x:c>
       <x:c r="F200" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>113.34</x:v>
       </x:c>
       <x:c r="G200" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>13281500</x:v>
       </x:c>
       <x:c r="H200" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17622661.23</x:v>
       </x:c>
       <x:c r="I200" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>132.69</x:v>
       </x:c>
       <x:c r="J200" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17621494.5</x:v>
       </x:c>
       <x:c r="K200" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100.01</x:v>
       </x:c>
     </x:row>
     <x:row r="201">
       <x:c r="A201" s="3" t="str">
-        <x:v>Плата, поступившая в рамках договора за предоставление права на размещение и эксплуатацию нестационарного торгового объекта, установку и эксплуатацию рекламных конструкций на землях или земельных участках, находящихся в собственности сельских поселений, и на землях или земельных участках, государственная собственность на которые не разграничена</x:v>
+        <x:v>Плата за негативное воздействие на окружающую среду</x:v>
       </x:c>
       <x:c r="B201" s="4" t="n">
-        <x:v>1272132.8</x:v>
+        <x:v>28248000</x:v>
       </x:c>
       <x:c r="C201" s="4" t="n">
-        <x:v>1170990.17</x:v>
+        <x:v>27994460.14</x:v>
       </x:c>
       <x:c r="D201" s="4" t="n">
-        <x:v>92.05</x:v>
+        <x:v>99.1</x:v>
       </x:c>
       <x:c r="E201" s="4" t="n">
-        <x:v>2231521.27</x:v>
+        <x:v>21244955.8</x:v>
       </x:c>
       <x:c r="F201" s="4" t="n">
-        <x:v>52.47</x:v>
+        <x:v>131.77</x:v>
       </x:c>
       <x:c r="G201" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8319900</x:v>
       </x:c>
       <x:c r="H201" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11197784.21</x:v>
       </x:c>
       <x:c r="I201" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>134.59</x:v>
       </x:c>
       <x:c r="J201" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8497982.35</x:v>
       </x:c>
       <x:c r="K201" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>131.77</x:v>
       </x:c>
     </x:row>
     <x:row r="202">
       <x:c r="A202" s="3" t="str">
-        <x:v>ПЛАТЕЖИ ПРИ ПОЛЬЗОВАНИИ ПРИРОДНЫМИ РЕСУРСАМИ</x:v>
+        <x:v>Плата за выбросы загрязняющих веществ в атмосферный воздух стационарными объектами </x:v>
       </x:c>
       <x:c r="B202" s="4" t="n">
-        <x:v>31355800</x:v>
+        <x:v>7323400</x:v>
       </x:c>
       <x:c r="C202" s="4" t="n">
-        <x:v>32561511.4</x:v>
+        <x:v>8926804.63</x:v>
       </x:c>
       <x:c r="D202" s="4" t="n">
-        <x:v>103.85</x:v>
+        <x:v>121.89</x:v>
       </x:c>
       <x:c r="E202" s="4" t="n">
-        <x:v>28401899.58</x:v>
+        <x:v>1592905.3</x:v>
       </x:c>
       <x:c r="F202" s="4" t="n">
-        <x:v>114.65</x:v>
+        <x:v>560.41</x:v>
       </x:c>
       <x:c r="G202" s="4" t="n">
-        <x:v>13281500</x:v>
+        <x:v>723700</x:v>
       </x:c>
       <x:c r="H202" s="4" t="n">
-        <x:v>16755437.71</x:v>
+        <x:v>3570721.96</x:v>
       </x:c>
       <x:c r="I202" s="4" t="n">
-        <x:v>126.16</x:v>
+        <x:v>493.4</x:v>
       </x:c>
       <x:c r="J202" s="4" t="n">
-        <x:v>16726843.09</x:v>
+        <x:v>637162.13</x:v>
       </x:c>
       <x:c r="K202" s="4" t="n">
-        <x:v>100.17</x:v>
+        <x:v>560.41</x:v>
       </x:c>
     </x:row>
     <x:row r="203">
       <x:c r="A203" s="3" t="str">
-        <x:v>Плата за негативное воздействие на окружающую среду</x:v>
+        <x:v>Плата за сбросы загрязняющих веществ в водные объекты</x:v>
       </x:c>
       <x:c r="B203" s="4" t="n">
-        <x:v>26394200</x:v>
+        <x:v>329300</x:v>
       </x:c>
       <x:c r="C203" s="4" t="n">
-        <x:v>26343456.3</x:v>
+        <x:v>786014.22</x:v>
       </x:c>
       <x:c r="D203" s="4" t="n">
-        <x:v>99.81</x:v>
+        <x:v>238.69</x:v>
       </x:c>
       <x:c r="E203" s="4" t="n">
-        <x:v>19458427.49</x:v>
+        <x:v>714003.45</x:v>
       </x:c>
       <x:c r="F203" s="4" t="n">
-        <x:v>135.38</x:v>
+        <x:v>110.09</x:v>
       </x:c>
       <x:c r="G203" s="4" t="n">
-        <x:v>8319900</x:v>
+        <x:v>294500</x:v>
       </x:c>
       <x:c r="H203" s="4" t="n">
-        <x:v>10537382.61</x:v>
+        <x:v>314405.69</x:v>
       </x:c>
       <x:c r="I203" s="4" t="n">
-        <x:v>126.65</x:v>
+        <x:v>106.76</x:v>
       </x:c>
       <x:c r="J203" s="4" t="n">
-        <x:v>7783371</x:v>
+        <x:v>285601.38</x:v>
       </x:c>
       <x:c r="K203" s="4" t="n">
-        <x:v>135.38</x:v>
+        <x:v>110.09</x:v>
       </x:c>
     </x:row>
     <x:row r="204">
       <x:c r="A204" s="3" t="str">
-        <x:v>Плата за выбросы загрязняющих веществ в атмосферный воздух стационарными объектами </x:v>
+        <x:v>Плата за размещение отходов производства и потребления</x:v>
       </x:c>
       <x:c r="B204" s="4" t="n">
-        <x:v>5489600</x:v>
+        <x:v>20569400</x:v>
       </x:c>
       <x:c r="C204" s="4" t="n">
-        <x:v>7882263.2</x:v>
+        <x:v>18188135.32</x:v>
       </x:c>
       <x:c r="D204" s="4" t="n">
-        <x:v>143.59</x:v>
+        <x:v>88.42</x:v>
       </x:c>
       <x:c r="E204" s="4" t="n">
-        <x:v>1409162.12</x:v>
+        <x:v>18938035.48</x:v>
       </x:c>
       <x:c r="F204" s="4" t="n">
-        <x:v>559.36</x:v>
+        <x:v>96.04</x:v>
       </x:c>
       <x:c r="G204" s="4" t="n">
-        <x:v>723700</x:v>
+        <x:v>7295800</x:v>
       </x:c>
       <x:c r="H204" s="4" t="n">
-        <x:v>3152905.37</x:v>
+        <x:v>7275254.17</x:v>
       </x:c>
       <x:c r="I204" s="4" t="n">
-        <x:v>435.66</x:v>
+        <x:v>99.72</x:v>
       </x:c>
       <x:c r="J204" s="4" t="n">
-        <x:v>563664.84</x:v>
+        <x:v>7575214.21</x:v>
       </x:c>
       <x:c r="K204" s="4" t="n">
-        <x:v>559.36</x:v>
+        <x:v>96.04</x:v>
       </x:c>
     </x:row>
     <x:row r="205">
       <x:c r="A205" s="3" t="str">
-        <x:v>Плата за сбросы загрязняющих веществ в водные объекты</x:v>
+        <x:v>Плата за размещение отходов производства</x:v>
       </x:c>
       <x:c r="B205" s="4" t="n">
-        <x:v>329300</x:v>
+        <x:v>5831100</x:v>
       </x:c>
       <x:c r="C205" s="4" t="n">
-        <x:v>627377.83</x:v>
+        <x:v>4399569.74</x:v>
       </x:c>
       <x:c r="D205" s="4" t="n">
-        <x:v>190.52</x:v>
+        <x:v>75.45</x:v>
       </x:c>
       <x:c r="E205" s="4" t="n">
-        <x:v>604848.83</x:v>
+        <x:v>3154469.85</x:v>
       </x:c>
       <x:c r="F205" s="4" t="n">
-        <x:v>103.72</x:v>
+        <x:v>139.47</x:v>
       </x:c>
       <x:c r="G205" s="4" t="n">
-        <x:v>294500</x:v>
+        <x:v>2024500</x:v>
       </x:c>
       <x:c r="H205" s="4" t="n">
-        <x:v>250951.13</x:v>
+        <x:v>1759827.94</x:v>
       </x:c>
       <x:c r="I205" s="4" t="n">
-        <x:v>85.21</x:v>
+        <x:v>86.93</x:v>
       </x:c>
       <x:c r="J205" s="4" t="n">
-        <x:v>241939.53</x:v>
+        <x:v>1261787.95</x:v>
       </x:c>
       <x:c r="K205" s="4" t="n">
-        <x:v>103.72</x:v>
+        <x:v>139.47</x:v>
       </x:c>
     </x:row>
     <x:row r="206">
       <x:c r="A206" s="3" t="str">
-        <x:v>Плата за размещение отходов производства и потребления</x:v>
+        <x:v>Плата за размещение твердых коммунальных отходов</x:v>
       </x:c>
       <x:c r="B206" s="4" t="n">
-        <x:v>20569400</x:v>
+        <x:v>14738300</x:v>
       </x:c>
       <x:c r="C206" s="4" t="n">
-        <x:v>17741304.24</x:v>
+        <x:v>13788565.58</x:v>
       </x:c>
       <x:c r="D206" s="4" t="n">
-        <x:v>86.25</x:v>
+        <x:v>93.56</x:v>
       </x:c>
       <x:c r="E206" s="4" t="n">
-        <x:v>17444404.97</x:v>
+        <x:v>15783565.63</x:v>
       </x:c>
       <x:c r="F206" s="4" t="n">
-        <x:v>101.7</x:v>
+        <x:v>87.36</x:v>
       </x:c>
       <x:c r="G206" s="4" t="n">
-        <x:v>7295800</x:v>
+        <x:v>5271300</x:v>
       </x:c>
       <x:c r="H206" s="4" t="n">
-        <x:v>7096521.7</x:v>
+        <x:v>5515426.23</x:v>
       </x:c>
       <x:c r="I206" s="4" t="n">
-        <x:v>97.27</x:v>
+        <x:v>104.63</x:v>
       </x:c>
       <x:c r="J206" s="4" t="n">
-        <x:v>6977762</x:v>
+        <x:v>6313426.26</x:v>
       </x:c>
       <x:c r="K206" s="4" t="n">
-        <x:v>101.7</x:v>
+        <x:v>87.36</x:v>
       </x:c>
     </x:row>
     <x:row r="207">
       <x:c r="A207" s="3" t="str">
-        <x:v>Плата за размещение отходов производства</x:v>
+        <x:v>Плата за выбросы загрязняющих веществ, образующихся при сжигании на факельных установках и (или) рассеивании попутного нефтяного газа</x:v>
       </x:c>
       <x:c r="B207" s="4" t="n">
-        <x:v>5831100</x:v>
+        <x:v>25900</x:v>
       </x:c>
       <x:c r="C207" s="4" t="n">
-        <x:v>3952738.66</x:v>
+        <x:v>93505.97</x:v>
       </x:c>
       <x:c r="D207" s="4" t="n">
-        <x:v>67.79</x:v>
+        <x:v>361.03</x:v>
       </x:c>
       <x:c r="E207" s="4" t="n">
-        <x:v>2662038.23</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="F207" s="4" t="n">
-        <x:v>148.49</x:v>
+        <x:v>808176.06</x:v>
       </x:c>
       <x:c r="G207" s="4" t="n">
-        <x:v>2024500</x:v>
+        <x:v>5900</x:v>
       </x:c>
       <x:c r="H207" s="4" t="n">
-        <x:v>1581095.47</x:v>
+        <x:v>37402.39</x:v>
       </x:c>
       <x:c r="I207" s="4" t="n">
-        <x:v>78.1</x:v>
+        <x:v>633.94</x:v>
       </x:c>
       <x:c r="J207" s="4" t="n">
-        <x:v>1064815.3</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="K207" s="4" t="n">
-        <x:v>148.49</x:v>
+        <x:v>807827</x:v>
       </x:c>
     </x:row>
     <x:row r="208">
       <x:c r="A208" s="3" t="str">
-        <x:v>Плата за размещение твердых коммунальных отходов</x:v>
+        <x:v>Платежи при пользовании недрами</x:v>
       </x:c>
       <x:c r="B208" s="4" t="n">
-        <x:v>14738300</x:v>
+        <x:v>71600</x:v>
       </x:c>
       <x:c r="C208" s="4" t="n">
-        <x:v>13788565.58</x:v>
+        <x:v>169084.8</x:v>
       </x:c>
       <x:c r="D208" s="4" t="n">
-        <x:v>93.56</x:v>
+        <x:v>236.15</x:v>
       </x:c>
       <x:c r="E208" s="4" t="n">
-        <x:v>14782366.74</x:v>
+        <x:v>636864.65</x:v>
       </x:c>
       <x:c r="F208" s="4" t="n">
-        <x:v>93.28</x:v>
+        <x:v>26.55</x:v>
       </x:c>
       <x:c r="G208" s="4" t="n">
-        <x:v>5271300</x:v>
+        <x:v>71600</x:v>
       </x:c>
       <x:c r="H208" s="4" t="n">
-        <x:v>5515426.23</x:v>
+        <x:v>169084.8</x:v>
       </x:c>
       <x:c r="I208" s="4" t="n">
-        <x:v>104.63</x:v>
+        <x:v>236.15</x:v>
       </x:c>
       <x:c r="J208" s="4" t="n">
-        <x:v>5912946.7</x:v>
+        <x:v>636864.65</x:v>
       </x:c>
       <x:c r="K208" s="4" t="n">
-        <x:v>93.28</x:v>
+        <x:v>26.55</x:v>
       </x:c>
     </x:row>
     <x:row r="209">
       <x:c r="A209" s="3" t="str">
-        <x:v>Плата за выбросы загрязняющих веществ, образующихся при сжигании на факельных установках и (или) рассеивании попутного нефтяного газа</x:v>
+        <x:v>Регулярные платежи за пользование недрами при пользовании недрами на территории Российской Федерации</x:v>
       </x:c>
       <x:c r="B209" s="4" t="n">
-        <x:v>5900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C209" s="4" t="n">
-        <x:v>92511.03</x:v>
+        <x:v>169084.8</x:v>
       </x:c>
       <x:c r="D209" s="4" t="n">
-        <x:v>1567.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E209" s="4" t="n">
-        <x:v>11.57</x:v>
+        <x:v>456864.65</x:v>
       </x:c>
       <x:c r="F209" s="4" t="n">
-        <x:v>799576.75</x:v>
+        <x:v>37.01</x:v>
       </x:c>
       <x:c r="G209" s="4" t="n">
-        <x:v>5900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H209" s="4" t="n">
-        <x:v>37004.41</x:v>
+        <x:v>169084.8</x:v>
       </x:c>
       <x:c r="I209" s="4" t="n">
-        <x:v>627.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J209" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>456864.65</x:v>
       </x:c>
       <x:c r="K209" s="4" t="n">
-        <x:v>799231.32</x:v>
+        <x:v>37.01</x:v>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" s="3" t="str">
-        <x:v>Платежи при пользовании недрами</x:v>
+        <x:v>Плата за проведение государственной экспертизы запасов полезных ископаемых и подземных вод, геологической информации о предоставляемых в пользование участках недр</x:v>
       </x:c>
       <x:c r="B210" s="4" t="n">
         <x:v>71600</x:v>
       </x:c>
       <x:c r="C210" s="4" t="n">
-        <x:v>136336.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D210" s="4" t="n">
-        <x:v>190.41</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E210" s="4" t="n">
-        <x:v>631119.65</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="F210" s="4" t="n">
-        <x:v>21.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G210" s="4" t="n">
         <x:v>71600</x:v>
       </x:c>
       <x:c r="H210" s="4" t="n">
-        <x:v>136336.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I210" s="4" t="n">
-        <x:v>190.41</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J210" s="4" t="n">
-        <x:v>631119.65</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="K210" s="4" t="n">
-        <x:v>21.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="211">
       <x:c r="A211" s="3" t="str">
-        <x:v>Регулярные платежи за пользование недрами при пользовании недрами на территории Российской Федерации</x:v>
+        <x:v>Плата за проведение государственной экспертизы запасов полезных ископаемых и подземных вод, геологической информации о предоставляемых в пользование участках недр местного значения, а также запасов общераспространенных полезных ископаемых и запасов подземных вод, которые используются для целей питьевого водоснабжения или технического водоснабжения и объем добычи которых составляет не более 500 кубических метров в сутки</x:v>
       </x:c>
       <x:c r="B211" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>71600</x:v>
       </x:c>
       <x:c r="C211" s="4" t="n">
-        <x:v>136336.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D211" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E211" s="4" t="n">
-        <x:v>451119.65</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="F211" s="4" t="n">
-        <x:v>30.22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G211" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>71600</x:v>
       </x:c>
       <x:c r="H211" s="4" t="n">
-        <x:v>136336.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I211" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J211" s="4" t="n">
-        <x:v>451119.65</x:v>
+        <x:v>180000</x:v>
       </x:c>
       <x:c r="K211" s="4" t="n">
-        <x:v>30.22</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="212">
       <x:c r="A212" s="3" t="str">
-        <x:v>Плата за проведение государственной экспертизы запасов полезных ископаемых и подземных вод, геологической информации о предоставляемых в пользование участках недр</x:v>
+        <x:v>Плата за использование лесов</x:v>
       </x:c>
       <x:c r="B212" s="4" t="n">
-        <x:v>71600</x:v>
+        <x:v>4890000</x:v>
       </x:c>
       <x:c r="C212" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6255792.22</x:v>
       </x:c>
       <x:c r="D212" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>127.93</x:v>
       </x:c>
       <x:c r="E212" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>8486647.5</x:v>
       </x:c>
       <x:c r="F212" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>73.71</x:v>
       </x:c>
       <x:c r="G212" s="4" t="n">
-        <x:v>71600</x:v>
+        <x:v>4890000</x:v>
       </x:c>
       <x:c r="H212" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6255792.22</x:v>
       </x:c>
       <x:c r="I212" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>127.93</x:v>
       </x:c>
       <x:c r="J212" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>8486647.5</x:v>
       </x:c>
       <x:c r="K212" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>73.71</x:v>
       </x:c>
     </x:row>
     <x:row r="213">
       <x:c r="A213" s="3" t="str">
-        <x:v>Плата за проведение государственной экспертизы запасов полезных ископаемых и подземных вод, геологической информации о предоставляемых в пользование участках недр местного значения, а также запасов общераспространенных полезных ископаемых и запасов подземных вод, которые используются для целей питьевого водоснабжения или технического водоснабжения и объем добычи которых составляет не более 500 кубических метров в сутки</x:v>
+        <x:v>Плата за использование лесов, расположенных на землях лесного фонда</x:v>
       </x:c>
       <x:c r="B213" s="4" t="n">
-        <x:v>71600</x:v>
+        <x:v>4890000</x:v>
       </x:c>
       <x:c r="C213" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6255792.22</x:v>
       </x:c>
       <x:c r="D213" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>127.93</x:v>
       </x:c>
       <x:c r="E213" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>8486647.5</x:v>
       </x:c>
       <x:c r="F213" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>73.71</x:v>
       </x:c>
       <x:c r="G213" s="4" t="n">
-        <x:v>71600</x:v>
+        <x:v>4890000</x:v>
       </x:c>
       <x:c r="H213" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6255792.22</x:v>
       </x:c>
       <x:c r="I213" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>127.93</x:v>
       </x:c>
       <x:c r="J213" s="4" t="n">
-        <x:v>180000</x:v>
+        <x:v>8486647.5</x:v>
       </x:c>
       <x:c r="K213" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>73.71</x:v>
       </x:c>
     </x:row>
     <x:row r="214">
       <x:c r="A214" s="3" t="str">
-        <x:v>Плата за использование лесов</x:v>
+        <x:v>Плата за использование лесов, расположенных на землях лесного фонда, в части, превышающей минимальный размер платы по договору купли-продажи лесных насаждений</x:v>
       </x:c>
       <x:c r="B214" s="4" t="n">
-        <x:v>4890000</x:v>
+        <x:v>3360000</x:v>
       </x:c>
       <x:c r="C214" s="4" t="n">
-        <x:v>6081718.9</x:v>
+        <x:v>5439869.5</x:v>
       </x:c>
       <x:c r="D214" s="4" t="n">
-        <x:v>124.37</x:v>
+        <x:v>161.9</x:v>
       </x:c>
       <x:c r="E214" s="4" t="n">
-        <x:v>8312352.44</x:v>
+        <x:v>7553983.34</x:v>
       </x:c>
       <x:c r="F214" s="4" t="n">
-        <x:v>73.16</x:v>
+        <x:v>72.01</x:v>
       </x:c>
       <x:c r="G214" s="4" t="n">
-        <x:v>4890000</x:v>
+        <x:v>3360000</x:v>
       </x:c>
       <x:c r="H214" s="4" t="n">
-        <x:v>6081718.9</x:v>
+        <x:v>5439869.5</x:v>
       </x:c>
       <x:c r="I214" s="4" t="n">
-        <x:v>124.37</x:v>
+        <x:v>161.9</x:v>
       </x:c>
       <x:c r="J214" s="4" t="n">
-        <x:v>8312352.44</x:v>
+        <x:v>7553983.34</x:v>
       </x:c>
       <x:c r="K214" s="4" t="n">
-        <x:v>73.16</x:v>
+        <x:v>72.01</x:v>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" s="3" t="str">
-        <x:v>Плата за использование лесов, расположенных на землях лесного фонда</x:v>
+        <x:v>Плата за использование лесов, расположенных на землях лесного фонда, в части, превышающей минимальный размер арендной платы (за исключением платы за использование лесов, расположенных на землях лесного фонда, в части, превышающей минимальный размер арендной платы, при реализации приоритетных инвестиционных проектов в целях развития лесного комплекса)</x:v>
       </x:c>
       <x:c r="B215" s="4" t="n">
-        <x:v>4890000</x:v>
+        <x:v>430000</x:v>
       </x:c>
       <x:c r="C215" s="4" t="n">
-        <x:v>6081718.9</x:v>
+        <x:v>248892.9</x:v>
       </x:c>
       <x:c r="D215" s="4" t="n">
-        <x:v>124.37</x:v>
+        <x:v>57.88</x:v>
       </x:c>
       <x:c r="E215" s="4" t="n">
-        <x:v>8312352.44</x:v>
+        <x:v>237832.82</x:v>
       </x:c>
       <x:c r="F215" s="4" t="n">
-        <x:v>73.16</x:v>
+        <x:v>104.65</x:v>
       </x:c>
       <x:c r="G215" s="4" t="n">
-        <x:v>4890000</x:v>
+        <x:v>430000</x:v>
       </x:c>
       <x:c r="H215" s="4" t="n">
-        <x:v>6081718.9</x:v>
+        <x:v>248892.9</x:v>
       </x:c>
       <x:c r="I215" s="4" t="n">
-        <x:v>124.37</x:v>
+        <x:v>57.88</x:v>
       </x:c>
       <x:c r="J215" s="4" t="n">
-        <x:v>8312352.44</x:v>
+        <x:v>237832.82</x:v>
       </x:c>
       <x:c r="K215" s="4" t="n">
-        <x:v>73.16</x:v>
+        <x:v>104.65</x:v>
       </x:c>
     </x:row>
     <x:row r="216">
       <x:c r="A216" s="3" t="str">
-        <x:v>Плата за использование лесов, расположенных на землях лесного фонда, в части, превышающей минимальный размер платы по договору купли-продажи лесных насаждений</x:v>
+        <x:v>Плата за использование лесов, расположенных на землях лесного фонда, в части платы по договору купли-продажи лесных насаждений для собственных нужд</x:v>
       </x:c>
       <x:c r="B216" s="4" t="n">
-        <x:v>3360000</x:v>
+        <x:v>1100000</x:v>
       </x:c>
       <x:c r="C216" s="4" t="n">
-        <x:v>3821710.09</x:v>
+        <x:v>567029.82</x:v>
       </x:c>
       <x:c r="D216" s="4" t="n">
-        <x:v>113.74</x:v>
+        <x:v>51.55</x:v>
       </x:c>
       <x:c r="E216" s="4" t="n">
-        <x:v>7553983.34</x:v>
+        <x:v>694831.34</x:v>
       </x:c>
       <x:c r="F216" s="4" t="n">
-        <x:v>50.59</x:v>
+        <x:v>81.61</x:v>
       </x:c>
       <x:c r="G216" s="4" t="n">
-        <x:v>3360000</x:v>
+        <x:v>1100000</x:v>
       </x:c>
       <x:c r="H216" s="4" t="n">
-        <x:v>3821710.09</x:v>
+        <x:v>567029.82</x:v>
       </x:c>
       <x:c r="I216" s="4" t="n">
-        <x:v>113.74</x:v>
+        <x:v>51.55</x:v>
       </x:c>
       <x:c r="J216" s="4" t="n">
-        <x:v>7553983.34</x:v>
+        <x:v>694831.34</x:v>
       </x:c>
       <x:c r="K216" s="4" t="n">
-        <x:v>50.59</x:v>
+        <x:v>81.61</x:v>
       </x:c>
     </x:row>
     <x:row r="217">
       <x:c r="A217" s="3" t="str">
-        <x:v>Плата за использование лесов, расположенных на землях лесного фонда, в части, превышающей минимальный размер арендной платы (за исключением платы за использование лесов, расположенных на землях лесного фонда, в части, превышающей минимальный размер арендной платы, при реализации приоритетных инвестиционных проектов в целях развития лесного комплекса)</x:v>
+        <x:v>ДОХОДЫ ОТ ОКАЗАНИЯ ПЛАТНЫХ УСЛУГ И КОМПЕНСАЦИИ ЗАТРАТ ГОСУДАРСТВА</x:v>
       </x:c>
       <x:c r="B217" s="4" t="n">
-        <x:v>430000</x:v>
+        <x:v>60945074</x:v>
       </x:c>
       <x:c r="C217" s="4" t="n">
-        <x:v>1703928.77</x:v>
+        <x:v>124747889.27</x:v>
       </x:c>
       <x:c r="D217" s="4" t="n">
-        <x:v>396.26</x:v>
+        <x:v>204.69</x:v>
       </x:c>
       <x:c r="E217" s="4" t="n">
-        <x:v>219113.66</x:v>
+        <x:v>88007868.68</x:v>
       </x:c>
       <x:c r="F217" s="4" t="n">
-        <x:v>777.65</x:v>
+        <x:v>141.75</x:v>
       </x:c>
       <x:c r="G217" s="4" t="n">
-        <x:v>430000</x:v>
+        <x:v>10656700</x:v>
       </x:c>
       <x:c r="H217" s="4" t="n">
-        <x:v>1703928.77</x:v>
+        <x:v>63500653.41</x:v>
       </x:c>
       <x:c r="I217" s="4" t="n">
-        <x:v>396.26</x:v>
+        <x:v>595.88</x:v>
       </x:c>
       <x:c r="J217" s="4" t="n">
-        <x:v>219113.66</x:v>
+        <x:v>56232851.69</x:v>
       </x:c>
       <x:c r="K217" s="4" t="n">
-        <x:v>777.65</x:v>
+        <x:v>112.92</x:v>
       </x:c>
     </x:row>
     <x:row r="218">
       <x:c r="A218" s="3" t="str">
-        <x:v>Плата за использование лесов, расположенных на землях лесного фонда, в части платы по договору купли-продажи лесных насаждений для собственных нужд</x:v>
+        <x:v>Доходы от оказания платных услуг (работ)</x:v>
       </x:c>
       <x:c r="B218" s="4" t="n">
-        <x:v>1100000</x:v>
+        <x:v>10494500</x:v>
       </x:c>
       <x:c r="C218" s="4" t="n">
-        <x:v>556080.04</x:v>
+        <x:v>10872434.08</x:v>
       </x:c>
       <x:c r="D218" s="4" t="n">
-        <x:v>50.55</x:v>
+        <x:v>103.6</x:v>
       </x:c>
       <x:c r="E218" s="4" t="n">
-        <x:v>539255.44</x:v>
+        <x:v>7668037.96</x:v>
       </x:c>
       <x:c r="F218" s="4" t="n">
-        <x:v>103.12</x:v>
+        <x:v>141.79</x:v>
       </x:c>
       <x:c r="G218" s="4" t="n">
-        <x:v>1100000</x:v>
+        <x:v>2689800</x:v>
       </x:c>
       <x:c r="H218" s="4" t="n">
-        <x:v>556080.04</x:v>
+        <x:v>2636476.62</x:v>
       </x:c>
       <x:c r="I218" s="4" t="n">
-        <x:v>50.55</x:v>
+        <x:v>98.02</x:v>
       </x:c>
       <x:c r="J218" s="4" t="n">
-        <x:v>539255.44</x:v>
+        <x:v>2768249.49</x:v>
       </x:c>
       <x:c r="K218" s="4" t="n">
-        <x:v>103.12</x:v>
+        <x:v>95.24</x:v>
       </x:c>
     </x:row>
     <x:row r="219">
       <x:c r="A219" s="3" t="str">
-        <x:v>ДОХОДЫ ОТ ОКАЗАНИЯ ПЛАТНЫХ УСЛУГ И КОМПЕНСАЦИИ ЗАТРАТ ГОСУДАРСТВА</x:v>
+        <x:v>Плата за предоставление сведений и документов, содержащихся в Едином государственном реестре юридических лиц и в Едином государственном реестре индивидуальных предпринимателей</x:v>
       </x:c>
       <x:c r="B219" s="4" t="n">
-        <x:v>59531674</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C219" s="4" t="n">
-        <x:v>108235295.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D219" s="4" t="n">
-        <x:v>181.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E219" s="4" t="n">
-        <x:v>81544976.3</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F219" s="4" t="n">
-        <x:v>132.73</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G219" s="4" t="n">
-        <x:v>10563300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H219" s="4" t="n">
-        <x:v>61391220.22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I219" s="4" t="n">
-        <x:v>581.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J219" s="4" t="n">
-        <x:v>53437243.61</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K219" s="4" t="n">
-        <x:v>114.88</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="220">
       <x:c r="A220" s="3" t="str">
-        <x:v>Доходы от оказания платных услуг (работ)</x:v>
+        <x:v>Плата за предоставление сведений из Единого государственного реестра недвижимости</x:v>
       </x:c>
       <x:c r="B220" s="4" t="n">
-        <x:v>9244500</x:v>
+        <x:v>1259800</x:v>
       </x:c>
       <x:c r="C220" s="4" t="n">
-        <x:v>9862126.73</x:v>
+        <x:v>1052974.62</x:v>
       </x:c>
       <x:c r="D220" s="4" t="n">
-        <x:v>106.68</x:v>
+        <x:v>83.58</x:v>
       </x:c>
       <x:c r="E220" s="4" t="n">
-        <x:v>6436055.62</x:v>
+        <x:v>1079709.24</x:v>
       </x:c>
       <x:c r="F220" s="4" t="n">
-        <x:v>153.23</x:v>
+        <x:v>97.52</x:v>
       </x:c>
       <x:c r="G220" s="4" t="n">
-        <x:v>2689800</x:v>
+        <x:v>1259800</x:v>
       </x:c>
       <x:c r="H220" s="4" t="n">
-        <x:v>2402903.12</x:v>
+        <x:v>1052974.62</x:v>
       </x:c>
       <x:c r="I220" s="4" t="n">
-        <x:v>89.33</x:v>
+        <x:v>83.58</x:v>
       </x:c>
       <x:c r="J220" s="4" t="n">
-        <x:v>2479004.99</x:v>
+        <x:v>1079709.24</x:v>
       </x:c>
       <x:c r="K220" s="4" t="n">
-        <x:v>96.93</x:v>
+        <x:v>97.52</x:v>
       </x:c>
     </x:row>
     <x:row r="221">
       <x:c r="A221" s="3" t="str">
-        <x:v>Плата за предоставление сведений и документов, содержащихся в Едином государственном реестре юридических лиц и в Едином государственном реестре индивидуальных предпринимателей</x:v>
+        <x:v>Доходы от оказания информационных услуг</x:v>
       </x:c>
       <x:c r="B221" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1360000</x:v>
       </x:c>
       <x:c r="C221" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1583502</x:v>
       </x:c>
       <x:c r="D221" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>116.43</x:v>
       </x:c>
       <x:c r="E221" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>1665301</x:v>
       </x:c>
       <x:c r="F221" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.09</x:v>
       </x:c>
       <x:c r="G221" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1360000</x:v>
       </x:c>
       <x:c r="H221" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1583502</x:v>
       </x:c>
       <x:c r="I221" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>116.43</x:v>
       </x:c>
       <x:c r="J221" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>1665301</x:v>
       </x:c>
       <x:c r="K221" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.09</x:v>
       </x:c>
     </x:row>
     <x:row r="222">
       <x:c r="A222" s="3" t="str">
-        <x:v>Плата за предоставление сведений из Единого государственного реестра недвижимости</x:v>
+        <x:v>Доходы от оказания информационных услуг государственными органами субъектов Российской Федерации, казенными учреждениями субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B222" s="4" t="n">
-        <x:v>1259800</x:v>
+        <x:v>1360000</x:v>
       </x:c>
       <x:c r="C222" s="4" t="n">
-        <x:v>955803.12</x:v>
+        <x:v>1583502</x:v>
       </x:c>
       <x:c r="D222" s="4" t="n">
-        <x:v>75.87</x:v>
+        <x:v>116.43</x:v>
       </x:c>
       <x:c r="E222" s="4" t="n">
-        <x:v>974764.74</x:v>
+        <x:v>1665301</x:v>
       </x:c>
       <x:c r="F222" s="4" t="n">
-        <x:v>98.05</x:v>
+        <x:v>95.09</x:v>
       </x:c>
       <x:c r="G222" s="4" t="n">
-        <x:v>1259800</x:v>
+        <x:v>1360000</x:v>
       </x:c>
       <x:c r="H222" s="4" t="n">
-        <x:v>955803.12</x:v>
+        <x:v>1583502</x:v>
       </x:c>
       <x:c r="I222" s="4" t="n">
-        <x:v>75.87</x:v>
+        <x:v>116.43</x:v>
       </x:c>
       <x:c r="J222" s="4" t="n">
-        <x:v>974764.74</x:v>
+        <x:v>1665301</x:v>
       </x:c>
       <x:c r="K222" s="4" t="n">
-        <x:v>98.05</x:v>
+        <x:v>95.09</x:v>
       </x:c>
     </x:row>
     <x:row r="223">
       <x:c r="A223" s="3" t="str">
-        <x:v>Доходы от оказания информационных услуг</x:v>
+        <x:v>Плата за предоставление информации из реестра дисквалифицированных лиц</x:v>
       </x:c>
       <x:c r="B223" s="4" t="n">
-        <x:v>1360000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C223" s="4" t="n">
-        <x:v>1447100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D223" s="4" t="n">
-        <x:v>106.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E223" s="4" t="n">
-        <x:v>1482301</x:v>
+        <x:v>-11460.75</x:v>
       </x:c>
       <x:c r="F223" s="4" t="n">
-        <x:v>97.63</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G223" s="4" t="n">
-        <x:v>1360000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H223" s="4" t="n">
-        <x:v>1447100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I223" s="4" t="n">
-        <x:v>106.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J223" s="4" t="n">
-        <x:v>1482301</x:v>
+        <x:v>-11460.75</x:v>
       </x:c>
       <x:c r="K223" s="4" t="n">
-        <x:v>97.63</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="224">
       <x:c r="A224" s="3" t="str">
-        <x:v>Доходы от оказания информационных услуг государственными органами субъектов Российской Федерации, казенными учреждениями субъектов Российской Федерации</x:v>
+        <x:v>Плата за предоставление сведений, документов, содержащихся в государственных реестрах (регистрах)</x:v>
       </x:c>
       <x:c r="B224" s="4" t="n">
-        <x:v>1360000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="C224" s="4" t="n">
-        <x:v>1447100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D224" s="4" t="n">
-        <x:v>106.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E224" s="4" t="n">
-        <x:v>1482301</x:v>
+        <x:v>34600</x:v>
       </x:c>
       <x:c r="F224" s="4" t="n">
-        <x:v>97.63</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G224" s="4" t="n">
-        <x:v>1360000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="H224" s="4" t="n">
-        <x:v>1447100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I224" s="4" t="n">
-        <x:v>106.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J224" s="4" t="n">
-        <x:v>1482301</x:v>
+        <x:v>34600</x:v>
       </x:c>
       <x:c r="K224" s="4" t="n">
-        <x:v>97.63</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="225">
       <x:c r="A225" s="3" t="str">
-        <x:v>Плата за предоставление информации из реестра дисквалифицированных лиц</x:v>
+        <x:v>Плата за предоставление государственными органами субъектов Российской Федерации, казенными учреждениями субъектов Российской Федерации сведений, документов, содержащихся в государственных реестрах (регистрах), ведение которых осуществляется данными государственными органами, учреждениями</x:v>
       </x:c>
       <x:c r="B225" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="C225" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D225" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E225" s="4" t="n">
-        <x:v>-11460.75</x:v>
+        <x:v>34600</x:v>
       </x:c>
       <x:c r="F225" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G225" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="H225" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I225" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J225" s="4" t="n">
-        <x:v>-11460.75</x:v>
+        <x:v>34600</x:v>
       </x:c>
       <x:c r="K225" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="226">
       <x:c r="A226" s="3" t="str">
-        <x:v>Плата за предоставление сведений, документов, содержащихся в государственных реестрах (регистрах)</x:v>
+        <x:v>Прочие доходы от оказания платных услуг (работ)</x:v>
       </x:c>
       <x:c r="B226" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>7804700</x:v>
       </x:c>
       <x:c r="C226" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8235957.46</x:v>
       </x:c>
       <x:c r="D226" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105.53</x:v>
       </x:c>
       <x:c r="E226" s="4" t="n">
-        <x:v>33300</x:v>
+        <x:v>4899788.47</x:v>
       </x:c>
       <x:c r="F226" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>168.09</x:v>
       </x:c>
       <x:c r="G226" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H226" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I226" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J226" s="4" t="n">
-        <x:v>33300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K226" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" s="3" t="str">
-        <x:v>Плата за предоставление государственными органами субъектов Российской Федерации, казенными учреждениями субъектов Российской Федерации сведений, документов, содержащихся в государственных реестрах (регистрах), ведение которых осуществляется данными государственными органами, учреждениями</x:v>
+        <x:v>Прочие доходы от оказания платных услуг (работ) получателями средств бюджетов городских округов</x:v>
       </x:c>
       <x:c r="B227" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="C227" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>133387.42</x:v>
       </x:c>
       <x:c r="D227" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>26.68</x:v>
       </x:c>
       <x:c r="E227" s="4" t="n">
-        <x:v>33300</x:v>
+        <x:v>301991.5</x:v>
       </x:c>
       <x:c r="F227" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>44.17</x:v>
       </x:c>
       <x:c r="G227" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H227" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I227" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J227" s="4" t="n">
-        <x:v>33300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K227" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" s="3" t="str">
-        <x:v>Прочие доходы от оказания платных услуг (работ)</x:v>
+        <x:v>Прочие доходы от оказания платных услуг (работ) получателями средств бюджетов муниципальных районов</x:v>
       </x:c>
       <x:c r="B228" s="4" t="n">
-        <x:v>6554700</x:v>
+        <x:v>404700</x:v>
       </x:c>
       <x:c r="C228" s="4" t="n">
-        <x:v>7459223.61</x:v>
+        <x:v>419873.6</x:v>
       </x:c>
       <x:c r="D228" s="4" t="n">
-        <x:v>113.8</x:v>
+        <x:v>103.75</x:v>
       </x:c>
       <x:c r="E228" s="4" t="n">
-        <x:v>3957050.63</x:v>
+        <x:v>184121</x:v>
       </x:c>
       <x:c r="F228" s="4" t="n">
-        <x:v>188.5</x:v>
+        <x:v>228.04</x:v>
       </x:c>
       <x:c r="G228" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H228" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I228" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J228" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K228" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="229">
       <x:c r="A229" s="3" t="str">
-        <x:v>Прочие доходы от оказания платных услуг (работ) получателями средств бюджетов городских округов</x:v>
+        <x:v>Прочие доходы от оказания платных услуг (работ) получателями средств бюджетов сельских поселений</x:v>
       </x:c>
       <x:c r="B229" s="4" t="n">
-        <x:v>500000</x:v>
+        <x:v>6900000</x:v>
       </x:c>
       <x:c r="C229" s="4" t="n">
-        <x:v>129545.75</x:v>
+        <x:v>7682696.44</x:v>
       </x:c>
       <x:c r="D229" s="4" t="n">
-        <x:v>25.91</x:v>
+        <x:v>111.34</x:v>
       </x:c>
       <x:c r="E229" s="4" t="n">
-        <x:v>223975.5</x:v>
+        <x:v>4413665.97</x:v>
       </x:c>
       <x:c r="F229" s="4" t="n">
-        <x:v>57.84</x:v>
+        <x:v>174.07</x:v>
       </x:c>
       <x:c r="G229" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H229" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I229" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J229" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K229" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="230">
       <x:c r="A230" s="3" t="str">
-        <x:v>Прочие доходы от оказания платных услуг (работ) получателями средств бюджетов муниципальных районов</x:v>
+        <x:v>Прочие доходы от оказания платных услуг (работ) получателями средств бюджетов городских поселений</x:v>
       </x:c>
       <x:c r="B230" s="4" t="n">
-        <x:v>354700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C230" s="4" t="n">
-        <x:v>402522.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D230" s="4" t="n">
-        <x:v>113.48</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E230" s="4" t="n">
-        <x:v>179117</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F230" s="4" t="n">
-        <x:v>224.73</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G230" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H230" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I230" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J230" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K230" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="231">
       <x:c r="A231" s="3" t="str">
-        <x:v>Прочие доходы от оказания платных услуг (работ) получателями средств бюджетов сельских поселений</x:v>
+        <x:v>Доходы от компенсации затрат государства</x:v>
       </x:c>
       <x:c r="B231" s="4" t="n">
-        <x:v>5700000</x:v>
+        <x:v>50450574</x:v>
       </x:c>
       <x:c r="C231" s="4" t="n">
-        <x:v>6927155.26</x:v>
+        <x:v>113875455.19</x:v>
       </x:c>
       <x:c r="D231" s="4" t="n">
-        <x:v>121.53</x:v>
+        <x:v>225.72</x:v>
       </x:c>
       <x:c r="E231" s="4" t="n">
-        <x:v>3553958.13</x:v>
+        <x:v>80339830.72</x:v>
       </x:c>
       <x:c r="F231" s="4" t="n">
-        <x:v>194.91</x:v>
+        <x:v>141.74</x:v>
       </x:c>
       <x:c r="G231" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7966900</x:v>
       </x:c>
       <x:c r="H231" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>60864176.79</x:v>
       </x:c>
       <x:c r="I231" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>763.96</x:v>
       </x:c>
       <x:c r="J231" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>53464602.2</x:v>
       </x:c>
       <x:c r="K231" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>113.84</x:v>
       </x:c>
     </x:row>
     <x:row r="232">
       <x:c r="A232" s="3" t="str">
-        <x:v>Доходы от компенсации затрат государства</x:v>
+        <x:v>Доходы, поступающие в порядке возмещения расходов, понесенных в связи с эксплуатацией имущества</x:v>
       </x:c>
       <x:c r="B232" s="4" t="n">
-        <x:v>50287174</x:v>
+        <x:v>3467300</x:v>
       </x:c>
       <x:c r="C232" s="4" t="n">
-        <x:v>98373168.67</x:v>
+        <x:v>2960665.04</x:v>
       </x:c>
       <x:c r="D232" s="4" t="n">
-        <x:v>195.62</x:v>
+        <x:v>85.39</x:v>
       </x:c>
       <x:c r="E232" s="4" t="n">
-        <x:v>75108920.68</x:v>
+        <x:v>2056913.28</x:v>
       </x:c>
       <x:c r="F232" s="4" t="n">
-        <x:v>130.97</x:v>
+        <x:v>143.94</x:v>
       </x:c>
       <x:c r="G232" s="4" t="n">
-        <x:v>7873500</x:v>
+        <x:v>1949600</x:v>
       </x:c>
       <x:c r="H232" s="4" t="n">
-        <x:v>58988317.1</x:v>
+        <x:v>1415149.14</x:v>
       </x:c>
       <x:c r="I232" s="4" t="n">
-        <x:v>749.2</x:v>
+        <x:v>72.59</x:v>
       </x:c>
       <x:c r="J232" s="4" t="n">
-        <x:v>50958238.62</x:v>
+        <x:v>1021362.48</x:v>
       </x:c>
       <x:c r="K232" s="4" t="n">
-        <x:v>115.76</x:v>
+        <x:v>138.56</x:v>
       </x:c>
     </x:row>
     <x:row r="233">
       <x:c r="A233" s="3" t="str">
-        <x:v>Доходы, поступающие в порядке возмещения расходов, понесенных в связи с эксплуатацией имущества</x:v>
+        <x:v>Доходы, поступающие в порядке возмещения расходов, понесенных в связи с эксплуатацией имущества субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B233" s="4" t="n">
-        <x:v>3467300</x:v>
+        <x:v>1949600</x:v>
       </x:c>
       <x:c r="C233" s="4" t="n">
-        <x:v>2352352.97</x:v>
+        <x:v>1415149.14</x:v>
       </x:c>
       <x:c r="D233" s="4" t="n">
-        <x:v>67.84</x:v>
+        <x:v>72.59</x:v>
       </x:c>
       <x:c r="E233" s="4" t="n">
-        <x:v>1876920.56</x:v>
+        <x:v>1021362.48</x:v>
       </x:c>
       <x:c r="F233" s="4" t="n">
-        <x:v>125.33</x:v>
+        <x:v>138.56</x:v>
       </x:c>
       <x:c r="G233" s="4" t="n">
         <x:v>1949600</x:v>
       </x:c>
       <x:c r="H233" s="4" t="n">
-        <x:v>1120212.21</x:v>
+        <x:v>1415149.14</x:v>
       </x:c>
       <x:c r="I233" s="4" t="n">
-        <x:v>57.46</x:v>
+        <x:v>72.59</x:v>
       </x:c>
       <x:c r="J233" s="4" t="n">
-        <x:v>875317.26</x:v>
+        <x:v>1021362.48</x:v>
       </x:c>
       <x:c r="K233" s="4" t="n">
-        <x:v>127.98</x:v>
+        <x:v>138.56</x:v>
       </x:c>
     </x:row>
     <x:row r="234">
       <x:c r="A234" s="3" t="str">
-        <x:v>Доходы, поступающие в порядке возмещения расходов, понесенных в связи с эксплуатацией имущества субъектов Российской Федерации</x:v>
+        <x:v>Доходы, поступающие в порядке возмещения расходов, понесенных в связи с эксплуатацией имущества муниципальных районов</x:v>
       </x:c>
       <x:c r="B234" s="4" t="n">
-        <x:v>1949600</x:v>
+        <x:v>53000</x:v>
       </x:c>
       <x:c r="C234" s="4" t="n">
-        <x:v>1120212.21</x:v>
+        <x:v>60060.52</x:v>
       </x:c>
       <x:c r="D234" s="4" t="n">
-        <x:v>57.46</x:v>
+        <x:v>113.32</x:v>
       </x:c>
       <x:c r="E234" s="4" t="n">
-        <x:v>875317.26</x:v>
+        <x:v>33566.45</x:v>
       </x:c>
       <x:c r="F234" s="4" t="n">
-        <x:v>127.98</x:v>
+        <x:v>178.93</x:v>
       </x:c>
       <x:c r="G234" s="4" t="n">
-        <x:v>1949600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H234" s="4" t="n">
-        <x:v>1120212.21</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I234" s="4" t="n">
-        <x:v>57.46</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J234" s="4" t="n">
-        <x:v>875317.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K234" s="4" t="n">
-        <x:v>127.98</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="235">
       <x:c r="A235" s="3" t="str">
-        <x:v>Доходы, поступающие в порядке возмещения расходов, понесенных в связи с эксплуатацией имущества муниципальных районов</x:v>
+        <x:v>Доходы, поступающие в порядке возмещения расходов, понесенных в связи с эксплуатацией имущества сельских поселений</x:v>
       </x:c>
       <x:c r="B235" s="4" t="n">
-        <x:v>53000</x:v>
+        <x:v>1464700</x:v>
       </x:c>
       <x:c r="C235" s="4" t="n">
-        <x:v>42278.79</x:v>
+        <x:v>1485455.38</x:v>
       </x:c>
       <x:c r="D235" s="4" t="n">
-        <x:v>79.77</x:v>
+        <x:v>101.42</x:v>
       </x:c>
       <x:c r="E235" s="4" t="n">
-        <x:v>17219.24</x:v>
+        <x:v>1001984.35</x:v>
       </x:c>
       <x:c r="F235" s="4" t="n">
-        <x:v>245.53</x:v>
+        <x:v>148.25</x:v>
       </x:c>
       <x:c r="G235" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H235" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I235" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J235" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K235" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="236">
       <x:c r="A236" s="3" t="str">
-        <x:v>Доходы, поступающие в порядке возмещения расходов, понесенных в связи с эксплуатацией имущества сельских поселений</x:v>
+        <x:v>Прочие доходы от компенсации затрат государства</x:v>
       </x:c>
       <x:c r="B236" s="4" t="n">
-        <x:v>1464700</x:v>
+        <x:v>46983274</x:v>
       </x:c>
       <x:c r="C236" s="4" t="n">
-        <x:v>1189861.97</x:v>
+        <x:v>110914790.15</x:v>
       </x:c>
       <x:c r="D236" s="4" t="n">
-        <x:v>81.24</x:v>
+        <x:v>236.07</x:v>
       </x:c>
       <x:c r="E236" s="4" t="n">
-        <x:v>984384.06</x:v>
+        <x:v>78282917.44</x:v>
       </x:c>
       <x:c r="F236" s="4" t="n">
-        <x:v>120.87</x:v>
+        <x:v>141.68</x:v>
       </x:c>
       <x:c r="G236" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6017300</x:v>
       </x:c>
       <x:c r="H236" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>59449027.65</x:v>
       </x:c>
       <x:c r="I236" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>987.97</x:v>
       </x:c>
       <x:c r="J236" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>52443239.72</x:v>
       </x:c>
       <x:c r="K236" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>113.36</x:v>
       </x:c>
     </x:row>
     <x:row r="237">
       <x:c r="A237" s="3" t="str">
-        <x:v>Прочие доходы от компенсации затрат государства</x:v>
+        <x:v>Прочие доходы от компенсации затрат бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B237" s="4" t="n">
-        <x:v>46819874</x:v>
+        <x:v>6017300</x:v>
       </x:c>
       <x:c r="C237" s="4" t="n">
-        <x:v>96020815.7</x:v>
+        <x:v>59449027.65</x:v>
       </x:c>
       <x:c r="D237" s="4" t="n">
-        <x:v>205.09</x:v>
+        <x:v>987.97</x:v>
       </x:c>
       <x:c r="E237" s="4" t="n">
-        <x:v>73232000.12</x:v>
+        <x:v>52443239.72</x:v>
       </x:c>
       <x:c r="F237" s="4" t="n">
-        <x:v>131.12</x:v>
+        <x:v>113.36</x:v>
       </x:c>
       <x:c r="G237" s="4" t="n">
-        <x:v>5923900</x:v>
+        <x:v>6017300</x:v>
       </x:c>
       <x:c r="H237" s="4" t="n">
-        <x:v>57868104.89</x:v>
+        <x:v>59449027.65</x:v>
       </x:c>
       <x:c r="I237" s="4" t="n">
-        <x:v>976.86</x:v>
+        <x:v>987.97</x:v>
       </x:c>
       <x:c r="J237" s="4" t="n">
-        <x:v>50082921.36</x:v>
+        <x:v>52443239.72</x:v>
       </x:c>
       <x:c r="K237" s="4" t="n">
-        <x:v>115.54</x:v>
+        <x:v>113.36</x:v>
       </x:c>
     </x:row>
     <x:row r="238">
       <x:c r="A238" s="3" t="str">
-        <x:v>Прочие доходы от компенсации затрат бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Прочие доходы от компенсации затрат бюджетов городских округов</x:v>
       </x:c>
       <x:c r="B238" s="4" t="n">
-        <x:v>5923900</x:v>
+        <x:v>21927100</x:v>
       </x:c>
       <x:c r="C238" s="4" t="n">
-        <x:v>57868104.89</x:v>
+        <x:v>34022076.99</x:v>
       </x:c>
       <x:c r="D238" s="4" t="n">
-        <x:v>976.86</x:v>
+        <x:v>155.16</x:v>
       </x:c>
       <x:c r="E238" s="4" t="n">
-        <x:v>50082921.36</x:v>
+        <x:v>8836368.05</x:v>
       </x:c>
       <x:c r="F238" s="4" t="n">
-        <x:v>115.54</x:v>
+        <x:v>385.02</x:v>
       </x:c>
       <x:c r="G238" s="4" t="n">
-        <x:v>5923900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H238" s="4" t="n">
-        <x:v>57868104.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I238" s="4" t="n">
-        <x:v>976.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J238" s="4" t="n">
-        <x:v>50082921.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K238" s="4" t="n">
-        <x:v>115.54</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="239">
       <x:c r="A239" s="3" t="str">
-        <x:v>Прочие доходы от компенсации затрат бюджетов городских округов</x:v>
+        <x:v>Прочие доходы от компенсации затрат бюджетов муниципальных районов</x:v>
       </x:c>
       <x:c r="B239" s="4" t="n">
-        <x:v>21927100</x:v>
+        <x:v>16081300</x:v>
       </x:c>
       <x:c r="C239" s="4" t="n">
-        <x:v>25487067.29</x:v>
+        <x:v>14066915</x:v>
       </x:c>
       <x:c r="D239" s="4" t="n">
-        <x:v>116.24</x:v>
+        <x:v>87.47</x:v>
       </x:c>
       <x:c r="E239" s="4" t="n">
-        <x:v>6637537.37</x:v>
+        <x:v>2514361.08</x:v>
       </x:c>
       <x:c r="F239" s="4" t="n">
-        <x:v>383.98</x:v>
+        <x:v>559.46</x:v>
       </x:c>
       <x:c r="G239" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H239" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I239" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J239" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K239" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="240">
       <x:c r="A240" s="3" t="str">
-        <x:v>Прочие доходы от компенсации затрат бюджетов муниципальных районов</x:v>
+        <x:v>Прочие доходы от компенсации затрат бюджетов сельских поселений</x:v>
       </x:c>
       <x:c r="B240" s="4" t="n">
-        <x:v>16011300</x:v>
+        <x:v>2372574</x:v>
       </x:c>
       <x:c r="C240" s="4" t="n">
-        <x:v>9314504.08</x:v>
+        <x:v>3059135.51</x:v>
       </x:c>
       <x:c r="D240" s="4" t="n">
-        <x:v>58.17</x:v>
+        <x:v>128.94</x:v>
       </x:c>
       <x:c r="E240" s="4" t="n">
-        <x:v>2409918.64</x:v>
+        <x:v>14119388.59</x:v>
       </x:c>
       <x:c r="F240" s="4" t="n">
-        <x:v>386.51</x:v>
+        <x:v>21.67</x:v>
       </x:c>
       <x:c r="G240" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H240" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I240" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J240" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K240" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="241">
       <x:c r="A241" s="3" t="str">
-        <x:v>Прочие доходы от компенсации затрат бюджетов сельских поселений</x:v>
+        <x:v>Прочие доходы от компенсации затрат бюджетов городских поселений</x:v>
       </x:c>
       <x:c r="B241" s="4" t="n">
-        <x:v>2372574</x:v>
+        <x:v>585000</x:v>
       </x:c>
       <x:c r="C241" s="4" t="n">
-        <x:v>3033504.44</x:v>
+        <x:v>317635</x:v>
       </x:c>
       <x:c r="D241" s="4" t="n">
-        <x:v>127.86</x:v>
+        <x:v>54.3</x:v>
       </x:c>
       <x:c r="E241" s="4" t="n">
-        <x:v>14057512.75</x:v>
+        <x:v>369560</x:v>
       </x:c>
       <x:c r="F241" s="4" t="n">
-        <x:v>21.58</x:v>
+        <x:v>85.95</x:v>
       </x:c>
       <x:c r="G241" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H241" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I241" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J241" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K241" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="242">
       <x:c r="A242" s="3" t="str">
-        <x:v>Прочие доходы от компенсации затрат бюджетов городских поселений</x:v>
+        <x:v>ДОХОДЫ ОТ ПРОДАЖИ МАТЕРИАЛЬНЫХ И НЕМАТЕРИАЛЬНЫХ АКТИВОВ</x:v>
       </x:c>
       <x:c r="B242" s="4" t="n">
-        <x:v>585000</x:v>
+        <x:v>357689534.62</x:v>
       </x:c>
       <x:c r="C242" s="4" t="n">
-        <x:v>317635</x:v>
+        <x:v>256142710.55</x:v>
       </x:c>
       <x:c r="D242" s="4" t="n">
-        <x:v>54.3</x:v>
+        <x:v>71.61</x:v>
       </x:c>
       <x:c r="E242" s="4" t="n">
-        <x:v>44110</x:v>
+        <x:v>246091749.97</x:v>
       </x:c>
       <x:c r="F242" s="4" t="n">
-        <x:v>720.1</x:v>
+        <x:v>104.08</x:v>
       </x:c>
       <x:c r="G242" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4516100</x:v>
       </x:c>
       <x:c r="H242" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12770080.27</x:v>
       </x:c>
       <x:c r="I242" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>282.77</x:v>
       </x:c>
       <x:c r="J242" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2346347.66</x:v>
       </x:c>
       <x:c r="K242" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>544.25</x:v>
       </x:c>
     </x:row>
     <x:row r="243">
       <x:c r="A243" s="3" t="str">
-        <x:v>ДОХОДЫ ОТ ПРОДАЖИ МАТЕРИАЛЬНЫХ И НЕМАТЕРИАЛЬНЫХ АКТИВОВ</x:v>
+        <x:v>Доходы от продажи квартир</x:v>
       </x:c>
       <x:c r="B243" s="4" t="n">
-        <x:v>340171484.62</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C243" s="4" t="n">
-        <x:v>225471561.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D243" s="4" t="n">
-        <x:v>66.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E243" s="4" t="n">
-        <x:v>213184938.47</x:v>
+        <x:v>1176000</x:v>
       </x:c>
       <x:c r="F243" s="4" t="n">
-        <x:v>105.76</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G243" s="4" t="n">
-        <x:v>4516100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H243" s="4" t="n">
-        <x:v>12484238.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I243" s="4" t="n">
-        <x:v>276.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J243" s="4" t="n">
-        <x:v>2329921.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K243" s="4" t="n">
-        <x:v>535.82</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="244">
       <x:c r="A244" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в государственной и муниципальной собственности (за исключением движимого имущества бюджетных и автономных учреждений, а также имущества государственных и муниципальных унитарных предприятий, в том числе казенных)</x:v>
+        <x:v>Доходы от продажи квартир, находящихся в собственности городских округов</x:v>
       </x:c>
       <x:c r="B244" s="4" t="n">
-        <x:v>149673402.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C244" s="4" t="n">
-        <x:v>42261216.07</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D244" s="4" t="n">
-        <x:v>28.24</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E244" s="4" t="n">
-        <x:v>23609719.5</x:v>
+        <x:v>1176000</x:v>
       </x:c>
       <x:c r="F244" s="4" t="n">
-        <x:v>179</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G244" s="4" t="n">
-        <x:v>58500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H244" s="4" t="n">
-        <x:v>1932325</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I244" s="4" t="n">
-        <x:v>3303.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J244" s="4" t="n">
-        <x:v>315316.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K244" s="4" t="n">
-        <x:v>612.82</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="245">
       <x:c r="A245" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в собственности субъектов Российской Федерации (за исключением движимого имущества бюджетных и автономных учреждений субъектов Российской Федерации, а также имущества государственных унитарных предприятий субъектов Российской Федерации, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в государственной и муниципальной собственности (за исключением движимого имущества бюджетных и автономных учреждений, а также имущества государственных и муниципальных унитарных предприятий, в том числе казенных)</x:v>
       </x:c>
       <x:c r="B245" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>153713752.08</x:v>
       </x:c>
       <x:c r="C245" s="4" t="n">
-        <x:v>1793200</x:v>
+        <x:v>47902230.13</x:v>
       </x:c>
       <x:c r="D245" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>31.16</x:v>
       </x:c>
       <x:c r="E245" s="4" t="n">
-        <x:v>116922.3</x:v>
+        <x:v>42767005.92</x:v>
       </x:c>
       <x:c r="F245" s="4" t="n">
-        <x:v>1533.67</x:v>
+        <x:v>112.01</x:v>
       </x:c>
       <x:c r="G245" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58500</x:v>
       </x:c>
       <x:c r="H245" s="4" t="n">
-        <x:v>1793200</x:v>
+        <x:v>2218167</x:v>
       </x:c>
       <x:c r="I245" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3791.74</x:v>
       </x:c>
       <x:c r="J245" s="4" t="n">
-        <x:v>116922.3</x:v>
+        <x:v>317119.51</x:v>
       </x:c>
       <x:c r="K245" s="4" t="n">
-        <x:v>1533.67</x:v>
+        <x:v>699.47</x:v>
       </x:c>
     </x:row>
     <x:row r="246">
       <x:c r="A246" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в собственности субъектов Российской Федерации (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации, а также имущества государственных унитарных предприятий субъектов Российской Федерации, в том числе казенных), в части реализации материальных запасов по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в собственности субъектов Российской Федерации (за исключением движимого имущества бюджетных и автономных учреждений субъектов Российской Федерации, а также имущества государственных унитарных предприятий субъектов Российской Федерации, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B246" s="4" t="n">
-        <x:v>58500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C246" s="4" t="n">
-        <x:v>139125</x:v>
+        <x:v>2070650</x:v>
       </x:c>
       <x:c r="D246" s="4" t="n">
-        <x:v>237.82</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E246" s="4" t="n">
-        <x:v>198393.71</x:v>
+        <x:v>116922.3</x:v>
       </x:c>
       <x:c r="F246" s="4" t="n">
-        <x:v>70.13</x:v>
+        <x:v>1770.96</x:v>
       </x:c>
       <x:c r="G246" s="4" t="n">
-        <x:v>58500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H246" s="4" t="n">
-        <x:v>139125</x:v>
+        <x:v>2070650</x:v>
       </x:c>
       <x:c r="I246" s="4" t="n">
-        <x:v>237.82</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J246" s="4" t="n">
-        <x:v>198393.71</x:v>
+        <x:v>116922.3</x:v>
       </x:c>
       <x:c r="K246" s="4" t="n">
-        <x:v>70.13</x:v>
+        <x:v>1770.96</x:v>
       </x:c>
     </x:row>
     <x:row r="247">
       <x:c r="A247" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов государственной власти субъектов Российской Федерации (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в собственности субъектов Российской Федерации (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации, а также имущества государственных унитарных предприятий субъектов Российской Федерации, в том числе казенных), в части реализации материальных запасов по указанному имуществу</x:v>
       </x:c>
       <x:c r="B247" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58500</x:v>
       </x:c>
       <x:c r="C247" s="4" t="n">
-        <x:v>1793200</x:v>
+        <x:v>147517</x:v>
       </x:c>
       <x:c r="D247" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>252.17</x:v>
       </x:c>
       <x:c r="E247" s="4" t="n">
-        <x:v>116922.3</x:v>
+        <x:v>200197.21</x:v>
       </x:c>
       <x:c r="F247" s="4" t="n">
-        <x:v>1533.67</x:v>
+        <x:v>73.69</x:v>
       </x:c>
       <x:c r="G247" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58500</x:v>
       </x:c>
       <x:c r="H247" s="4" t="n">
-        <x:v>1793200</x:v>
+        <x:v>147517</x:v>
       </x:c>
       <x:c r="I247" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>252.17</x:v>
       </x:c>
       <x:c r="J247" s="4" t="n">
-        <x:v>116922.3</x:v>
+        <x:v>200197.21</x:v>
       </x:c>
       <x:c r="K247" s="4" t="n">
-        <x:v>1533.67</x:v>
+        <x:v>73.69</x:v>
       </x:c>
     </x:row>
     <x:row r="248">
       <x:c r="A248" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов государственной власти субъектов Российской Федерации (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации), в части реализации материальных запасов по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов государственной власти субъектов Российской Федерации (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B248" s="4" t="n">
-        <x:v>58500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C248" s="4" t="n">
-        <x:v>139125</x:v>
+        <x:v>2070650</x:v>
       </x:c>
       <x:c r="D248" s="4" t="n">
-        <x:v>237.82</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E248" s="4" t="n">
-        <x:v>198393.71</x:v>
+        <x:v>116922.3</x:v>
       </x:c>
       <x:c r="F248" s="4" t="n">
-        <x:v>70.13</x:v>
+        <x:v>1770.96</x:v>
       </x:c>
       <x:c r="G248" s="4" t="n">
-        <x:v>58500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H248" s="4" t="n">
-        <x:v>139125</x:v>
+        <x:v>2070650</x:v>
       </x:c>
       <x:c r="I248" s="4" t="n">
-        <x:v>237.82</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J248" s="4" t="n">
-        <x:v>198393.71</x:v>
+        <x:v>116922.3</x:v>
       </x:c>
       <x:c r="K248" s="4" t="n">
-        <x:v>70.13</x:v>
+        <x:v>1770.96</x:v>
       </x:c>
     </x:row>
     <x:row r="249">
       <x:c r="A249" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в собственности городских округов (за исключением движимого имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов государственной власти субъектов Российской Федерации (за исключением имущества бюджетных и автономных учреждений субъектов Российской Федерации), в части реализации материальных запасов по указанному имуществу</x:v>
       </x:c>
       <x:c r="B249" s="4" t="n">
-        <x:v>118431500</x:v>
+        <x:v>58500</x:v>
       </x:c>
       <x:c r="C249" s="4" t="n">
-        <x:v>30618902.29</x:v>
+        <x:v>147517</x:v>
       </x:c>
       <x:c r="D249" s="4" t="n">
-        <x:v>25.85</x:v>
+        <x:v>252.17</x:v>
       </x:c>
       <x:c r="E249" s="4" t="n">
-        <x:v>20523992.55</x:v>
+        <x:v>200197.21</x:v>
       </x:c>
       <x:c r="F249" s="4" t="n">
-        <x:v>149.19</x:v>
+        <x:v>73.69</x:v>
       </x:c>
       <x:c r="G249" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58500</x:v>
       </x:c>
       <x:c r="H249" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>147517</x:v>
       </x:c>
       <x:c r="I249" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>252.17</x:v>
       </x:c>
       <x:c r="J249" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>200197.21</x:v>
       </x:c>
       <x:c r="K249" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>73.69</x:v>
       </x:c>
     </x:row>
     <x:row r="250">
       <x:c r="A250" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в собственности городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации материальных запасов по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в собственности городских округов (за исключением движимого имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B250" s="4" t="n">
-        <x:v>75000</x:v>
+        <x:v>118431500</x:v>
       </x:c>
       <x:c r="C250" s="4" t="n">
-        <x:v>14310</x:v>
+        <x:v>32650557.69</x:v>
       </x:c>
       <x:c r="D250" s="4" t="n">
-        <x:v>19.08</x:v>
+        <x:v>27.57</x:v>
       </x:c>
       <x:c r="E250" s="4" t="n">
-        <x:v>142809.6</x:v>
+        <x:v>37952475.47</x:v>
       </x:c>
       <x:c r="F250" s="4" t="n">
-        <x:v>10.02</x:v>
+        <x:v>86.03</x:v>
       </x:c>
       <x:c r="G250" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H250" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I250" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J250" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K250" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="251">
       <x:c r="A251" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов управления городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в собственности городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации материальных запасов по указанному имуществу</x:v>
       </x:c>
       <x:c r="B251" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="C251" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>14310</x:v>
       </x:c>
       <x:c r="D251" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>19.08</x:v>
       </x:c>
       <x:c r="E251" s="4" t="n">
-        <x:v>84100</x:v>
+        <x:v>142809.6</x:v>
       </x:c>
       <x:c r="F251" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10.02</x:v>
       </x:c>
       <x:c r="G251" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H251" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I251" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J251" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K251" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="252">
       <x:c r="A252" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов управления городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений), в части реализации материальных запасов по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов управления городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B252" s="4" t="n">
-        <x:v>75000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C252" s="4" t="n">
-        <x:v>14310</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D252" s="4" t="n">
-        <x:v>19.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E252" s="4" t="n">
-        <x:v>142809.6</x:v>
+        <x:v>84100</x:v>
       </x:c>
       <x:c r="F252" s="4" t="n">
-        <x:v>10.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G252" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H252" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I252" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J252" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K252" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="253">
       <x:c r="A253" s="3" t="str">
-        <x:v>Доходы от реализации иного имущества, находящегося в собственности городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов управления городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений), в части реализации материальных запасов по указанному имуществу</x:v>
       </x:c>
       <x:c r="B253" s="4" t="n">
-        <x:v>118431500</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="C253" s="4" t="n">
-        <x:v>30618902.29</x:v>
+        <x:v>14310</x:v>
       </x:c>
       <x:c r="D253" s="4" t="n">
-        <x:v>25.85</x:v>
+        <x:v>19.08</x:v>
       </x:c>
       <x:c r="E253" s="4" t="n">
-        <x:v>20439892.55</x:v>
+        <x:v>142809.6</x:v>
       </x:c>
       <x:c r="F253" s="4" t="n">
-        <x:v>149.8</x:v>
+        <x:v>10.02</x:v>
       </x:c>
       <x:c r="G253" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H253" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I253" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J253" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K253" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="254">
       <x:c r="A254" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в собственности муниципальных районов (за исключением движимого имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации иного имущества, находящегося в собственности городских округов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B254" s="4" t="n">
-        <x:v>26620000</x:v>
+        <x:v>118431500</x:v>
       </x:c>
       <x:c r="C254" s="4" t="n">
-        <x:v>47400</x:v>
+        <x:v>32650557.69</x:v>
       </x:c>
       <x:c r="D254" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>27.57</x:v>
       </x:c>
       <x:c r="E254" s="4" t="n">
-        <x:v>216694.99</x:v>
+        <x:v>37868375.47</x:v>
       </x:c>
       <x:c r="F254" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>86.22</x:v>
       </x:c>
       <x:c r="G254" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H254" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I254" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J254" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K254" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="255">
       <x:c r="A255" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в собственности муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации материальных запасов по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в собственности муниципальных районов (за исключением движимого имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B255" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>26620000</x:v>
       </x:c>
       <x:c r="C255" s="4" t="n">
-        <x:v>43634.92</x:v>
+        <x:v>58855.43</x:v>
       </x:c>
       <x:c r="D255" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="E255" s="4" t="n">
-        <x:v>6020</x:v>
+        <x:v>216694.99</x:v>
       </x:c>
       <x:c r="F255" s="4" t="n">
-        <x:v>724.83</x:v>
+        <x:v>27.16</x:v>
       </x:c>
       <x:c r="G255" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H255" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I255" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J255" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K255" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="256">
       <x:c r="A256" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в собственности сельских поселений (за исключением движимого имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в собственности муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации материальных запасов по указанному имуществу</x:v>
       </x:c>
       <x:c r="B256" s="4" t="n">
-        <x:v>4488402.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C256" s="4" t="n">
-        <x:v>960916.22</x:v>
+        <x:v>50612.02</x:v>
       </x:c>
       <x:c r="D256" s="4" t="n">
-        <x:v>21.41</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E256" s="4" t="n">
-        <x:v>2211969.14</x:v>
+        <x:v>6020</x:v>
       </x:c>
       <x:c r="F256" s="4" t="n">
-        <x:v>43.44</x:v>
+        <x:v>840.73</x:v>
       </x:c>
       <x:c r="G256" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H256" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I256" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J256" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K256" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="257">
       <x:c r="A257" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в собственности городских поселений (за исключением движимого имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в собственности сельских поселений (за исключением движимого имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B257" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5143502.08</x:v>
       </x:c>
       <x:c r="C257" s="4" t="n">
-        <x:v>8643727.64</x:v>
+        <x:v>2510947.22</x:v>
       </x:c>
       <x:c r="D257" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>48.82</x:v>
       </x:c>
       <x:c r="E257" s="4" t="n">
-        <x:v>192917.21</x:v>
+        <x:v>3938969.14</x:v>
       </x:c>
       <x:c r="F257" s="4" t="n">
-        <x:v>4480.54</x:v>
+        <x:v>63.75</x:v>
       </x:c>
       <x:c r="G257" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H257" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I257" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J257" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K257" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="258">
       <x:c r="A258" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов управления муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений), в части реализации материальных запасов по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в собственности городских поселений (за исключением движимого имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B258" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3385250</x:v>
       </x:c>
       <x:c r="C258" s="4" t="n">
-        <x:v>2496</x:v>
+        <x:v>10398780.77</x:v>
       </x:c>
       <x:c r="D258" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>307.18</x:v>
       </x:c>
       <x:c r="E258" s="4" t="n">
-        <x:v>6020</x:v>
+        <x:v>192917.21</x:v>
       </x:c>
       <x:c r="F258" s="4" t="n">
-        <x:v>41.46</x:v>
+        <x:v>5390.28</x:v>
       </x:c>
       <x:c r="G258" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H258" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I258" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J258" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K258" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="259">
       <x:c r="A259" s="3" t="str">
-        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов управления городских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов управления муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений), в части реализации материальных запасов по указанному имуществу</x:v>
       </x:c>
       <x:c r="B259" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C259" s="4" t="n">
-        <x:v>8643727.64</x:v>
+        <x:v>2496</x:v>
       </x:c>
       <x:c r="D259" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E259" s="4" t="n">
-        <x:v>43040.21</x:v>
+        <x:v>6020</x:v>
       </x:c>
       <x:c r="F259" s="4" t="n">
-        <x:v>20082.91</x:v>
+        <x:v>41.46</x:v>
       </x:c>
       <x:c r="G259" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H259" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I259" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J259" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K259" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="260">
       <x:c r="A260" s="3" t="str">
-        <x:v>Доходы от реализации иного имущества, находящегося в собственности муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов управления сельских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B260" s="4" t="n">
-        <x:v>26620000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C260" s="4" t="n">
-        <x:v>47400</x:v>
+        <x:v>1550031</x:v>
       </x:c>
       <x:c r="D260" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E260" s="4" t="n">
-        <x:v>216694.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F260" s="4" t="n">
-        <x:v>21.87</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G260" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H260" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I260" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J260" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K260" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="261">
       <x:c r="A261" s="3" t="str">
-        <x:v>Доходы от реализации иного имущества, находящегося в собственности муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации материальных запасов по указанному имуществу</x:v>
+        <x:v>Доходы от реализации имущества, находящегося в оперативном управлении учреждений, находящихся в ведении органов управления городских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B261" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3385250</x:v>
       </x:c>
       <x:c r="C261" s="4" t="n">
-        <x:v>41138.92</x:v>
+        <x:v>10398780.77</x:v>
       </x:c>
       <x:c r="D261" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>307.18</x:v>
       </x:c>
       <x:c r="E261" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>43040.21</x:v>
       </x:c>
       <x:c r="F261" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>24160.62</x:v>
       </x:c>
       <x:c r="G261" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H261" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I261" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J261" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K261" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="262">
       <x:c r="A262" s="3" t="str">
-        <x:v>Доходы от реализации иного имущества, находящегося в собственности сельских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации иного имущества, находящегося в собственности муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B262" s="4" t="n">
-        <x:v>4488402.08</x:v>
+        <x:v>26620000</x:v>
       </x:c>
       <x:c r="C262" s="4" t="n">
-        <x:v>960916.22</x:v>
+        <x:v>58855.43</x:v>
       </x:c>
       <x:c r="D262" s="4" t="n">
-        <x:v>21.41</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="E262" s="4" t="n">
-        <x:v>2211969.14</x:v>
+        <x:v>216694.99</x:v>
       </x:c>
       <x:c r="F262" s="4" t="n">
-        <x:v>43.44</x:v>
+        <x:v>27.16</x:v>
       </x:c>
       <x:c r="G262" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H262" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I262" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J262" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K262" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="263">
       <x:c r="A263" s="3" t="str">
-        <x:v>Доходы от реализации иного имущества, находящегося в собственности городских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
+        <x:v>Доходы от реализации иного имущества, находящегося в собственности муниципальных районов (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации материальных запасов по указанному имуществу</x:v>
       </x:c>
       <x:c r="B263" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C263" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>48116.02</x:v>
       </x:c>
       <x:c r="D263" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E263" s="4" t="n">
-        <x:v>149877</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F263" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G263" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H263" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I263" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J263" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K263" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="264">
       <x:c r="A264" s="3" t="str">
-        <x:v>Средства от распоряжения и реализации выморочного имущества, обращенного в собственность государства (в части реализации основных средств по указанному имуществу)</x:v>
+        <x:v>Доходы от реализации иного имущества, находящегося в собственности сельских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B264" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5143502.08</x:v>
       </x:c>
       <x:c r="C264" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>960916.22</x:v>
       </x:c>
       <x:c r="D264" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="E264" s="4" t="n">
-        <x:v>5995950</x:v>
+        <x:v>3938969.14</x:v>
       </x:c>
       <x:c r="F264" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>24.4</x:v>
       </x:c>
       <x:c r="G264" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H264" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I264" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J264" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K264" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="265">
       <x:c r="A265" s="3" t="str">
-        <x:v>Средства от распоряжения и реализации выморочного имущества, обращенного в собственность городских округов (в части реализации основных средств по указанному имуществу)</x:v>
+        <x:v>Доходы от реализации иного имущества, находящегося в собственности городских поселений (за исключением имущества муниципальных бюджетных и автономных учреждений, а также имущества муниципальных унитарных предприятий, в том числе казенных), в части реализации основных средств по указанному имуществу</x:v>
       </x:c>
       <x:c r="B265" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C265" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D265" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E265" s="4" t="n">
-        <x:v>5995950</x:v>
+        <x:v>149877</x:v>
       </x:c>
       <x:c r="F265" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G265" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H265" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I265" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J265" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K265" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="266">
       <x:c r="A266" s="3" t="str">
-        <x:v>Доходы от продажи земельных участков, находящихся в государственной и муниципальной собственности</x:v>
+        <x:v>Средства от распоряжения и реализации выморочного имущества, обращенного в собственность государства (в части реализации основных средств по указанному имуществу)</x:v>
       </x:c>
       <x:c r="B266" s="4" t="n">
-        <x:v>186040482.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C266" s="4" t="n">
-        <x:v>172658432.56</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D266" s="4" t="n">
-        <x:v>92.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E266" s="4" t="n">
-        <x:v>181563661.79</x:v>
+        <x:v>5995950</x:v>
       </x:c>
       <x:c r="F266" s="4" t="n">
-        <x:v>95.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G266" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H266" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I266" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J266" s="4" t="n">
-        <x:v>-1002.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K266" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="267">
       <x:c r="A267" s="3" t="str">
-        <x:v>Доходы от продажи земельных участков, государственная собственность на которые не разграничена</x:v>
+        <x:v>Средства от распоряжения и реализации выморочного имущества, обращенного в собственность городских округов (в части реализации основных средств по указанному имуществу)</x:v>
       </x:c>
       <x:c r="B267" s="4" t="n">
-        <x:v>185534482.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C267" s="4" t="n">
-        <x:v>169498469.92</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D267" s="4" t="n">
-        <x:v>91.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E267" s="4" t="n">
-        <x:v>168443054.97</x:v>
+        <x:v>5995950</x:v>
       </x:c>
       <x:c r="F267" s="4" t="n">
-        <x:v>100.63</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G267" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H267" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I267" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J267" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K267" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="268">
       <x:c r="A268" s="3" t="str">
-        <x:v>Доходы от продажи земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских округов</x:v>
+        <x:v>Доходы от продажи земельных участков, находящихся в государственной и муниципальной собственности</x:v>
       </x:c>
       <x:c r="B268" s="4" t="n">
-        <x:v>30850300</x:v>
+        <x:v>199518182.54</x:v>
       </x:c>
       <x:c r="C268" s="4" t="n">
-        <x:v>27261425.92</x:v>
+        <x:v>197688567.15</x:v>
       </x:c>
       <x:c r="D268" s="4" t="n">
-        <x:v>88.37</x:v>
+        <x:v>99.08</x:v>
       </x:c>
       <x:c r="E268" s="4" t="n">
-        <x:v>32463610.17</x:v>
+        <x:v>194122563.85</x:v>
       </x:c>
       <x:c r="F268" s="4" t="n">
-        <x:v>83.98</x:v>
+        <x:v>101.84</x:v>
       </x:c>
       <x:c r="G268" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H268" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I268" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J268" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1002.05</x:v>
       </x:c>
       <x:c r="K268" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="269">
       <x:c r="A269" s="3" t="str">
-        <x:v>Доходы от продажи земельных участков, государственная собственность на которые не разграничена и которые расположены в границах сельских поселений и межселенных территорий муниципальных районов</x:v>
+        <x:v>Доходы от продажи земельных участков, государственная собственность на которые не разграничена</x:v>
       </x:c>
       <x:c r="B269" s="4" t="n">
-        <x:v>143200882.54</x:v>
+        <x:v>198452182.54</x:v>
       </x:c>
       <x:c r="C269" s="4" t="n">
-        <x:v>122599290.94</x:v>
+        <x:v>194455710.86</x:v>
       </x:c>
       <x:c r="D269" s="4" t="n">
-        <x:v>85.61</x:v>
+        <x:v>97.99</x:v>
       </x:c>
       <x:c r="E269" s="4" t="n">
-        <x:v>117478692.76</x:v>
+        <x:v>180726248.77</x:v>
       </x:c>
       <x:c r="F269" s="4" t="n">
-        <x:v>104.36</x:v>
+        <x:v>107.6</x:v>
       </x:c>
       <x:c r="G269" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H269" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I269" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J269" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K269" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="270">
       <x:c r="A270" s="3" t="str">
-        <x:v>Доходы от продажи земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских поселений</x:v>
+        <x:v>Доходы от продажи земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских округов</x:v>
       </x:c>
       <x:c r="B270" s="4" t="n">
-        <x:v>11483300</x:v>
+        <x:v>30850300</x:v>
       </x:c>
       <x:c r="C270" s="4" t="n">
-        <x:v>19637753.06</x:v>
+        <x:v>29166138.16</x:v>
       </x:c>
       <x:c r="D270" s="4" t="n">
-        <x:v>171.01</x:v>
+        <x:v>94.54</x:v>
       </x:c>
       <x:c r="E270" s="4" t="n">
-        <x:v>18500752.04</x:v>
+        <x:v>36945120.73</x:v>
       </x:c>
       <x:c r="F270" s="4" t="n">
-        <x:v>106.15</x:v>
+        <x:v>78.94</x:v>
       </x:c>
       <x:c r="G270" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H270" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I270" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J270" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K270" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="271">
       <x:c r="A271" s="3" t="str">
-        <x:v>Доходы от продажи земельных участков, государственная собственность на которые разграничена (за исключением земельных участков бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от продажи земельных участков, государственная собственность на которые не разграничена и которые расположены в границах сельских поселений и межселенных территорий муниципальных районов</x:v>
       </x:c>
       <x:c r="B271" s="4" t="n">
-        <x:v>506000</x:v>
+        <x:v>156118582.54</x:v>
       </x:c>
       <x:c r="C271" s="4" t="n">
-        <x:v>3159962.64</x:v>
+        <x:v>145014705.2</x:v>
       </x:c>
       <x:c r="D271" s="4" t="n">
-        <x:v>624.5</x:v>
+        <x:v>92.89</x:v>
       </x:c>
       <x:c r="E271" s="4" t="n">
-        <x:v>13120606.82</x:v>
+        <x:v>123936257.17</x:v>
       </x:c>
       <x:c r="F271" s="4" t="n">
-        <x:v>24.08</x:v>
+        <x:v>117.01</x:v>
       </x:c>
       <x:c r="G271" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H271" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I271" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J271" s="4" t="n">
-        <x:v>-1002.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K271" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c r="A272" s="3" t="str">
-        <x:v>Доходы от продажи земельных участков, находящихся в собственности субъектов Российской Федерации (за исключением земельных участков бюджетных и автономных учреждений субъектов Российской Федерации)</x:v>
+        <x:v>Доходы от продажи земельных участков, государственная собственность на которые не разграничена и которые расположены в границах городских поселений</x:v>
       </x:c>
       <x:c r="B272" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11483300</x:v>
       </x:c>
       <x:c r="C272" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20274867.5</x:v>
       </x:c>
       <x:c r="D272" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>176.56</x:v>
       </x:c>
       <x:c r="E272" s="4" t="n">
-        <x:v>-1002.05</x:v>
+        <x:v>19844870.87</x:v>
       </x:c>
       <x:c r="F272" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102.17</x:v>
       </x:c>
       <x:c r="G272" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H272" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I272" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J272" s="4" t="n">
-        <x:v>-1002.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K272" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="273">
       <x:c r="A273" s="3" t="str">
-        <x:v>Доходы от продажи земельных участков, находящихся в собственности городских округов (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от продажи земельных участков, государственная собственность на которые разграничена (за исключением земельных участков бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B273" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1066000</x:v>
       </x:c>
       <x:c r="C273" s="4" t="n">
-        <x:v>981658.43</x:v>
+        <x:v>3232856.29</x:v>
       </x:c>
       <x:c r="D273" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>303.27</x:v>
       </x:c>
       <x:c r="E273" s="4" t="n">
-        <x:v>5231603.65</x:v>
+        <x:v>13396315.08</x:v>
       </x:c>
       <x:c r="F273" s="4" t="n">
-        <x:v>18.76</x:v>
+        <x:v>24.13</x:v>
       </x:c>
       <x:c r="G273" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H273" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I273" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J273" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1002.05</x:v>
       </x:c>
       <x:c r="K273" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="274">
       <x:c r="A274" s="3" t="str">
-        <x:v>Доходы от продажи земельных участков, находящихся в собственности сельских поселений (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
+        <x:v>Доходы от продажи земельных участков, находящихся в собственности субъектов Российской Федерации (за исключением земельных участков бюджетных и автономных учреждений субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="B274" s="4" t="n">
-        <x:v>506000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C274" s="4" t="n">
-        <x:v>2178304.21</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D274" s="4" t="n">
-        <x:v>430.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E274" s="4" t="n">
-        <x:v>7890005.22</x:v>
+        <x:v>-1002.05</x:v>
       </x:c>
       <x:c r="F274" s="4" t="n">
-        <x:v>27.61</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G274" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H274" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I274" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J274" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1002.05</x:v>
       </x:c>
       <x:c r="K274" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="275">
       <x:c r="A275" s="3" t="str">
-        <x:v>Доходы от приватизации имущества, находящегося в государственной и муниципальной собственности</x:v>
+        <x:v>Доходы от продажи земельных участков, находящихся в собственности городских округов (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B275" s="4" t="n">
-        <x:v>4457600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C275" s="4" t="n">
-        <x:v>10551913.27</x:v>
+        <x:v>1029959.75</x:v>
       </x:c>
       <x:c r="D275" s="4" t="n">
-        <x:v>236.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E275" s="4" t="n">
-        <x:v>2015607.18</x:v>
+        <x:v>5347820.03</x:v>
       </x:c>
       <x:c r="F275" s="4" t="n">
-        <x:v>523.51</x:v>
+        <x:v>19.26</x:v>
       </x:c>
       <x:c r="G275" s="4" t="n">
-        <x:v>4457600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H275" s="4" t="n">
-        <x:v>10551913.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I275" s="4" t="n">
-        <x:v>236.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J275" s="4" t="n">
-        <x:v>2015607.18</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K275" s="4" t="n">
-        <x:v>523.51</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="276">
       <x:c r="A276" s="3" t="str">
-        <x:v>Доходы от приватизации имущества, находящегося в собственности субъектов Российской Федерации, в части приватизации нефинансовых активов имущества казны</x:v>
+        <x:v>Доходы от продажи земельных участков, находящихся в собственности сельских поселений (за исключением земельных участков муниципальных бюджетных и автономных учреждений)</x:v>
       </x:c>
       <x:c r="B276" s="4" t="n">
-        <x:v>4457600</x:v>
+        <x:v>1066000</x:v>
       </x:c>
       <x:c r="C276" s="4" t="n">
-        <x:v>10551913.27</x:v>
+        <x:v>2202896.54</x:v>
       </x:c>
       <x:c r="D276" s="4" t="n">
-        <x:v>236.72</x:v>
+        <x:v>206.65</x:v>
       </x:c>
       <x:c r="E276" s="4" t="n">
-        <x:v>2015607.18</x:v>
+        <x:v>8049497.1</x:v>
       </x:c>
       <x:c r="F276" s="4" t="n">
-        <x:v>523.51</x:v>
+        <x:v>27.37</x:v>
       </x:c>
       <x:c r="G276" s="4" t="n">
-        <x:v>4457600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H276" s="4" t="n">
-        <x:v>10551913.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I276" s="4" t="n">
-        <x:v>236.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J276" s="4" t="n">
-        <x:v>2015607.18</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K276" s="4" t="n">
-        <x:v>523.51</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="277">
       <x:c r="A277" s="3" t="str">
-        <x:v>АДМИНИСТРАТИВНЫЕ ПЛАТЕЖИ И СБОРЫ</x:v>
+        <x:v>Доходы от приватизации имущества, находящегося в государственной и муниципальной собственности</x:v>
       </x:c>
       <x:c r="B277" s="4" t="n">
-        <x:v>93400</x:v>
+        <x:v>4457600</x:v>
       </x:c>
       <x:c r="C277" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10551913.27</x:v>
       </x:c>
       <x:c r="D277" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>236.72</x:v>
       </x:c>
       <x:c r="E277" s="4" t="n">
-        <x:v>94418.5</x:v>
+        <x:v>2030230.2</x:v>
       </x:c>
       <x:c r="F277" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>519.74</x:v>
       </x:c>
       <x:c r="G277" s="4" t="n">
-        <x:v>93400</x:v>
+        <x:v>4457600</x:v>
       </x:c>
       <x:c r="H277" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10551913.27</x:v>
       </x:c>
       <x:c r="I277" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>236.72</x:v>
       </x:c>
       <x:c r="J277" s="4" t="n">
-        <x:v>94418.5</x:v>
+        <x:v>2030230.2</x:v>
       </x:c>
       <x:c r="K277" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>519.74</x:v>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" s="3" t="str">
-        <x:v>Платежи, взимаемые государственными и муниципальными органами (организациями) за выполнение определенных функций</x:v>
+        <x:v>Доходы от приватизации имущества, находящегося в собственности субъектов Российской Федерации, в части приватизации нефинансовых активов имущества казны</x:v>
       </x:c>
       <x:c r="B278" s="4" t="n">
-        <x:v>93400</x:v>
+        <x:v>4457600</x:v>
       </x:c>
       <x:c r="C278" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10551913.27</x:v>
       </x:c>
       <x:c r="D278" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>236.72</x:v>
       </x:c>
       <x:c r="E278" s="4" t="n">
-        <x:v>94418.5</x:v>
+        <x:v>2030230.2</x:v>
       </x:c>
       <x:c r="F278" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>519.74</x:v>
       </x:c>
       <x:c r="G278" s="4" t="n">
-        <x:v>93400</x:v>
+        <x:v>4457600</x:v>
       </x:c>
       <x:c r="H278" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10551913.27</x:v>
       </x:c>
       <x:c r="I278" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>236.72</x:v>
       </x:c>
       <x:c r="J278" s="4" t="n">
-        <x:v>94418.5</x:v>
+        <x:v>2030230.2</x:v>
       </x:c>
       <x:c r="K278" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>519.74</x:v>
       </x:c>
     </x:row>
     <x:row r="279">
       <x:c r="A279" s="3" t="str">
-        <x:v>Платежи, взимаемые государственными органами (организациями) субъектов Российской Федерации за выполнение определенных функций</x:v>
+        <x:v>АДМИНИСТРАТИВНЫЕ ПЛАТЕЖИ И СБОРЫ</x:v>
       </x:c>
       <x:c r="B279" s="4" t="n">
-        <x:v>93400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C279" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D279" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E279" s="4" t="n">
         <x:v>94418.5</x:v>
       </x:c>
       <x:c r="F279" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G279" s="4" t="n">
-        <x:v>93400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H279" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I279" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J279" s="4" t="n">
         <x:v>94418.5</x:v>
       </x:c>
       <x:c r="K279" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="280">
       <x:c r="A280" s="3" t="str">
-        <x:v>ШТРАФЫ, САНКЦИИ, ВОЗМЕЩЕНИЕ УЩЕРБА</x:v>
+        <x:v>Платежи, взимаемые государственными и муниципальными органами (организациями) за выполнение определенных функций</x:v>
       </x:c>
       <x:c r="B280" s="4" t="n">
-        <x:v>1325223709.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C280" s="4" t="n">
-        <x:v>1058210333.42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D280" s="4" t="n">
-        <x:v>79.85</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E280" s="4" t="n">
-        <x:v>885451049.1</x:v>
+        <x:v>94418.5</x:v>
       </x:c>
       <x:c r="F280" s="4" t="n">
-        <x:v>119.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G280" s="4" t="n">
-        <x:v>1231735500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H280" s="4" t="n">
-        <x:v>992680758.96</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I280" s="4" t="n">
-        <x:v>80.59</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J280" s="4" t="n">
-        <x:v>790887771.2</x:v>
+        <x:v>94418.5</x:v>
       </x:c>
       <x:c r="K280" s="4" t="n">
-        <x:v>125.51</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="281">
       <x:c r="A281" s="3" t="str">
-        <x:v>Административные штрафы, установленные Кодексом Российской Федерации об административных правонарушениях</x:v>
+        <x:v>Платежи, взимаемые государственными органами (организациями) субъектов Российской Федерации за выполнение определенных функций</x:v>
       </x:c>
       <x:c r="B281" s="4" t="n">
-        <x:v>1228339640</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C281" s="4" t="n">
-        <x:v>920753681.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D281" s="4" t="n">
-        <x:v>74.96</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E281" s="4" t="n">
-        <x:v>795053823.22</x:v>
+        <x:v>94418.5</x:v>
       </x:c>
       <x:c r="F281" s="4" t="n">
-        <x:v>115.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G281" s="4" t="n">
-        <x:v>1221261440</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H281" s="4" t="n">
-        <x:v>913496202.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I281" s="4" t="n">
-        <x:v>74.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J281" s="4" t="n">
-        <x:v>788388327.29</x:v>
+        <x:v>94418.5</x:v>
       </x:c>
       <x:c r="K281" s="4" t="n">
-        <x:v>115.87</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="282">
       <x:c r="A282" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 5 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на права граждан</x:v>
+        <x:v>ШТРАФЫ, САНКЦИИ, ВОЗМЕЩЕНИЕ УЩЕРБА</x:v>
       </x:c>
       <x:c r="B282" s="4" t="n">
-        <x:v>1519700</x:v>
+        <x:v>1325876709.51</x:v>
       </x:c>
       <x:c r="C282" s="4" t="n">
-        <x:v>342980.1</x:v>
+        <x:v>1212823964.64</x:v>
       </x:c>
       <x:c r="D282" s="4" t="n">
-        <x:v>22.57</x:v>
+        <x:v>91.47</x:v>
       </x:c>
       <x:c r="E282" s="4" t="n">
-        <x:v>379059.97</x:v>
+        <x:v>1028031212.52</x:v>
       </x:c>
       <x:c r="F282" s="4" t="n">
-        <x:v>90.48</x:v>
+        <x:v>117.98</x:v>
       </x:c>
       <x:c r="G282" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>1231735500</x:v>
       </x:c>
       <x:c r="H282" s="4" t="n">
-        <x:v>117998.58</x:v>
+        <x:v>1139599207.35</x:v>
       </x:c>
       <x:c r="I282" s="4" t="n">
-        <x:v>70.66</x:v>
+        <x:v>92.52</x:v>
       </x:c>
       <x:c r="J282" s="4" t="n">
-        <x:v>140515</x:v>
+        <x:v>916418903.04</x:v>
       </x:c>
       <x:c r="K282" s="4" t="n">
-        <x:v>83.98</x:v>
+        <x:v>124.35</x:v>
       </x:c>
     </x:row>
     <x:row r="283">
       <x:c r="A283" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 5 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на права граждан, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные Кодексом Российской Федерации об административных правонарушениях</x:v>
       </x:c>
       <x:c r="B283" s="4" t="n">
-        <x:v>1519700</x:v>
+        <x:v>1228339640</x:v>
       </x:c>
       <x:c r="C283" s="4" t="n">
-        <x:v>342980.1</x:v>
+        <x:v>1058788121</x:v>
       </x:c>
       <x:c r="D283" s="4" t="n">
-        <x:v>22.57</x:v>
+        <x:v>86.2</x:v>
       </x:c>
       <x:c r="E283" s="4" t="n">
-        <x:v>379059.97</x:v>
+        <x:v>920309496.07</x:v>
       </x:c>
       <x:c r="F283" s="4" t="n">
-        <x:v>90.48</x:v>
+        <x:v>115.05</x:v>
       </x:c>
       <x:c r="G283" s="4" t="n">
-        <x:v>167000</x:v>
+        <x:v>1221261440</x:v>
       </x:c>
       <x:c r="H283" s="4" t="n">
-        <x:v>117998.58</x:v>
+        <x:v>1050711333.95</x:v>
       </x:c>
       <x:c r="I283" s="4" t="n">
-        <x:v>70.66</x:v>
+        <x:v>86.03</x:v>
       </x:c>
       <x:c r="J283" s="4" t="n">
-        <x:v>140515</x:v>
+        <x:v>913060478.65</x:v>
       </x:c>
       <x:c r="K283" s="4" t="n">
-        <x:v>83.98</x:v>
+        <x:v>115.08</x:v>
       </x:c>
     </x:row>
     <x:row r="284">
       <x:c r="A284" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 6 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на здоровье, санитарно-эпидемиологическое благополучие населения и общественную нравственность</x:v>
+        <x:v>Административные штрафы, установленные главой 5 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на права граждан</x:v>
       </x:c>
       <x:c r="B284" s="4" t="n">
-        <x:v>867500</x:v>
+        <x:v>1519700</x:v>
       </x:c>
       <x:c r="C284" s="4" t="n">
-        <x:v>826399.95</x:v>
+        <x:v>344070.11</x:v>
       </x:c>
       <x:c r="D284" s="4" t="n">
-        <x:v>95.26</x:v>
+        <x:v>22.64</x:v>
       </x:c>
       <x:c r="E284" s="4" t="n">
-        <x:v>670212.31</x:v>
+        <x:v>436621.14</x:v>
       </x:c>
       <x:c r="F284" s="4" t="n">
-        <x:v>123.3</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="G284" s="4" t="n">
-        <x:v>750000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="H284" s="4" t="n">
-        <x:v>378577.75</x:v>
+        <x:v>125993.58</x:v>
       </x:c>
       <x:c r="I284" s="4" t="n">
-        <x:v>50.48</x:v>
+        <x:v>75.45</x:v>
       </x:c>
       <x:c r="J284" s="4" t="n">
-        <x:v>313950.33</x:v>
+        <x:v>161873.08</x:v>
       </x:c>
       <x:c r="K284" s="4" t="n">
-        <x:v>120.59</x:v>
+        <x:v>77.83</x:v>
       </x:c>
     </x:row>
     <x:row r="285">
       <x:c r="A285" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 6 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на здоровье, санитарно-эпидемиологическое благополучие населения и общественную нравственность, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 5 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на права граждан, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B285" s="4" t="n">
-        <x:v>867500</x:v>
+        <x:v>1519700</x:v>
       </x:c>
       <x:c r="C285" s="4" t="n">
-        <x:v>826399.95</x:v>
+        <x:v>344070.11</x:v>
       </x:c>
       <x:c r="D285" s="4" t="n">
-        <x:v>95.26</x:v>
+        <x:v>22.64</x:v>
       </x:c>
       <x:c r="E285" s="4" t="n">
-        <x:v>670212.31</x:v>
+        <x:v>436621.14</x:v>
       </x:c>
       <x:c r="F285" s="4" t="n">
-        <x:v>123.3</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="G285" s="4" t="n">
-        <x:v>750000</x:v>
+        <x:v>167000</x:v>
       </x:c>
       <x:c r="H285" s="4" t="n">
-        <x:v>378577.75</x:v>
+        <x:v>125993.58</x:v>
       </x:c>
       <x:c r="I285" s="4" t="n">
-        <x:v>50.48</x:v>
+        <x:v>75.45</x:v>
       </x:c>
       <x:c r="J285" s="4" t="n">
-        <x:v>313950.33</x:v>
+        <x:v>161873.08</x:v>
       </x:c>
       <x:c r="K285" s="4" t="n">
-        <x:v>120.59</x:v>
+        <x:v>77.83</x:v>
       </x:c>
     </x:row>
     <x:row r="286">
       <x:c r="A286" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 7 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны собственности</x:v>
+        <x:v>Административные штрафы, установленные главой 6 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на здоровье, санитарно-эпидемиологическое благополучие населения и общественную нравственность</x:v>
       </x:c>
       <x:c r="B286" s="4" t="n">
-        <x:v>751500</x:v>
+        <x:v>867500</x:v>
       </x:c>
       <x:c r="C286" s="4" t="n">
-        <x:v>675412.02</x:v>
+        <x:v>902867.98</x:v>
       </x:c>
       <x:c r="D286" s="4" t="n">
-        <x:v>89.88</x:v>
+        <x:v>104.08</x:v>
       </x:c>
       <x:c r="E286" s="4" t="n">
-        <x:v>623858.55</x:v>
+        <x:v>806979.17</x:v>
       </x:c>
       <x:c r="F286" s="4" t="n">
-        <x:v>108.26</x:v>
+        <x:v>111.88</x:v>
       </x:c>
       <x:c r="G286" s="4" t="n">
-        <x:v>698800</x:v>
+        <x:v>750000</x:v>
       </x:c>
       <x:c r="H286" s="4" t="n">
-        <x:v>415756</x:v>
+        <x:v>414311.77</x:v>
       </x:c>
       <x:c r="I286" s="4" t="n">
-        <x:v>59.5</x:v>
+        <x:v>55.24</x:v>
       </x:c>
       <x:c r="J286" s="4" t="n">
-        <x:v>379129.25</x:v>
+        <x:v>378833.75</x:v>
       </x:c>
       <x:c r="K286" s="4" t="n">
-        <x:v>109.66</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="287">
       <x:c r="A287" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 7 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны собственности, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 6 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на здоровье, санитарно-эпидемиологическое благополучие населения и общественную нравственность, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B287" s="4" t="n">
-        <x:v>372800</x:v>
+        <x:v>867500</x:v>
       </x:c>
       <x:c r="C287" s="4" t="n">
-        <x:v>159100</x:v>
+        <x:v>902867.98</x:v>
       </x:c>
       <x:c r="D287" s="4" t="n">
-        <x:v>42.68</x:v>
+        <x:v>104.08</x:v>
       </x:c>
       <x:c r="E287" s="4" t="n">
-        <x:v>146000</x:v>
+        <x:v>806979.17</x:v>
       </x:c>
       <x:c r="F287" s="4" t="n">
-        <x:v>108.97</x:v>
+        <x:v>111.88</x:v>
       </x:c>
       <x:c r="G287" s="4" t="n">
-        <x:v>372800</x:v>
+        <x:v>750000</x:v>
       </x:c>
       <x:c r="H287" s="4" t="n">
-        <x:v>159100</x:v>
+        <x:v>414311.77</x:v>
       </x:c>
       <x:c r="I287" s="4" t="n">
-        <x:v>42.68</x:v>
+        <x:v>55.24</x:v>
       </x:c>
       <x:c r="J287" s="4" t="n">
-        <x:v>146000</x:v>
+        <x:v>378833.75</x:v>
       </x:c>
       <x:c r="K287" s="4" t="n">
-        <x:v>108.97</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="288">
       <x:c r="A288" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 7 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны собственности, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 7 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны собственности</x:v>
       </x:c>
       <x:c r="B288" s="4" t="n">
-        <x:v>378700</x:v>
+        <x:v>751500</x:v>
       </x:c>
       <x:c r="C288" s="4" t="n">
-        <x:v>516312.02</x:v>
+        <x:v>1042698.87</x:v>
       </x:c>
       <x:c r="D288" s="4" t="n">
-        <x:v>136.34</x:v>
+        <x:v>138.75</x:v>
       </x:c>
       <x:c r="E288" s="4" t="n">
-        <x:v>477858.55</x:v>
+        <x:v>685353.95</x:v>
       </x:c>
       <x:c r="F288" s="4" t="n">
-        <x:v>108.05</x:v>
+        <x:v>152.14</x:v>
       </x:c>
       <x:c r="G288" s="4" t="n">
-        <x:v>326000</x:v>
+        <x:v>698800</x:v>
       </x:c>
       <x:c r="H288" s="4" t="n">
-        <x:v>256656</x:v>
+        <x:v>766399.43</x:v>
       </x:c>
       <x:c r="I288" s="4" t="n">
-        <x:v>78.73</x:v>
+        <x:v>109.67</x:v>
       </x:c>
       <x:c r="J288" s="4" t="n">
-        <x:v>233129.25</x:v>
+        <x:v>425126.95</x:v>
       </x:c>
       <x:c r="K288" s="4" t="n">
-        <x:v>110.09</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="289">
       <x:c r="A289" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 8 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны окружающей среды, природопользования и обращения с животными</x:v>
+        <x:v>Административные штрафы, установленные главой 7 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны собственности, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B289" s="4" t="n">
-        <x:v>772800</x:v>
+        <x:v>372800</x:v>
       </x:c>
       <x:c r="C289" s="4" t="n">
-        <x:v>965305.27</x:v>
+        <x:v>493100</x:v>
       </x:c>
       <x:c r="D289" s="4" t="n">
-        <x:v>124.91</x:v>
+        <x:v>132.27</x:v>
       </x:c>
       <x:c r="E289" s="4" t="n">
-        <x:v>613535.53</x:v>
+        <x:v>177500</x:v>
       </x:c>
       <x:c r="F289" s="4" t="n">
-        <x:v>157.33</x:v>
+        <x:v>277.8</x:v>
       </x:c>
       <x:c r="G289" s="4" t="n">
-        <x:v>722800</x:v>
+        <x:v>372800</x:v>
       </x:c>
       <x:c r="H289" s="4" t="n">
-        <x:v>939596.64</x:v>
+        <x:v>493100</x:v>
       </x:c>
       <x:c r="I289" s="4" t="n">
-        <x:v>129.99</x:v>
+        <x:v>132.27</x:v>
       </x:c>
       <x:c r="J289" s="4" t="n">
-        <x:v>587563.41</x:v>
+        <x:v>177500</x:v>
       </x:c>
       <x:c r="K289" s="4" t="n">
-        <x:v>159.91</x:v>
+        <x:v>277.8</x:v>
       </x:c>
     </x:row>
     <x:row r="290">
       <x:c r="A290" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 8 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны окружающей среды, природопользования и обращения с животными, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 7 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны собственности, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B290" s="4" t="n">
-        <x:v>627800</x:v>
+        <x:v>378700</x:v>
       </x:c>
       <x:c r="C290" s="4" t="n">
-        <x:v>913888.02</x:v>
+        <x:v>549598.87</x:v>
       </x:c>
       <x:c r="D290" s="4" t="n">
-        <x:v>145.57</x:v>
+        <x:v>145.13</x:v>
       </x:c>
       <x:c r="E290" s="4" t="n">
-        <x:v>561591.29</x:v>
+        <x:v>507853.95</x:v>
       </x:c>
       <x:c r="F290" s="4" t="n">
-        <x:v>162.73</x:v>
+        <x:v>108.22</x:v>
       </x:c>
       <x:c r="G290" s="4" t="n">
-        <x:v>627800</x:v>
+        <x:v>326000</x:v>
       </x:c>
       <x:c r="H290" s="4" t="n">
-        <x:v>913888.02</x:v>
+        <x:v>273299.43</x:v>
       </x:c>
       <x:c r="I290" s="4" t="n">
-        <x:v>145.57</x:v>
+        <x:v>83.83</x:v>
       </x:c>
       <x:c r="J290" s="4" t="n">
-        <x:v>561591.29</x:v>
+        <x:v>247626.95</x:v>
       </x:c>
       <x:c r="K290" s="4" t="n">
-        <x:v>162.73</x:v>
+        <x:v>110.37</x:v>
       </x:c>
     </x:row>
     <x:row r="291">
       <x:c r="A291" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 8 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны окружающей среды, природопользования и обращения с животными, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 8 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны окружающей среды, природопользования и обращения с животными</x:v>
       </x:c>
       <x:c r="B291" s="4" t="n">
-        <x:v>145000</x:v>
+        <x:v>772800</x:v>
       </x:c>
       <x:c r="C291" s="4" t="n">
-        <x:v>51417.25</x:v>
+        <x:v>1169978.67</x:v>
       </x:c>
       <x:c r="D291" s="4" t="n">
-        <x:v>35.46</x:v>
+        <x:v>151.39</x:v>
       </x:c>
       <x:c r="E291" s="4" t="n">
-        <x:v>51944.24</x:v>
+        <x:v>676207.6</x:v>
       </x:c>
       <x:c r="F291" s="4" t="n">
-        <x:v>98.99</x:v>
+        <x:v>173.02</x:v>
       </x:c>
       <x:c r="G291" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>722800</x:v>
       </x:c>
       <x:c r="H291" s="4" t="n">
-        <x:v>25708.62</x:v>
+        <x:v>1140770.04</x:v>
       </x:c>
       <x:c r="I291" s="4" t="n">
-        <x:v>27.06</x:v>
+        <x:v>157.83</x:v>
       </x:c>
       <x:c r="J291" s="4" t="n">
-        <x:v>25972.12</x:v>
+        <x:v>649235.48</x:v>
       </x:c>
       <x:c r="K291" s="4" t="n">
-        <x:v>98.99</x:v>
+        <x:v>175.71</x:v>
       </x:c>
     </x:row>
     <x:row r="292">
       <x:c r="A292" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 9 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в промышленности, строительстве и энергетике</x:v>
+        <x:v>Административные штрафы, установленные главой 8 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны окружающей среды, природопользования и обращения с животными, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B292" s="4" t="n">
-        <x:v>92700</x:v>
+        <x:v>627800</x:v>
       </x:c>
       <x:c r="C292" s="4" t="n">
-        <x:v>318009.41</x:v>
+        <x:v>1111561.42</x:v>
       </x:c>
       <x:c r="D292" s="4" t="n">
-        <x:v>343.05</x:v>
+        <x:v>177.06</x:v>
       </x:c>
       <x:c r="E292" s="4" t="n">
-        <x:v>318.82</x:v>
+        <x:v>622263.36</x:v>
       </x:c>
       <x:c r="F292" s="4" t="n">
-        <x:v>99745.75</x:v>
+        <x:v>178.63</x:v>
       </x:c>
       <x:c r="G292" s="4" t="n">
-        <x:v>91700</x:v>
+        <x:v>627800</x:v>
       </x:c>
       <x:c r="H292" s="4" t="n">
-        <x:v>312504.7</x:v>
+        <x:v>1111561.42</x:v>
       </x:c>
       <x:c r="I292" s="4" t="n">
-        <x:v>340.79</x:v>
+        <x:v>177.06</x:v>
       </x:c>
       <x:c r="J292" s="4" t="n">
-        <x:v>159.41</x:v>
+        <x:v>622263.36</x:v>
       </x:c>
       <x:c r="K292" s="4" t="n">
-        <x:v>196038.33</x:v>
+        <x:v>178.63</x:v>
       </x:c>
     </x:row>
     <x:row r="293">
       <x:c r="A293" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 9 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в промышленности, строительстве и энергетике, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 8 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области охраны окружающей среды, природопользования и обращения с животными, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B293" s="4" t="n">
-        <x:v>31700</x:v>
+        <x:v>145000</x:v>
       </x:c>
       <x:c r="C293" s="4" t="n">
-        <x:v>307000</x:v>
+        <x:v>58417.25</x:v>
       </x:c>
       <x:c r="D293" s="4" t="n">
-        <x:v>968.45</x:v>
+        <x:v>40.29</x:v>
       </x:c>
       <x:c r="E293" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>53944.24</x:v>
       </x:c>
       <x:c r="F293" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>108.29</x:v>
       </x:c>
       <x:c r="G293" s="4" t="n">
-        <x:v>31700</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="H293" s="4" t="n">
-        <x:v>307000</x:v>
+        <x:v>29208.62</x:v>
       </x:c>
       <x:c r="I293" s="4" t="n">
-        <x:v>968.45</x:v>
+        <x:v>30.75</x:v>
       </x:c>
       <x:c r="J293" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>26972.12</x:v>
       </x:c>
       <x:c r="K293" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>108.29</x:v>
       </x:c>
     </x:row>
     <x:row r="294">
       <x:c r="A294" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 9 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в промышленности, строительстве и энергетике, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 9 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в промышленности, строительстве и энергетике</x:v>
       </x:c>
       <x:c r="B294" s="4" t="n">
-        <x:v>61000</x:v>
+        <x:v>92700</x:v>
       </x:c>
       <x:c r="C294" s="4" t="n">
-        <x:v>11009.41</x:v>
+        <x:v>338009.41</x:v>
       </x:c>
       <x:c r="D294" s="4" t="n">
-        <x:v>18.05</x:v>
+        <x:v>364.63</x:v>
       </x:c>
       <x:c r="E294" s="4" t="n">
-        <x:v>318.82</x:v>
+        <x:v>11218.82</x:v>
       </x:c>
       <x:c r="F294" s="4" t="n">
-        <x:v>3453.17</x:v>
+        <x:v>3012.88</x:v>
       </x:c>
       <x:c r="G294" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>91700</x:v>
       </x:c>
       <x:c r="H294" s="4" t="n">
-        <x:v>5504.7</x:v>
+        <x:v>332504.7</x:v>
       </x:c>
       <x:c r="I294" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>362.6</x:v>
       </x:c>
       <x:c r="J294" s="4" t="n">
-        <x:v>159.41</x:v>
+        <x:v>10609.41</x:v>
       </x:c>
       <x:c r="K294" s="4" t="n">
-        <x:v>3453.17</x:v>
+        <x:v>3134.05</x:v>
       </x:c>
     </x:row>
     <x:row r="295">
       <x:c r="A295" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 10 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в сельском хозяйстве, ветеринарии и мелиорации земель</x:v>
+        <x:v>Административные штрафы, установленные главой 9 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в промышленности, строительстве и энергетике, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B295" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>31700</x:v>
       </x:c>
       <x:c r="C295" s="4" t="n">
-        <x:v>13000</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="D295" s="4" t="n">
-        <x:v>433.33</x:v>
+        <x:v>1031.55</x:v>
       </x:c>
       <x:c r="E295" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="F295" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3270</x:v>
       </x:c>
       <x:c r="G295" s="4" t="n">
-        <x:v>2000</x:v>
+        <x:v>31700</x:v>
       </x:c>
       <x:c r="H295" s="4" t="n">
-        <x:v>6500</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="I295" s="4" t="n">
-        <x:v>325</x:v>
+        <x:v>1031.55</x:v>
       </x:c>
       <x:c r="J295" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="K295" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3270</x:v>
       </x:c>
     </x:row>
     <x:row r="296">
       <x:c r="A296" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 10 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в сельском хозяйстве, ветеринарии и мелиорации земель, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 9 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в промышленности, строительстве и энергетике, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B296" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>61000</x:v>
       </x:c>
       <x:c r="C296" s="4" t="n">
-        <x:v>13000</x:v>
+        <x:v>11009.41</x:v>
       </x:c>
       <x:c r="D296" s="4" t="n">
-        <x:v>433.33</x:v>
+        <x:v>18.05</x:v>
       </x:c>
       <x:c r="E296" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1218.82</x:v>
       </x:c>
       <x:c r="F296" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>903.28</x:v>
       </x:c>
       <x:c r="G296" s="4" t="n">
-        <x:v>2000</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="H296" s="4" t="n">
-        <x:v>6500</x:v>
+        <x:v>5504.7</x:v>
       </x:c>
       <x:c r="I296" s="4" t="n">
-        <x:v>325</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="J296" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>609.41</x:v>
       </x:c>
       <x:c r="K296" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>903.28</x:v>
       </x:c>
     </x:row>
     <x:row r="297">
       <x:c r="A297" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 11 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения на транспорте</x:v>
+        <x:v>Административные штрафы, установленные главой 10 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в сельском хозяйстве, ветеринарии и мелиорации земель</x:v>
       </x:c>
       <x:c r="B297" s="4" t="n">
-        <x:v>9000</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="C297" s="4" t="n">
-        <x:v>18.68</x:v>
+        <x:v>23000</x:v>
       </x:c>
       <x:c r="D297" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>766.67</x:v>
       </x:c>
       <x:c r="E297" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F297" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G297" s="4" t="n">
-        <x:v>8000</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="H297" s="4" t="n">
-        <x:v>9.34</x:v>
+        <x:v>11500</x:v>
       </x:c>
       <x:c r="I297" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="J297" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K297" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="298">
       <x:c r="A298" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 11 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения на транспорте, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 10 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в сельском хозяйстве, ветеринарии и мелиорации земель, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B298" s="4" t="n">
-        <x:v>9000</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="C298" s="4" t="n">
-        <x:v>18.68</x:v>
+        <x:v>23000</x:v>
       </x:c>
       <x:c r="D298" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>766.67</x:v>
       </x:c>
       <x:c r="E298" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F298" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G298" s="4" t="n">
-        <x:v>8000</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="H298" s="4" t="n">
-        <x:v>9.34</x:v>
+        <x:v>11500</x:v>
       </x:c>
       <x:c r="I298" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="J298" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K298" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="299">
       <x:c r="A299" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 12 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области дорожного движения</x:v>
+        <x:v>Административные штрафы, установленные главой 11 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения на транспорте</x:v>
       </x:c>
       <x:c r="B299" s="4" t="n">
-        <x:v>1212858340</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="C299" s="4" t="n">
-        <x:v>905354694.32</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D299" s="4" t="n">
-        <x:v>74.65</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="E299" s="4" t="n">
-        <x:v>781699902.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F299" s="4" t="n">
-        <x:v>115.82</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G299" s="4" t="n">
-        <x:v>1212729140</x:v>
+        <x:v>8000</x:v>
       </x:c>
       <x:c r="H299" s="4" t="n">
-        <x:v>905080195.46</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="I299" s="4" t="n">
-        <x:v>74.63</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="J299" s="4" t="n">
-        <x:v>781399442.07</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K299" s="4" t="n">
-        <x:v>115.83</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="300">
       <x:c r="A300" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 12 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области дорожного движения, налагаемые судьями федеральных судов, должностными лицами федеральных государственных органов, учреждений</x:v>
+        <x:v>Административные штрафы, установленные главой 11 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения на транспорте, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B300" s="4" t="n">
-        <x:v>1173257010</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="C300" s="4" t="n">
-        <x:v>887206885.08</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D300" s="4" t="n">
-        <x:v>75.62</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="E300" s="4" t="n">
-        <x:v>763702453.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F300" s="4" t="n">
-        <x:v>116.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G300" s="4" t="n">
-        <x:v>1173257010</x:v>
+        <x:v>8000</x:v>
       </x:c>
       <x:c r="H300" s="4" t="n">
-        <x:v>887206885.08</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="I300" s="4" t="n">
-        <x:v>75.62</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="J300" s="4" t="n">
-        <x:v>763702453.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K300" s="4" t="n">
-        <x:v>116.17</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="301">
       <x:c r="A301" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 12 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области дорожного движения, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 12 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области дорожного движения</x:v>
       </x:c>
       <x:c r="B301" s="4" t="n">
-        <x:v>39601330</x:v>
+        <x:v>1212858340</x:v>
       </x:c>
       <x:c r="C301" s="4" t="n">
-        <x:v>18147809.24</x:v>
+        <x:v>1041079540.19</x:v>
       </x:c>
       <x:c r="D301" s="4" t="n">
-        <x:v>45.83</x:v>
+        <x:v>85.84</x:v>
       </x:c>
       <x:c r="E301" s="4" t="n">
-        <x:v>17997449.71</x:v>
+        <x:v>905737405.93</x:v>
       </x:c>
       <x:c r="F301" s="4" t="n">
-        <x:v>100.84</x:v>
+        <x:v>114.94</x:v>
       </x:c>
       <x:c r="G301" s="4" t="n">
-        <x:v>39472130</x:v>
+        <x:v>1212729140</x:v>
       </x:c>
       <x:c r="H301" s="4" t="n">
-        <x:v>17873310.38</x:v>
+        <x:v>1040857209.01</x:v>
       </x:c>
       <x:c r="I301" s="4" t="n">
-        <x:v>45.28</x:v>
+        <x:v>85.83</x:v>
       </x:c>
       <x:c r="J301" s="4" t="n">
-        <x:v>17696988.8</x:v>
+        <x:v>905384045.02</x:v>
       </x:c>
       <x:c r="K301" s="4" t="n">
-        <x:v>101</x:v>
+        <x:v>114.96</x:v>
       </x:c>
     </x:row>
     <x:row r="302">
       <x:c r="A302" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 13 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области связи и информации</x:v>
+        <x:v>Административные штрафы, установленные главой 12 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области дорожного движения, налагаемые судьями федеральных судов, должностными лицами федеральных государственных органов, учреждений</x:v>
       </x:c>
       <x:c r="B302" s="4" t="n">
-        <x:v>16000</x:v>
+        <x:v>1173257010</x:v>
       </x:c>
       <x:c r="C302" s="4" t="n">
-        <x:v>54513.22</x:v>
+        <x:v>1021304938.01</x:v>
       </x:c>
       <x:c r="D302" s="4" t="n">
-        <x:v>340.71</x:v>
+        <x:v>87.05</x:v>
       </x:c>
       <x:c r="E302" s="4" t="n">
-        <x:v>8000</x:v>
+        <x:v>885132757.66</x:v>
       </x:c>
       <x:c r="F302" s="4" t="n">
-        <x:v>681.42</x:v>
+        <x:v>115.38</x:v>
       </x:c>
       <x:c r="G302" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>1173257010</x:v>
       </x:c>
       <x:c r="H302" s="4" t="n">
-        <x:v>27256.61</x:v>
+        <x:v>1021304938.01</x:v>
       </x:c>
       <x:c r="I302" s="4" t="n">
-        <x:v>181.71</x:v>
+        <x:v>87.05</x:v>
       </x:c>
       <x:c r="J302" s="4" t="n">
-        <x:v>4000</x:v>
+        <x:v>885132757.66</x:v>
       </x:c>
       <x:c r="K302" s="4" t="n">
-        <x:v>681.42</x:v>
+        <x:v>115.38</x:v>
       </x:c>
     </x:row>
     <x:row r="303">
       <x:c r="A303" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 13 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области связи и информации, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 12 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области дорожного движения, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B303" s="4" t="n">
-        <x:v>16000</x:v>
+        <x:v>39601330</x:v>
       </x:c>
       <x:c r="C303" s="4" t="n">
-        <x:v>54513.22</x:v>
+        <x:v>19774602.18</x:v>
       </x:c>
       <x:c r="D303" s="4" t="n">
-        <x:v>340.71</x:v>
+        <x:v>49.93</x:v>
       </x:c>
       <x:c r="E303" s="4" t="n">
-        <x:v>8000</x:v>
+        <x:v>20604648.27</x:v>
       </x:c>
       <x:c r="F303" s="4" t="n">
-        <x:v>681.42</x:v>
+        <x:v>95.97</x:v>
       </x:c>
       <x:c r="G303" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>39472130</x:v>
       </x:c>
       <x:c r="H303" s="4" t="n">
-        <x:v>27256.61</x:v>
+        <x:v>19552271</x:v>
       </x:c>
       <x:c r="I303" s="4" t="n">
-        <x:v>181.71</x:v>
+        <x:v>49.53</x:v>
       </x:c>
       <x:c r="J303" s="4" t="n">
-        <x:v>4000</x:v>
+        <x:v>20251287.36</x:v>
       </x:c>
       <x:c r="K303" s="4" t="n">
-        <x:v>681.42</x:v>
+        <x:v>96.55</x:v>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 14 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области предпринимательской деятельности и деятельности саморегулируемых организаций</x:v>
+        <x:v>Административные штрафы, установленные главой 13 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области связи и информации</x:v>
       </x:c>
       <x:c r="B304" s="4" t="n">
-        <x:v>442000</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="C304" s="4" t="n">
-        <x:v>1189207.41</x:v>
+        <x:v>55101.83</x:v>
       </x:c>
       <x:c r="D304" s="4" t="n">
-        <x:v>269.05</x:v>
+        <x:v>344.39</x:v>
       </x:c>
       <x:c r="E304" s="4" t="n">
-        <x:v>570586.42</x:v>
+        <x:v>8000</x:v>
       </x:c>
       <x:c r="F304" s="4" t="n">
-        <x:v>208.42</x:v>
+        <x:v>688.77</x:v>
       </x:c>
       <x:c r="G304" s="4" t="n">
-        <x:v>382000</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="H304" s="4" t="n">
-        <x:v>714588.69</x:v>
+        <x:v>27550.92</x:v>
       </x:c>
       <x:c r="I304" s="4" t="n">
-        <x:v>187.07</x:v>
+        <x:v>183.67</x:v>
       </x:c>
       <x:c r="J304" s="4" t="n">
-        <x:v>360543.2</x:v>
+        <x:v>4000</x:v>
       </x:c>
       <x:c r="K304" s="4" t="n">
-        <x:v>198.2</x:v>
+        <x:v>688.77</x:v>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 14 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области предпринимательской деятельности и деятельности саморегулируемых организаций, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 13 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области связи и информации, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B305" s="4" t="n">
-        <x:v>150000</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="C305" s="4" t="n">
-        <x:v>240000</x:v>
+        <x:v>55101.83</x:v>
       </x:c>
       <x:c r="D305" s="4" t="n">
-        <x:v>160</x:v>
+        <x:v>344.39</x:v>
       </x:c>
       <x:c r="E305" s="4" t="n">
-        <x:v>150500</x:v>
+        <x:v>8000</x:v>
       </x:c>
       <x:c r="F305" s="4" t="n">
-        <x:v>159.47</x:v>
+        <x:v>688.77</x:v>
       </x:c>
       <x:c r="G305" s="4" t="n">
-        <x:v>150000</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="H305" s="4" t="n">
-        <x:v>240000</x:v>
+        <x:v>27550.92</x:v>
       </x:c>
       <x:c r="I305" s="4" t="n">
-        <x:v>160</x:v>
+        <x:v>183.67</x:v>
       </x:c>
       <x:c r="J305" s="4" t="n">
-        <x:v>150500</x:v>
+        <x:v>4000</x:v>
       </x:c>
       <x:c r="K305" s="4" t="n">
-        <x:v>159.47</x:v>
+        <x:v>688.77</x:v>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 14 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области предпринимательской деятельности и деятельности саморегулируемых организаций, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 14 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области предпринимательской деятельности и деятельности саморегулируемых организаций</x:v>
       </x:c>
       <x:c r="B306" s="4" t="n">
-        <x:v>292000</x:v>
+        <x:v>442000</x:v>
       </x:c>
       <x:c r="C306" s="4" t="n">
-        <x:v>949207.41</x:v>
+        <x:v>1214416.85</x:v>
       </x:c>
       <x:c r="D306" s="4" t="n">
-        <x:v>325.07</x:v>
+        <x:v>274.75</x:v>
       </x:c>
       <x:c r="E306" s="4" t="n">
-        <x:v>420086.42</x:v>
+        <x:v>752000.93</x:v>
       </x:c>
       <x:c r="F306" s="4" t="n">
-        <x:v>225.96</x:v>
+        <x:v>161.49</x:v>
       </x:c>
       <x:c r="G306" s="4" t="n">
-        <x:v>232000</x:v>
+        <x:v>382000</x:v>
       </x:c>
       <x:c r="H306" s="4" t="n">
-        <x:v>474588.69</x:v>
+        <x:v>727193.41</x:v>
       </x:c>
       <x:c r="I306" s="4" t="n">
-        <x:v>204.56</x:v>
+        <x:v>190.36</x:v>
       </x:c>
       <x:c r="J306" s="4" t="n">
-        <x:v>210043.2</x:v>
+        <x:v>451250.45</x:v>
       </x:c>
       <x:c r="K306" s="4" t="n">
-        <x:v>225.95</x:v>
+        <x:v>161.15</x:v>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней</x:v>
+        <x:v>Административные штрафы, установленные главой 14 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области предпринимательской деятельности и деятельности саморегулируемых организаций, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B307" s="4" t="n">
-        <x:v>738200</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="C307" s="4" t="n">
-        <x:v>393351.8</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="D307" s="4" t="n">
-        <x:v>53.29</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E307" s="4" t="n">
-        <x:v>754120.03</x:v>
+        <x:v>150500</x:v>
       </x:c>
       <x:c r="F307" s="4" t="n">
-        <x:v>52.16</x:v>
+        <x:v>159.47</x:v>
       </x:c>
       <x:c r="G307" s="4" t="n">
-        <x:v>632000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="H307" s="4" t="n">
-        <x:v>204950.43</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="I307" s="4" t="n">
-        <x:v>32.43</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J307" s="4" t="n">
-        <x:v>347310</x:v>
+        <x:v>150500</x:v>
       </x:c>
       <x:c r="K307" s="4" t="n">
-        <x:v>59.01</x:v>
+        <x:v>159.47</x:v>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней (за исключением штрафов, указанных в пункте 6 статьи 46 Бюджетного кодекса Российской Федерации), налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 14 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области предпринимательской деятельности и деятельности саморегулируемых организаций, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B308" s="4" t="n">
-        <x:v>371000</x:v>
+        <x:v>292000</x:v>
       </x:c>
       <x:c r="C308" s="4" t="n">
-        <x:v>289900.8</x:v>
+        <x:v>974416.85</x:v>
       </x:c>
       <x:c r="D308" s="4" t="n">
-        <x:v>78.14</x:v>
+        <x:v>333.7</x:v>
       </x:c>
       <x:c r="E308" s="4" t="n">
-        <x:v>473620.03</x:v>
+        <x:v>601500.93</x:v>
       </x:c>
       <x:c r="F308" s="4" t="n">
-        <x:v>61.21</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="G308" s="4" t="n">
-        <x:v>360000</x:v>
+        <x:v>232000</x:v>
       </x:c>
       <x:c r="H308" s="4" t="n">
-        <x:v>144950.43</x:v>
+        <x:v>487193.41</x:v>
       </x:c>
       <x:c r="I308" s="4" t="n">
-        <x:v>40.26</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J308" s="4" t="n">
-        <x:v>236810</x:v>
+        <x:v>300750.45</x:v>
       </x:c>
       <x:c r="K308" s="4" t="n">
-        <x:v>61.21</x:v>
+        <x:v>161.99</x:v>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней (за исключением штрафов, указанных в пункте 6 статьи 46 Бюджетного кодекса Российской Федерации), выявленные должностными лицами органов муниципального контроля</x:v>
+        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней</x:v>
       </x:c>
       <x:c r="B309" s="4" t="n">
-        <x:v>55000</x:v>
+        <x:v>738200</x:v>
       </x:c>
       <x:c r="C309" s="4" t="n">
-        <x:v>40000</x:v>
+        <x:v>431092.07</x:v>
       </x:c>
       <x:c r="D309" s="4" t="n">
-        <x:v>72.73</x:v>
+        <x:v>58.4</x:v>
       </x:c>
       <x:c r="E309" s="4" t="n">
-        <x:v>170000</x:v>
+        <x:v>820986.71</x:v>
       </x:c>
       <x:c r="F309" s="4" t="n">
-        <x:v>23.53</x:v>
+        <x:v>52.51</x:v>
       </x:c>
       <x:c r="G309" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>632000</x:v>
       </x:c>
       <x:c r="H309" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>213820.57</x:v>
       </x:c>
       <x:c r="I309" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>33.83</x:v>
       </x:c>
       <x:c r="J309" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>384493.33</x:v>
       </x:c>
       <x:c r="K309" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>55.61</x:v>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, связанные с нецелевым использованием бюджетных средств, невозвратом либо несвоевременным возвратом бюджетного кредита, неперечислением либо несвоевременным перечислением платы за пользование бюджетным кредитом, нарушением условий предоставления бюджетного кредита, нарушением порядка и (или) условий предоставления (расходования) межбюджетных трансфертов, нарушением условий предоставления бюджетных инвестиций, субсидий юридическим лицам, индивидуальным предпринимателям и физическим лицам, подлежащие зачислению в бюджет субъекта Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней (за исключением штрафов, указанных в пункте 6 статьи 46 Бюджетного кодекса Российской Федерации), налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B310" s="4" t="n">
-        <x:v>272000</x:v>
+        <x:v>371000</x:v>
       </x:c>
       <x:c r="C310" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>287641.07</x:v>
       </x:c>
       <x:c r="D310" s="4" t="n">
-        <x:v>22.06</x:v>
+        <x:v>77.53</x:v>
       </x:c>
       <x:c r="E310" s="4" t="n">
-        <x:v>110500</x:v>
+        <x:v>522986.71</x:v>
       </x:c>
       <x:c r="F310" s="4" t="n">
-        <x:v>54.3</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G310" s="4" t="n">
-        <x:v>272000</x:v>
+        <x:v>360000</x:v>
       </x:c>
       <x:c r="H310" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>143820.57</x:v>
       </x:c>
       <x:c r="I310" s="4" t="n">
-        <x:v>22.06</x:v>
+        <x:v>39.95</x:v>
       </x:c>
       <x:c r="J310" s="4" t="n">
-        <x:v>110500</x:v>
+        <x:v>261493.33</x:v>
       </x:c>
       <x:c r="K310" s="4" t="n">
-        <x:v>54.3</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, связанные с нецелевым использованием бюджетных средств, невозвратом либо несвоевременным возвратом бюджетного кредита, неперечислением либо несвоевременным перечислением платы за пользование бюджетным кредитом, нарушением условий предоставления бюджетного кредита, нарушением порядка и (или) условий предоставления (расходования) межбюджетных трансфертов, нарушением условий предоставления бюджетных инвестиций, субсидий юридическим лицам, индивидуальным предпринимателям и физическим лицам, подлежащие зачислению в бюджет муниципального образования</x:v>
+        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней (за исключением штрафов, указанных в пункте 6 статьи 46 Бюджетного кодекса Российской Федерации), выявленные должностными лицами органов муниципального контроля</x:v>
       </x:c>
       <x:c r="B311" s="4" t="n">
-        <x:v>40200</x:v>
+        <x:v>55000</x:v>
       </x:c>
       <x:c r="C311" s="4" t="n">
-        <x:v>3451</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="D311" s="4" t="n">
-        <x:v>8.58</x:v>
+        <x:v>127.27</x:v>
       </x:c>
       <x:c r="E311" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>175000</x:v>
       </x:c>
       <x:c r="F311" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G311" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H311" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I311" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J311" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K311" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 17 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на институты государственной власти</x:v>
+        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, связанные с нецелевым использованием бюджетных средств, невозвратом либо несвоевременным возвратом бюджетного кредита, неперечислением либо несвоевременным перечислением платы за пользование бюджетным кредитом, нарушением условий предоставления бюджетного кредита, нарушением порядка и (или) условий предоставления (расходования) межбюджетных трансфертов, нарушением условий предоставления бюджетных инвестиций, субсидий юридическим лицам, индивидуальным предпринимателям и физическим лицам, подлежащие зачислению в бюджет субъекта Российской Федерации</x:v>
       </x:c>
       <x:c r="B312" s="4" t="n">
-        <x:v>136000</x:v>
+        <x:v>272000</x:v>
       </x:c>
       <x:c r="C312" s="4" t="n">
-        <x:v>283219.69</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="D312" s="4" t="n">
-        <x:v>208.25</x:v>
+        <x:v>25.74</x:v>
       </x:c>
       <x:c r="E312" s="4" t="n">
-        <x:v>255163.79</x:v>
+        <x:v>123000</x:v>
       </x:c>
       <x:c r="F312" s="4" t="n">
-        <x:v>111</x:v>
+        <x:v>56.91</x:v>
       </x:c>
       <x:c r="G312" s="4" t="n">
+        <x:v>272000</x:v>
+      </x:c>
+      <x:c r="H312" s="4" t="n">
         <x:v>70000</x:v>
       </x:c>
-      <x:c r="H312" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I312" s="4" t="n">
-        <x:v>202.3</x:v>
+        <x:v>25.74</x:v>
       </x:c>
       <x:c r="J312" s="4" t="n">
-        <x:v>127581.88</x:v>
+        <x:v>123000</x:v>
       </x:c>
       <x:c r="K312" s="4" t="n">
-        <x:v>111</x:v>
+        <x:v>56.91</x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 17 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на институты государственной власти, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, связанные с нецелевым использованием бюджетных средств, невозвратом либо несвоевременным возвратом бюджетного кредита, неперечислением либо несвоевременным перечислением платы за пользование бюджетным кредитом, нарушением условий предоставления бюджетного кредита, нарушением порядка и (или) условий предоставления (расходования) межбюджетных трансфертов, нарушением условий предоставления бюджетных инвестиций, субсидий юридическим лицам, индивидуальным предпринимателям и физическим лицам, подлежащие зачислению в бюджет муниципального образования</x:v>
       </x:c>
       <x:c r="B313" s="4" t="n">
-        <x:v>136000</x:v>
+        <x:v>40200</x:v>
       </x:c>
       <x:c r="C313" s="4" t="n">
-        <x:v>283219.69</x:v>
+        <x:v>3451</x:v>
       </x:c>
       <x:c r="D313" s="4" t="n">
-        <x:v>208.25</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="E313" s="4" t="n">
-        <x:v>255163.79</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F313" s="4" t="n">
-        <x:v>111</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G313" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H313" s="4" t="n">
-        <x:v>141609.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I313" s="4" t="n">
-        <x:v>202.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J313" s="4" t="n">
-        <x:v>127581.88</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K313" s="4" t="n">
-        <x:v>111</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="314">
       <x:c r="A314" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 18 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области защиты Государственной границы Российской Федерации и обеспечения режима пребывания иностранных граждан или лиц без гражданства на территории Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 17 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на институты государственной власти</x:v>
       </x:c>
       <x:c r="B314" s="4" t="n">
-        <x:v>1100</x:v>
+        <x:v>136000</x:v>
       </x:c>
       <x:c r="C314" s="4" t="n">
-        <x:v>18000</x:v>
+        <x:v>317248.15</x:v>
       </x:c>
       <x:c r="D314" s="4" t="n">
-        <x:v>1636.36</x:v>
+        <x:v>233.27</x:v>
       </x:c>
       <x:c r="E314" s="4" t="n">
-        <x:v>2000</x:v>
+        <x:v>300415.84</x:v>
       </x:c>
       <x:c r="F314" s="4" t="n">
-        <x:v>900</x:v>
+        <x:v>105.6</x:v>
       </x:c>
       <x:c r="G314" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="H314" s="4" t="n">
-        <x:v>1000</x:v>
+        <x:v>158124.05</x:v>
       </x:c>
       <x:c r="I314" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>225.89</x:v>
       </x:c>
       <x:c r="J314" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>150207.9</x:v>
       </x:c>
       <x:c r="K314" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105.27</x:v>
       </x:c>
     </x:row>
     <x:row r="315">
       <x:c r="A315" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 18 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области защиты Государственной границы Российской Федерации и обеспечения режима пребывания иностранных граждан или лиц без гражданства на территории Российской Федерации, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 17 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на институты государственной власти, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B315" s="4" t="n">
-        <x:v>1100</x:v>
+        <x:v>136000</x:v>
       </x:c>
       <x:c r="C315" s="4" t="n">
-        <x:v>18000</x:v>
+        <x:v>317248.15</x:v>
       </x:c>
       <x:c r="D315" s="4" t="n">
-        <x:v>1636.36</x:v>
+        <x:v>233.27</x:v>
       </x:c>
       <x:c r="E315" s="4" t="n">
-        <x:v>2000</x:v>
+        <x:v>300415.84</x:v>
       </x:c>
       <x:c r="F315" s="4" t="n">
-        <x:v>900</x:v>
+        <x:v>105.6</x:v>
       </x:c>
       <x:c r="G315" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="H315" s="4" t="n">
-        <x:v>1000</x:v>
+        <x:v>158124.05</x:v>
       </x:c>
       <x:c r="I315" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>225.89</x:v>
       </x:c>
       <x:c r="J315" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>150207.9</x:v>
       </x:c>
       <x:c r="K315" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105.27</x:v>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 19 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения против порядка управления</x:v>
+        <x:v>Административные штрафы, установленные главой 18 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области защиты Государственной границы Российской Федерации и обеспечения режима пребывания иностранных граждан или лиц без гражданства на территории Российской Федерации</x:v>
       </x:c>
       <x:c r="B316" s="4" t="n">
-        <x:v>1488300</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="C316" s="4" t="n">
-        <x:v>2713695.74</x:v>
+        <x:v>18000</x:v>
       </x:c>
       <x:c r="D316" s="4" t="n">
-        <x:v>182.34</x:v>
+        <x:v>1636.36</x:v>
       </x:c>
       <x:c r="E316" s="4" t="n">
-        <x:v>4951986.82</x:v>
+        <x:v>4000</x:v>
       </x:c>
       <x:c r="F316" s="4" t="n">
-        <x:v>54.8</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="G316" s="4" t="n">
-        <x:v>1385000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H316" s="4" t="n">
-        <x:v>1359097.86</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="I316" s="4" t="n">
-        <x:v>98.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J316" s="4" t="n">
-        <x:v>2467943.39</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K316" s="4" t="n">
-        <x:v>55.07</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 19 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения против порядка управления, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 18 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области защиты Государственной границы Российской Федерации и обеспечения режима пребывания иностранных граждан или лиц без гражданства на территории Российской Федерации, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B317" s="4" t="n">
-        <x:v>30000</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="C317" s="4" t="n">
-        <x:v>20000</x:v>
+        <x:v>18000</x:v>
       </x:c>
       <x:c r="D317" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>1636.36</x:v>
       </x:c>
       <x:c r="E317" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4000</x:v>
       </x:c>
       <x:c r="F317" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="G317" s="4" t="n">
-        <x:v>30000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H317" s="4" t="n">
-        <x:v>20000</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="I317" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J317" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K317" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 19 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения против порядка управления, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 19 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения против порядка управления</x:v>
       </x:c>
       <x:c r="B318" s="4" t="n">
-        <x:v>1458300</x:v>
+        <x:v>1488300</x:v>
       </x:c>
       <x:c r="C318" s="4" t="n">
-        <x:v>2693695.74</x:v>
+        <x:v>3075743.31</x:v>
       </x:c>
       <x:c r="D318" s="4" t="n">
-        <x:v>184.71</x:v>
+        <x:v>206.66</x:v>
       </x:c>
       <x:c r="E318" s="4" t="n">
-        <x:v>4951986.82</x:v>
+        <x:v>5098340.48</x:v>
       </x:c>
       <x:c r="F318" s="4" t="n">
-        <x:v>54.4</x:v>
+        <x:v>60.33</x:v>
       </x:c>
       <x:c r="G318" s="4" t="n">
-        <x:v>1355000</x:v>
+        <x:v>1385000</x:v>
       </x:c>
       <x:c r="H318" s="4" t="n">
-        <x:v>1339097.86</x:v>
+        <x:v>1550121.64</x:v>
       </x:c>
       <x:c r="I318" s="4" t="n">
-        <x:v>98.83</x:v>
+        <x:v>111.92</x:v>
       </x:c>
       <x:c r="J318" s="4" t="n">
-        <x:v>2467943.39</x:v>
+        <x:v>2562620.21</x:v>
       </x:c>
       <x:c r="K318" s="4" t="n">
-        <x:v>54.26</x:v>
+        <x:v>60.49</x:v>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 20 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на общественный порядок и общественную безопасность</x:v>
+        <x:v>Административные штрафы, установленные главой 19 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения против порядка управления, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B319" s="4" t="n">
-        <x:v>8605500</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="C319" s="4" t="n">
-        <x:v>7520874.11</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="D319" s="4" t="n">
-        <x:v>87.4</x:v>
+        <x:v>133.33</x:v>
       </x:c>
       <x:c r="E319" s="4" t="n">
-        <x:v>4510078</x:v>
+        <x:v>43000</x:v>
       </x:c>
       <x:c r="F319" s="4" t="n">
-        <x:v>166.76</x:v>
+        <x:v>93.02</x:v>
       </x:c>
       <x:c r="G319" s="4" t="n">
-        <x:v>3570000</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="H319" s="4" t="n">
-        <x:v>3711561.02</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="I319" s="4" t="n">
-        <x:v>103.97</x:v>
+        <x:v>133.33</x:v>
       </x:c>
       <x:c r="J319" s="4" t="n">
-        <x:v>2245189.35</x:v>
+        <x:v>43000</x:v>
       </x:c>
       <x:c r="K319" s="4" t="n">
-        <x:v>165.31</x:v>
+        <x:v>93.02</x:v>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 20 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на общественный порядок и общественную безопасность, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Административные штрафы, установленные главой 19 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения против порядка управления, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B320" s="4" t="n">
-        <x:v>8605500</x:v>
+        <x:v>1458300</x:v>
       </x:c>
       <x:c r="C320" s="4" t="n">
-        <x:v>7520125.98</x:v>
+        <x:v>3035743.31</x:v>
       </x:c>
       <x:c r="D320" s="4" t="n">
-        <x:v>87.39</x:v>
+        <x:v>208.17</x:v>
       </x:c>
       <x:c r="E320" s="4" t="n">
-        <x:v>4509078</x:v>
+        <x:v>5055340.48</x:v>
       </x:c>
       <x:c r="F320" s="4" t="n">
-        <x:v>166.78</x:v>
+        <x:v>60.05</x:v>
       </x:c>
       <x:c r="G320" s="4" t="n">
-        <x:v>3570000</x:v>
+        <x:v>1355000</x:v>
       </x:c>
       <x:c r="H320" s="4" t="n">
-        <x:v>3710812.89</x:v>
+        <x:v>1510121.64</x:v>
       </x:c>
       <x:c r="I320" s="4" t="n">
-        <x:v>103.94</x:v>
+        <x:v>111.45</x:v>
       </x:c>
       <x:c r="J320" s="4" t="n">
-        <x:v>2244189.35</x:v>
+        <x:v>2519620.21</x:v>
       </x:c>
       <x:c r="K320" s="4" t="n">
-        <x:v>165.35</x:v>
+        <x:v>59.93</x:v>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 20 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на общественный порядок и общественную безопасность, выявленные должностными лицами органов исполнительной власти субъектов Российской Федерации, включенных в соответствующие перечни, утвержденные высшими должностными лицами субъектов Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 20 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на общественный порядок и общественную безопасность</x:v>
       </x:c>
       <x:c r="B321" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8605500</x:v>
       </x:c>
       <x:c r="C321" s="4" t="n">
-        <x:v>748.13</x:v>
+        <x:v>8691334.88</x:v>
       </x:c>
       <x:c r="D321" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E321" s="4" t="n">
-        <x:v>1000</x:v>
+        <x:v>4926965.5</x:v>
       </x:c>
       <x:c r="F321" s="4" t="n">
-        <x:v>74.81</x:v>
+        <x:v>176.4</x:v>
       </x:c>
       <x:c r="G321" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3570000</x:v>
       </x:c>
       <x:c r="H321" s="4" t="n">
-        <x:v>748.13</x:v>
+        <x:v>4299825.49</x:v>
       </x:c>
       <x:c r="I321" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>120.44</x:v>
       </x:c>
       <x:c r="J321" s="4" t="n">
-        <x:v>1000</x:v>
+        <x:v>2453183.07</x:v>
       </x:c>
       <x:c r="K321" s="4" t="n">
-        <x:v>74.81</x:v>
+        <x:v>175.28</x:v>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней (за исключением штрафов, указанных в пункте 6 статьи 46 Бюджетного кодекса Российской Федерации), выявленные инспекторами Счетной палаты Российской Федерации, должностными лицами контрольно-счетных органов субъектов Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 20 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на общественный порядок и общественную безопасность, налагаемые должностными лицами органов исполнительной власти субъектов Российской Федерации, учреждениями субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B322" s="4" t="n">
-        <x:v>38000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C322" s="4" t="n">
-        <x:v>85000</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="D322" s="4" t="n">
-        <x:v>223.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E322" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F322" s="4" t="n">
-        <x:v>566.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G322" s="4" t="n">
-        <x:v>38000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H322" s="4" t="n">
-        <x:v>85000</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="I322" s="4" t="n">
-        <x:v>223.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J322" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K322" s="4" t="n">
-        <x:v>566.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" s="3" t="str">
-        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней (за исключением штрафов, указанных в пункте 6 статьи 46 Бюджетного кодекса Российской Федерации), выявленные должностными лицами контрольно-счетных органов субъектов Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 20 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на общественный порядок и общественную безопасность, налагаемые мировыми судьями, комиссиями по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="B323" s="4" t="n">
-        <x:v>38000</x:v>
+        <x:v>8605500</x:v>
       </x:c>
       <x:c r="C323" s="4" t="n">
-        <x:v>85000</x:v>
+        <x:v>8684518.61</x:v>
       </x:c>
       <x:c r="D323" s="4" t="n">
-        <x:v>223.68</x:v>
+        <x:v>100.92</x:v>
       </x:c>
       <x:c r="E323" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>4925965.5</x:v>
       </x:c>
       <x:c r="F323" s="4" t="n">
-        <x:v>566.67</x:v>
+        <x:v>176.3</x:v>
       </x:c>
       <x:c r="G323" s="4" t="n">
-        <x:v>38000</x:v>
+        <x:v>3570000</x:v>
       </x:c>
       <x:c r="H323" s="4" t="n">
-        <x:v>85000</x:v>
+        <x:v>4293009.22</x:v>
       </x:c>
       <x:c r="I323" s="4" t="n">
-        <x:v>223.68</x:v>
+        <x:v>120.25</x:v>
       </x:c>
       <x:c r="J323" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>2452183.07</x:v>
       </x:c>
       <x:c r="K323" s="4" t="n">
-        <x:v>566.67</x:v>
+        <x:v>175.07</x:v>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" s="3" t="str">
-        <x:v>Административные штрафы, установленные законами субъектов Российской Федерации об административных правонарушениях</x:v>
+        <x:v>Административные штрафы, установленные главой 20 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения, посягающие на общественный порядок и общественную безопасность, выявленные должностными лицами органов исполнительной власти субъектов Российской Федерации, включенных в соответствующие перечни, утвержденные высшими должностными лицами субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B324" s="4" t="n">
-        <x:v>974450.48</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C324" s="4" t="n">
-        <x:v>912198.79</x:v>
+        <x:v>5816.27</x:v>
       </x:c>
       <x:c r="D324" s="4" t="n">
-        <x:v>93.61</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E324" s="4" t="n">
-        <x:v>316252.6</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="F324" s="4" t="n">
-        <x:v>288.44</x:v>
+        <x:v>581.63</x:v>
       </x:c>
       <x:c r="G324" s="4" t="n">
-        <x:v>17500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H324" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>5816.27</x:v>
       </x:c>
       <x:c r="I324" s="4" t="n">
-        <x:v>85.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J324" s="4" t="n">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="K324" s="4" t="n">
-        <x:v>1500</x:v>
+        <x:v>581.63</x:v>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" s="3" t="str">
-        <x:v>Административные штрафы, установленные законами субъектов Российской Федерации об административных правонарушениях, за нарушение законов и иных нормативных правовых актов субъектов Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней (за исключением штрафов, указанных в пункте 6 статьи 46 Бюджетного кодекса Российской Федерации), выявленные инспекторами Счетной палаты Российской Федерации, должностными лицами контрольно-счетных органов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B325" s="4" t="n">
-        <x:v>845300</x:v>
+        <x:v>38000</x:v>
       </x:c>
       <x:c r="C325" s="4" t="n">
-        <x:v>800556.46</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="D325" s="4" t="n">
-        <x:v>94.71</x:v>
+        <x:v>223.68</x:v>
       </x:c>
       <x:c r="E325" s="4" t="n">
-        <x:v>241771.78</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="F325" s="4" t="n">
-        <x:v>331.12</x:v>
+        <x:v>188.89</x:v>
       </x:c>
       <x:c r="G325" s="4" t="n">
-        <x:v>17500</x:v>
+        <x:v>38000</x:v>
       </x:c>
       <x:c r="H325" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="I325" s="4" t="n">
-        <x:v>85.71</x:v>
+        <x:v>223.68</x:v>
       </x:c>
       <x:c r="J325" s="4" t="n">
-        <x:v>1000</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="K325" s="4" t="n">
-        <x:v>1500</x:v>
+        <x:v>188.89</x:v>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" s="3" t="str">
-        <x:v>Административные штрафы, установленные законами субъектов Российской Федерации об административных правонарушениях, за нарушение муниципальных правовых актов</x:v>
+        <x:v>Административные штрафы, установленные главой 15 Кодекса Российской Федерации об административных правонарушениях, за административные правонарушения в области финансов, налогов и сборов, страхования, рынка ценных бумаг, добычи, производства, использования и обращения драгоценных металлов и драгоценных камней (за исключением штрафов, указанных в пункте 6 статьи 46 Бюджетного кодекса Российской Федерации), выявленные должностными лицами контрольно-счетных органов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B326" s="4" t="n">
-        <x:v>129150.48</x:v>
+        <x:v>38000</x:v>
       </x:c>
       <x:c r="C326" s="4" t="n">
-        <x:v>111642.33</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="D326" s="4" t="n">
-        <x:v>86.44</x:v>
+        <x:v>223.68</x:v>
       </x:c>
       <x:c r="E326" s="4" t="n">
-        <x:v>74480.82</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="F326" s="4" t="n">
-        <x:v>149.89</x:v>
+        <x:v>188.89</x:v>
       </x:c>
       <x:c r="G326" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>38000</x:v>
       </x:c>
       <x:c r="H326" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="I326" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>223.68</x:v>
       </x:c>
       <x:c r="J326" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="K326" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>188.89</x:v>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед государственным (муниципальным) органом, органом управления государственным внебюджетным фондом, казенным учреждением, Центральным банком Российской Федерации, иной организацией, действующей от имени Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные законами субъектов Российской Федерации об административных правонарушениях</x:v>
       </x:c>
       <x:c r="B327" s="4" t="n">
-        <x:v>14468459.03</x:v>
+        <x:v>974450.48</x:v>
       </x:c>
       <x:c r="C327" s="4" t="n">
-        <x:v>11251533.55</x:v>
+        <x:v>1042737.74</x:v>
       </x:c>
       <x:c r="D327" s="4" t="n">
-        <x:v>77.77</x:v>
+        <x:v>107.01</x:v>
       </x:c>
       <x:c r="E327" s="4" t="n">
-        <x:v>9994156.71</x:v>
+        <x:v>394277.6</x:v>
       </x:c>
       <x:c r="F327" s="4" t="n">
-        <x:v>112.58</x:v>
+        <x:v>264.47</x:v>
       </x:c>
       <x:c r="G327" s="4" t="n">
-        <x:v>3475000</x:v>
+        <x:v>17500</x:v>
       </x:c>
       <x:c r="H327" s="4" t="n">
-        <x:v>862636.46</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="I327" s="4" t="n">
-        <x:v>24.82</x:v>
+        <x:v>85.71</x:v>
       </x:c>
       <x:c r="J327" s="4" t="n">
-        <x:v>1011814.02</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K327" s="4" t="n">
-        <x:v>85.26</x:v>
+        <x:v>1500</x:v>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных государственным (муниципальным) контрактом</x:v>
+        <x:v>Административные штрафы, установленные законами субъектов Российской Федерации об административных правонарушениях, за нарушение законов и иных нормативных правовых актов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B328" s="4" t="n">
-        <x:v>1865049.03</x:v>
+        <x:v>845300</x:v>
       </x:c>
       <x:c r="C328" s="4" t="n">
-        <x:v>711057.47</x:v>
+        <x:v>926450.85</x:v>
       </x:c>
       <x:c r="D328" s="4" t="n">
-        <x:v>38.13</x:v>
+        <x:v>109.6</x:v>
       </x:c>
       <x:c r="E328" s="4" t="n">
-        <x:v>640242.74</x:v>
+        <x:v>311796.78</x:v>
       </x:c>
       <x:c r="F328" s="4" t="n">
-        <x:v>111.06</x:v>
+        <x:v>297.13</x:v>
       </x:c>
       <x:c r="G328" s="4" t="n">
-        <x:v>717300</x:v>
+        <x:v>17500</x:v>
       </x:c>
       <x:c r="H328" s="4" t="n">
-        <x:v>300199.39</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="I328" s="4" t="n">
-        <x:v>41.85</x:v>
+        <x:v>85.71</x:v>
       </x:c>
       <x:c r="J328" s="4" t="n">
-        <x:v>578910.99</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="K328" s="4" t="n">
-        <x:v>51.86</x:v>
+        <x:v>1500</x:v>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных государственным контрактом, заключенным государственным органом субъекта Российской Федерации, казенным учреждением субъекта Российской Федерации</x:v>
+        <x:v>Административные штрафы, установленные законами субъектов Российской Федерации об административных правонарушениях, за нарушение муниципальных правовых актов</x:v>
       </x:c>
       <x:c r="B329" s="4" t="n">
-        <x:v>717300</x:v>
+        <x:v>129150.48</x:v>
       </x:c>
       <x:c r="C329" s="4" t="n">
-        <x:v>300199.39</x:v>
+        <x:v>116286.89</x:v>
       </x:c>
       <x:c r="D329" s="4" t="n">
-        <x:v>41.85</x:v>
+        <x:v>90.04</x:v>
       </x:c>
       <x:c r="E329" s="4" t="n">
-        <x:v>578910.99</x:v>
+        <x:v>82480.82</x:v>
       </x:c>
       <x:c r="F329" s="4" t="n">
-        <x:v>51.86</x:v>
+        <x:v>140.99</x:v>
       </x:c>
       <x:c r="G329" s="4" t="n">
-        <x:v>717300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H329" s="4" t="n">
-        <x:v>300199.39</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I329" s="4" t="n">
-        <x:v>41.85</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J329" s="4" t="n">
-        <x:v>578910.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K329" s="4" t="n">
-        <x:v>51.86</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных муниципальным контрактом, заключенным муниципальным органом, казенным учреждением городского округа</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед государственным (муниципальным) органом, органом управления государственным внебюджетным фондом, казенным учреждением, Центральным банком Российской Федерации, иной организацией, действующей от имени Российской Федерации</x:v>
       </x:c>
       <x:c r="B330" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>14468459.03</x:v>
       </x:c>
       <x:c r="C330" s="4" t="n">
-        <x:v>13.79</x:v>
+        <x:v>12870592.57</x:v>
       </x:c>
       <x:c r="D330" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>88.96</x:v>
       </x:c>
       <x:c r="E330" s="4" t="n">
-        <x:v>367.69</x:v>
+        <x:v>10838616.75</x:v>
       </x:c>
       <x:c r="F330" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>118.75</x:v>
       </x:c>
       <x:c r="G330" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3475000</x:v>
       </x:c>
       <x:c r="H330" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1161173.92</x:v>
       </x:c>
       <x:c r="I330" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>33.42</x:v>
       </x:c>
       <x:c r="J330" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1248417.15</x:v>
       </x:c>
       <x:c r="K330" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>93.01</x:v>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных муниципальным контрактом, заключенным муниципальным органом, казенным учреждением муниципального района</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных государственным (муниципальным) контрактом</x:v>
       </x:c>
       <x:c r="B331" s="4" t="n">
-        <x:v>17000</x:v>
+        <x:v>1865049.03</x:v>
       </x:c>
       <x:c r="C331" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>996965.8</x:v>
       </x:c>
       <x:c r="D331" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>53.46</x:v>
       </x:c>
       <x:c r="E331" s="4" t="n">
-        <x:v>32108.06</x:v>
+        <x:v>726242.28</x:v>
       </x:c>
       <x:c r="F331" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>137.28</x:v>
       </x:c>
       <x:c r="G331" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>717300</x:v>
       </x:c>
       <x:c r="H331" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>585607.72</x:v>
       </x:c>
       <x:c r="I331" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>81.64</x:v>
       </x:c>
       <x:c r="J331" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>664241.91</x:v>
       </x:c>
       <x:c r="K331" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>88.16</x:v>
       </x:c>
     </x:row>
     <x:row r="332">
       <x:c r="A332" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных муниципальным контрактом, заключенным муниципальным органом, казенным учреждением сельского поселения</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных государственным контрактом, заключенным государственным органом субъекта Российской Федерации, казенным учреждением субъекта Российской Федерации</x:v>
       </x:c>
       <x:c r="B332" s="4" t="n">
-        <x:v>1130749.03</x:v>
+        <x:v>717300</x:v>
       </x:c>
       <x:c r="C332" s="4" t="n">
-        <x:v>395926.44</x:v>
+        <x:v>585607.72</x:v>
       </x:c>
       <x:c r="D332" s="4" t="n">
-        <x:v>35.01</x:v>
+        <x:v>81.64</x:v>
       </x:c>
       <x:c r="E332" s="4" t="n">
-        <x:v>28856</x:v>
+        <x:v>664241.91</x:v>
       </x:c>
       <x:c r="F332" s="4" t="n">
-        <x:v>1372.08</x:v>
+        <x:v>88.16</x:v>
       </x:c>
       <x:c r="G332" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>717300</x:v>
       </x:c>
       <x:c r="H332" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>585607.72</x:v>
       </x:c>
       <x:c r="I332" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>81.64</x:v>
       </x:c>
       <x:c r="J332" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>664241.91</x:v>
       </x:c>
       <x:c r="K332" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>88.16</x:v>
       </x:c>
     </x:row>
     <x:row r="333">
       <x:c r="A333" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных муниципальным контрактом, заключенным муниципальным органом, казенным учреждением городского поселения</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных муниципальным контрактом, заключенным муниципальным органом, казенным учреждением городского округа</x:v>
       </x:c>
       <x:c r="B333" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C333" s="4" t="n">
-        <x:v>14917.85</x:v>
+        <x:v>13.79</x:v>
       </x:c>
       <x:c r="D333" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E333" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>855.13</x:v>
       </x:c>
       <x:c r="F333" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="G333" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H333" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I333" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J333" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K333" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="334">
       <x:c r="A334" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором аренды лесного участка или договором купли-продажи лесных насаждений в случае неисполнения или ненадлежащего исполнения обязательств перед государственным (муниципальным) органом, казенным учреждением</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных муниципальным контрактом, заключенным муниципальным органом, казенным учреждением муниципального района</x:v>
       </x:c>
       <x:c r="B334" s="4" t="n">
-        <x:v>280000</x:v>
+        <x:v>17000</x:v>
       </x:c>
       <x:c r="C334" s="4" t="n">
-        <x:v>520350.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D334" s="4" t="n">
-        <x:v>185.84</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E334" s="4" t="n">
-        <x:v>105912.6</x:v>
+        <x:v>32289.24</x:v>
       </x:c>
       <x:c r="F334" s="4" t="n">
-        <x:v>491.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G334" s="4" t="n">
-        <x:v>280000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H334" s="4" t="n">
-        <x:v>520350.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I334" s="4" t="n">
-        <x:v>185.84</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J334" s="4" t="n">
-        <x:v>105912.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K334" s="4" t="n">
-        <x:v>491.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="335">
       <x:c r="A335" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором аренды лесного участка или договором купли-продажи лесных насаждений в случае неисполнения или ненадлежащего исполнения обязательств перед государственным органом субъекта Российской Федерации, казенным учреждением субъекта Российской Федерации</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных муниципальным контрактом, заключенным муниципальным органом, казенным учреждением сельского поселения</x:v>
       </x:c>
       <x:c r="B335" s="4" t="n">
-        <x:v>280000</x:v>
+        <x:v>1130749.03</x:v>
       </x:c>
       <x:c r="C335" s="4" t="n">
-        <x:v>520350.2</x:v>
+        <x:v>396426.44</x:v>
       </x:c>
       <x:c r="D335" s="4" t="n">
-        <x:v>185.84</x:v>
+        <x:v>35.06</x:v>
       </x:c>
       <x:c r="E335" s="4" t="n">
-        <x:v>105912.6</x:v>
+        <x:v>28856</x:v>
       </x:c>
       <x:c r="F335" s="4" t="n">
-        <x:v>491.3</x:v>
+        <x:v>1373.81</x:v>
       </x:c>
       <x:c r="G335" s="4" t="n">
-        <x:v>280000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H335" s="4" t="n">
-        <x:v>520350.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I335" s="4" t="n">
-        <x:v>185.84</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J335" s="4" t="n">
-        <x:v>105912.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K335" s="4" t="n">
-        <x:v>491.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="336">
       <x:c r="A336" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором водопользования в случае неисполнения или ненадлежащего исполнения обязательств перед государственным (муниципальным) органом, казенным учреждением</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в случае просрочки исполнения поставщиком (подрядчиком, исполнителем) обязательств, предусмотренных муниципальным контрактом, заключенным муниципальным органом, казенным учреждением городского поселения</x:v>
       </x:c>
       <x:c r="B336" s="4" t="n">
-        <x:v>525000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C336" s="4" t="n">
-        <x:v>122100</x:v>
+        <x:v>14917.85</x:v>
       </x:c>
       <x:c r="D336" s="4" t="n">
-        <x:v>23.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E336" s="4" t="n">
-        <x:v>449995.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F336" s="4" t="n">
-        <x:v>27.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G336" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H336" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I336" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J336" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K336" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="337">
       <x:c r="A337" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором водопользования в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) сельского поселения</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором аренды лесного участка или договором купли-продажи лесных насаждений в случае неисполнения или ненадлежащего исполнения обязательств перед государственным (муниципальным) органом, казенным учреждением</x:v>
       </x:c>
       <x:c r="B337" s="4" t="n">
-        <x:v>75000</x:v>
+        <x:v>280000</x:v>
       </x:c>
       <x:c r="C337" s="4" t="n">
-        <x:v>106100</x:v>
+        <x:v>533412.38</x:v>
       </x:c>
       <x:c r="D337" s="4" t="n">
-        <x:v>141.47</x:v>
+        <x:v>190.5</x:v>
       </x:c>
       <x:c r="E337" s="4" t="n">
-        <x:v>421495.44</x:v>
+        <x:v>223721.58</x:v>
       </x:c>
       <x:c r="F337" s="4" t="n">
-        <x:v>25.17</x:v>
+        <x:v>238.43</x:v>
       </x:c>
       <x:c r="G337" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>280000</x:v>
       </x:c>
       <x:c r="H337" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>533412.38</x:v>
       </x:c>
       <x:c r="I337" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>190.5</x:v>
       </x:c>
       <x:c r="J337" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>223721.58</x:v>
       </x:c>
       <x:c r="K337" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>238.43</x:v>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" s="3" t="str">
-        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором водопользования в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) городского поселения</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором аренды лесного участка или договором купли-продажи лесных насаждений в случае неисполнения или ненадлежащего исполнения обязательств перед государственным органом субъекта Российской Федерации, казенным учреждением субъекта Российской Федерации</x:v>
       </x:c>
       <x:c r="B338" s="4" t="n">
-        <x:v>450000</x:v>
+        <x:v>280000</x:v>
       </x:c>
       <x:c r="C338" s="4" t="n">
-        <x:v>16000</x:v>
+        <x:v>533412.38</x:v>
       </x:c>
       <x:c r="D338" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>190.5</x:v>
       </x:c>
       <x:c r="E338" s="4" t="n">
-        <x:v>28500</x:v>
+        <x:v>223721.58</x:v>
       </x:c>
       <x:c r="F338" s="4" t="n">
-        <x:v>56.14</x:v>
+        <x:v>238.43</x:v>
       </x:c>
       <x:c r="G338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>280000</x:v>
       </x:c>
       <x:c r="H338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>533412.38</x:v>
       </x:c>
       <x:c r="I338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>190.5</x:v>
       </x:c>
       <x:c r="J338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>223721.58</x:v>
       </x:c>
       <x:c r="K338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>238.43</x:v>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" s="3" t="str">
-        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед государственным (муниципальным) органом, казенным учреждением, Центральным банком Российской Федерации, государственной корпорацией</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором водопользования в случае неисполнения или ненадлежащего исполнения обязательств перед государственным (муниципальным) органом, казенным учреждением</x:v>
       </x:c>
       <x:c r="B339" s="4" t="n">
-        <x:v>11798410</x:v>
+        <x:v>525000</x:v>
       </x:c>
       <x:c r="C339" s="4" t="n">
-        <x:v>9898025.88</x:v>
+        <x:v>144100</x:v>
       </x:c>
       <x:c r="D339" s="4" t="n">
-        <x:v>83.89</x:v>
+        <x:v>27.45</x:v>
       </x:c>
       <x:c r="E339" s="4" t="n">
-        <x:v>8798005.93</x:v>
+        <x:v>465995.44</x:v>
       </x:c>
       <x:c r="F339" s="4" t="n">
-        <x:v>112.5</x:v>
+        <x:v>30.92</x:v>
       </x:c>
       <x:c r="G339" s="4" t="n">
-        <x:v>2477700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H339" s="4" t="n">
-        <x:v>42086.87</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I339" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J339" s="4" t="n">
-        <x:v>326990.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K339" s="4" t="n">
-        <x:v>12.87</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" s="3" t="str">
-        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед государственным органом субъекта Российской Федерации, казенным учреждением субъекта Российской Федерации</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором водопользования в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) сельского поселения</x:v>
       </x:c>
       <x:c r="B340" s="4" t="n">
-        <x:v>2477700</x:v>
+        <x:v>75000</x:v>
       </x:c>
       <x:c r="C340" s="4" t="n">
-        <x:v>42086.87</x:v>
+        <x:v>128100</x:v>
       </x:c>
       <x:c r="D340" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>170.8</x:v>
       </x:c>
       <x:c r="E340" s="4" t="n">
-        <x:v>326990.43</x:v>
+        <x:v>422495.44</x:v>
       </x:c>
       <x:c r="F340" s="4" t="n">
-        <x:v>12.87</x:v>
+        <x:v>30.32</x:v>
       </x:c>
       <x:c r="G340" s="4" t="n">
-        <x:v>2477700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H340" s="4" t="n">
-        <x:v>42086.87</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I340" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J340" s="4" t="n">
-        <x:v>326990.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K340" s="4" t="n">
-        <x:v>12.87</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" s="3" t="str">
-        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) городского округа</x:v>
+        <x:v>Штрафы, неустойки, пени, уплаченные в соответствии с договором водопользования в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) городского поселения</x:v>
       </x:c>
       <x:c r="B341" s="4" t="n">
-        <x:v>1878000</x:v>
+        <x:v>450000</x:v>
       </x:c>
       <x:c r="C341" s="4" t="n">
-        <x:v>1813385.76</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="D341" s="4" t="n">
-        <x:v>96.56</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="E341" s="4" t="n">
-        <x:v>2789132.99</x:v>
+        <x:v>43500</x:v>
       </x:c>
       <x:c r="F341" s="4" t="n">
-        <x:v>65.02</x:v>
+        <x:v>36.78</x:v>
       </x:c>
       <x:c r="G341" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H341" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I341" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J341" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K341" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" s="3" t="str">
-        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) муниципального района</x:v>
+        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед государственным (муниципальным) органом, казенным учреждением, Центральным банком Российской Федерации, государственной корпорацией</x:v>
       </x:c>
       <x:c r="B342" s="4" t="n">
-        <x:v>7311000</x:v>
+        <x:v>11798410</x:v>
       </x:c>
       <x:c r="C342" s="4" t="n">
-        <x:v>6364245.79</x:v>
+        <x:v>11196114.39</x:v>
       </x:c>
       <x:c r="D342" s="4" t="n">
-        <x:v>87.05</x:v>
+        <x:v>94.9</x:v>
       </x:c>
       <x:c r="E342" s="4" t="n">
-        <x:v>5146681.53</x:v>
+        <x:v>9422657.45</x:v>
       </x:c>
       <x:c r="F342" s="4" t="n">
-        <x:v>123.66</x:v>
+        <x:v>118.82</x:v>
       </x:c>
       <x:c r="G342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2477700</x:v>
       </x:c>
       <x:c r="H342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>42153.82</x:v>
       </x:c>
       <x:c r="I342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="J342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>360453.66</x:v>
       </x:c>
       <x:c r="K342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11.69</x:v>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" s="3" t="str">
-        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) сельского поселения</x:v>
+        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед государственным органом субъекта Российской Федерации, казенным учреждением субъекта Российской Федерации</x:v>
       </x:c>
       <x:c r="B343" s="4" t="n">
-        <x:v>116710</x:v>
+        <x:v>2477700</x:v>
       </x:c>
       <x:c r="C343" s="4" t="n">
-        <x:v>108292.73</x:v>
+        <x:v>42153.82</x:v>
       </x:c>
       <x:c r="D343" s="4" t="n">
-        <x:v>92.79</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E343" s="4" t="n">
-        <x:v>528903.14</x:v>
+        <x:v>360453.66</x:v>
       </x:c>
       <x:c r="F343" s="4" t="n">
-        <x:v>20.47</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="G343" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2477700</x:v>
       </x:c>
       <x:c r="H343" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>42153.82</x:v>
       </x:c>
       <x:c r="I343" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="J343" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>360453.66</x:v>
       </x:c>
       <x:c r="K343" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11.69</x:v>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" s="3" t="str">
-        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) городского поселения</x:v>
+        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) городского округа</x:v>
       </x:c>
       <x:c r="B344" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>1878000</x:v>
       </x:c>
       <x:c r="C344" s="4" t="n">
-        <x:v>1570014.73</x:v>
+        <x:v>1863385.76</x:v>
       </x:c>
       <x:c r="D344" s="4" t="n">
-        <x:v>10466.76</x:v>
+        <x:v>99.22</x:v>
       </x:c>
       <x:c r="E344" s="4" t="n">
-        <x:v>6297.84</x:v>
+        <x:v>2544356.72</x:v>
       </x:c>
       <x:c r="F344" s="4" t="n">
-        <x:v>24929.42</x:v>
+        <x:v>73.24</x:v>
       </x:c>
       <x:c r="G344" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H344" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I344" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J344" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K344" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" s="3" t="str">
-        <x:v>Платежи в целях возмещения причиненного ущерба (убытков)</x:v>
+        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) муниципального района</x:v>
       </x:c>
       <x:c r="B345" s="4" t="n">
-        <x:v>28499160</x:v>
+        <x:v>7311000</x:v>
       </x:c>
       <x:c r="C345" s="4" t="n">
-        <x:v>3440291.37</x:v>
+        <x:v>7572188.66</x:v>
       </x:c>
       <x:c r="D345" s="4" t="n">
-        <x:v>12.07</x:v>
+        <x:v>103.57</x:v>
       </x:c>
       <x:c r="E345" s="4" t="n">
-        <x:v>356814.78</x:v>
+        <x:v>5945253.83</x:v>
       </x:c>
       <x:c r="F345" s="4" t="n">
-        <x:v>964.17</x:v>
+        <x:v>127.37</x:v>
       </x:c>
       <x:c r="G345" s="4" t="n">
-        <x:v>6821560</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H345" s="4" t="n">
-        <x:v>2024527.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I345" s="4" t="n">
-        <x:v>29.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J345" s="4" t="n">
-        <x:v>1454302.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K345" s="4" t="n">
-        <x:v>139.21</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" s="3" t="str">
-        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного имуществу, находящемуся в собственности субъекта Российской Федерации (за исключением имущества, закрепленного за бюджетными (автономными) учреждениями, унитарными предприятиями субъекта Российской Федерации)</x:v>
+        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) сельского поселения</x:v>
       </x:c>
       <x:c r="B346" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>116710</x:v>
       </x:c>
       <x:c r="C346" s="4" t="n">
-        <x:v>8500</x:v>
+        <x:v>118109.68</x:v>
       </x:c>
       <x:c r="D346" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>101.2</x:v>
       </x:c>
       <x:c r="E346" s="4" t="n">
-        <x:v>34523.94</x:v>
+        <x:v>550121.45</x:v>
       </x:c>
       <x:c r="F346" s="4" t="n">
-        <x:v>24.62</x:v>
+        <x:v>21.47</x:v>
       </x:c>
       <x:c r="G346" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H346" s="4" t="n">
-        <x:v>8500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I346" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J346" s="4" t="n">
-        <x:v>34523.94</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K346" s="4" t="n">
-        <x:v>24.62</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" s="3" t="str">
-        <x:v>Прочее возмещение ущерба, причиненного имуществу, находящемуся в собственности субъекта Российской Федерации (за исключением имущества, закрепленного за бюджетными (автономными) учреждениями, унитарными предприятиями субъекта Российской Федерации)</x:v>
+        <x:v>Иные штрафы, неустойки, пени, уплаченные в соответствии с законом или договором в случае неисполнения или ненадлежащего исполнения обязательств перед муниципальным органом (муниципальным казенным учреждением) городского поселения</x:v>
       </x:c>
       <x:c r="B347" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="C347" s="4" t="n">
-        <x:v>8500</x:v>
+        <x:v>1600276.47</x:v>
       </x:c>
       <x:c r="D347" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10668.51</x:v>
       </x:c>
       <x:c r="E347" s="4" t="n">
-        <x:v>34523.94</x:v>
+        <x:v>22471.79</x:v>
       </x:c>
       <x:c r="F347" s="4" t="n">
-        <x:v>24.62</x:v>
+        <x:v>7121.27</x:v>
       </x:c>
       <x:c r="G347" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H347" s="4" t="n">
-        <x:v>8500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I347" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J347" s="4" t="n">
-        <x:v>34523.94</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K347" s="4" t="n">
-        <x:v>24.62</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="348">
       <x:c r="A348" s="3" t="str">
-        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного муниципальному имуществу городского округа (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
+        <x:v>Платежи в целях возмещения причиненного ущерба (убытков)</x:v>
       </x:c>
       <x:c r="B348" s="4" t="n">
-        <x:v>460000</x:v>
+        <x:v>28999160</x:v>
       </x:c>
       <x:c r="C348" s="4" t="n">
-        <x:v>400000</x:v>
+        <x:v>3894567.64</x:v>
       </x:c>
       <x:c r="D348" s="4" t="n">
-        <x:v>86.96</x:v>
+        <x:v>13.43</x:v>
       </x:c>
       <x:c r="E348" s="4" t="n">
-        <x:v>59144</x:v>
+        <x:v>1010480.69</x:v>
       </x:c>
       <x:c r="F348" s="4" t="n">
-        <x:v>676.32</x:v>
+        <x:v>385.42</x:v>
       </x:c>
       <x:c r="G348" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6821560</x:v>
       </x:c>
       <x:c r="H348" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2383748.42</x:v>
       </x:c>
       <x:c r="I348" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34.94</x:v>
       </x:c>
       <x:c r="J348" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2076680.12</x:v>
       </x:c>
       <x:c r="K348" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>114.79</x:v>
       </x:c>
     </x:row>
     <x:row r="349">
       <x:c r="A349" s="3" t="str">
-        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного муниципальному имуществу муниципального района (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
+        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного имуществу, находящемуся в собственности субъекта Российской Федерации (за исключением имущества, закрепленного за бюджетными (автономными) учреждениями, унитарными предприятиями субъекта Российской Федерации)</x:v>
       </x:c>
       <x:c r="B349" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C349" s="4" t="n">
-        <x:v>137800</x:v>
+        <x:v>72974</x:v>
       </x:c>
       <x:c r="D349" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E349" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>35473.94</x:v>
       </x:c>
       <x:c r="F349" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>205.71</x:v>
       </x:c>
       <x:c r="G349" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H349" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>72974</x:v>
       </x:c>
       <x:c r="I349" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J349" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>35473.94</x:v>
       </x:c>
       <x:c r="K349" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>205.71</x:v>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" s="3" t="str">
-        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного муниципальному имуществу сельского поселения (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
+        <x:v>Возмещение ущерба при возникновении страховых случаев, когда выгодоприобретателями выступают получатели средств бюджета субъекта Российской Федерации</x:v>
       </x:c>
       <x:c r="B350" s="4" t="n">
-        <x:v>170000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C350" s="4" t="n">
-        <x:v>99049.01</x:v>
+        <x:v>63524</x:v>
       </x:c>
       <x:c r="D350" s="4" t="n">
-        <x:v>58.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E350" s="4" t="n">
-        <x:v>90177.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F350" s="4" t="n">
-        <x:v>109.84</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G350" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H350" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>63524</x:v>
       </x:c>
       <x:c r="I350" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J350" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K350" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" s="3" t="str">
-        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного муниципальному имуществу городского поселения (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
+        <x:v>Прочее возмещение ущерба, причиненного имуществу, находящемуся в собственности субъекта Российской Федерации (за исключением имущества, закрепленного за бюджетными (автономными) учреждениями, унитарными предприятиями субъекта Российской Федерации)</x:v>
       </x:c>
       <x:c r="B351" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C351" s="4" t="n">
-        <x:v>52994.65</x:v>
+        <x:v>9450</x:v>
       </x:c>
       <x:c r="D351" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E351" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>35473.94</x:v>
       </x:c>
       <x:c r="F351" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>26.64</x:v>
       </x:c>
       <x:c r="G351" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H351" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9450</x:v>
       </x:c>
       <x:c r="I351" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J351" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>35473.94</x:v>
       </x:c>
       <x:c r="K351" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>26.64</x:v>
       </x:c>
     </x:row>
     <x:row r="352">
       <x:c r="A352" s="3" t="str">
-        <x:v>Возмещение ущерба при возникновении страховых случаев, когда выгодоприобретателями выступают получатели средств бюджета городского округа</x:v>
+        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного муниципальному имуществу городского округа (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
       </x:c>
       <x:c r="B352" s="4" t="n">
         <x:v>460000</x:v>
       </x:c>
       <x:c r="C352" s="4" t="n">
         <x:v>400000</x:v>
       </x:c>
       <x:c r="D352" s="4" t="n">
         <x:v>86.96</x:v>
       </x:c>
       <x:c r="E352" s="4" t="n">
         <x:v>59144</x:v>
       </x:c>
       <x:c r="F352" s="4" t="n">
         <x:v>676.32</x:v>
       </x:c>
       <x:c r="G352" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H352" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I352" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J352" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K352" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="353">
       <x:c r="A353" s="3" t="str">
-        <x:v>Возмещение ущерба при возникновении страховых случаев, когда выгодоприобретателями выступают получатели средств бюджета муниципального района</x:v>
+        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного муниципальному имуществу муниципального района (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
       </x:c>
       <x:c r="B353" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C353" s="4" t="n">
         <x:v>137800</x:v>
       </x:c>
       <x:c r="D353" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E353" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F353" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G353" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H353" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I353" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J353" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K353" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="354">
       <x:c r="A354" s="3" t="str">
-        <x:v>Прочее возмещение ущерба, причиненного муниципальному имуществу сельского поселения (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
+        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного муниципальному имуществу сельского поселения (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
       </x:c>
       <x:c r="B354" s="4" t="n">
         <x:v>170000</x:v>
       </x:c>
       <x:c r="C354" s="4" t="n">
-        <x:v>99049.01</x:v>
+        <x:v>109049.01</x:v>
       </x:c>
       <x:c r="D354" s="4" t="n">
-        <x:v>58.26</x:v>
+        <x:v>64.15</x:v>
       </x:c>
       <x:c r="E354" s="4" t="n">
-        <x:v>90177.03</x:v>
+        <x:v>104531.59</x:v>
       </x:c>
       <x:c r="F354" s="4" t="n">
-        <x:v>109.84</x:v>
+        <x:v>104.32</x:v>
       </x:c>
       <x:c r="G354" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H354" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I354" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J354" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K354" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="355">
       <x:c r="A355" s="3" t="str">
-        <x:v>Прочее возмещение ущерба, причиненного муниципальному имуществу городского поселения (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
+        <x:v>Платежи по искам о возмещении ущерба, а также платежи, уплачиваемые при добровольном возмещении ущерба, причиненного муниципальному имуществу городского поселения (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
       </x:c>
       <x:c r="B355" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C355" s="4" t="n">
         <x:v>52994.65</x:v>
       </x:c>
       <x:c r="D355" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E355" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F355" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G355" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H355" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I355" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J355" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K355" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="356">
       <x:c r="A356" s="3" t="str">
-        <x:v>Платежи в целях возмещения убытков, причиненных уклонением от заключения государственного контракта</x:v>
+        <x:v>Возмещение ущерба при возникновении страховых случаев, когда выгодоприобретателями выступают получатели средств бюджета городского округа</x:v>
       </x:c>
       <x:c r="B356" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>460000</x:v>
       </x:c>
       <x:c r="C356" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>400000</x:v>
       </x:c>
       <x:c r="D356" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>86.96</x:v>
       </x:c>
       <x:c r="E356" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>59144</x:v>
       </x:c>
       <x:c r="F356" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>676.32</x:v>
       </x:c>
       <x:c r="G356" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H356" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I356" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J356" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K356" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="357">
       <x:c r="A357" s="3" t="str">
-        <x:v>Платежи в целях возмещения убытков, причиненных уклонением от заключения с государственным органом субъекта Российской Федерации (казенным учреждением субъекта Российской Федерации) государственного контракта, а также иные денежные средства, подлежащие зачислению в бюджет субъекта Российской Федерации за нарушение законодательства Российской Федерации о контрактной системе в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд (за исключением государственного контракта, финансируемого за счет средств дорожного фонда субъекта Российской Федерации)</x:v>
+        <x:v>Возмещение ущерба при возникновении страховых случаев, когда выгодоприобретателями выступают получатели средств бюджета муниципального района</x:v>
       </x:c>
       <x:c r="B357" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C357" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>137800</x:v>
       </x:c>
       <x:c r="D357" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E357" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F357" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G357" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H357" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I357" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J357" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K357" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="358">
       <x:c r="A358" s="3" t="str">
-        <x:v>Доходы от денежных взысканий (штрафов), поступающие в счет погашения задолженности, образовавшейся до 1 января 2020 года, подлежащие зачислению в бюджеты бюджетной системы Российской Федерации по нормативам, действовавшим в 2019 году</x:v>
+        <x:v>Прочее возмещение ущерба, причиненного муниципальному имуществу сельского поселения (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
       </x:c>
       <x:c r="B358" s="4" t="n">
-        <x:v>27869160</x:v>
+        <x:v>170000</x:v>
       </x:c>
       <x:c r="C358" s="4" t="n">
-        <x:v>2681947.71</x:v>
+        <x:v>109049.01</x:v>
       </x:c>
       <x:c r="D358" s="4" t="n">
-        <x:v>9.62</x:v>
+        <x:v>64.15</x:v>
       </x:c>
       <x:c r="E358" s="4" t="n">
-        <x:v>172969.81</x:v>
+        <x:v>104531.59</x:v>
       </x:c>
       <x:c r="F358" s="4" t="n">
-        <x:v>1550.53</x:v>
+        <x:v>104.32</x:v>
       </x:c>
       <x:c r="G358" s="4" t="n">
-        <x:v>6821560</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H358" s="4" t="n">
-        <x:v>1956027.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I358" s="4" t="n">
-        <x:v>28.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J358" s="4" t="n">
-        <x:v>1419778.83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K358" s="4" t="n">
-        <x:v>137.77</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="359">
       <x:c r="A359" s="3" t="str">
-        <x:v>Доходы от денежных взысканий (штрафов), поступающие в счет погашения задолженности, образовавшейся до 1 января 2020 года, подлежащие зачислению в бюджет субъекта Российской Федерации по нормативам, действовавшим в 2019 году</x:v>
+        <x:v>Прочее возмещение ущерба, причиненного муниципальному имуществу городского поселения (за исключением имущества, закрепленного за муниципальными бюджетными (автономными) учреждениями, унитарными предприятиями)</x:v>
       </x:c>
       <x:c r="B359" s="4" t="n">
-        <x:v>6821560</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C359" s="4" t="n">
-        <x:v>1956027.72</x:v>
+        <x:v>52994.65</x:v>
       </x:c>
       <x:c r="D359" s="4" t="n">
-        <x:v>28.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E359" s="4" t="n">
-        <x:v>1419778.83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F359" s="4" t="n">
-        <x:v>137.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G359" s="4" t="n">
-        <x:v>6821560</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H359" s="4" t="n">
-        <x:v>1956027.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I359" s="4" t="n">
-        <x:v>28.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J359" s="4" t="n">
-        <x:v>1419778.83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K359" s="4" t="n">
-        <x:v>137.77</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="360">
       <x:c r="A360" s="3" t="str">
-        <x:v>Доходы от денежных взысканий (штрафов), поступающие в счет погашения задолженности, образовавшейся до 1 января 2020 года, подлежащие зачислению в бюджет муниципального образования по нормативам, действовавшим в 2019 году</x:v>
+        <x:v>Платежи в целях возмещения убытков, причиненных уклонением от заключения государственного контракта</x:v>
       </x:c>
       <x:c r="B360" s="4" t="n">
-        <x:v>322600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C360" s="4" t="n">
-        <x:v>675525.08</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="D360" s="4" t="n">
-        <x:v>209.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E360" s="4" t="n">
-        <x:v>-1246809.02</x:v>
+        <x:v>221880</x:v>
       </x:c>
       <x:c r="F360" s="4" t="n">
-        <x:v>-54.18</x:v>
+        <x:v>27.04</x:v>
       </x:c>
       <x:c r="G360" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H360" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="I360" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J360" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>221880</x:v>
       </x:c>
       <x:c r="K360" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>27.04</x:v>
       </x:c>
     </x:row>
     <x:row r="361">
       <x:c r="A361" s="3" t="str">
-        <x:v>Доходы от денежных взысканий (штрафов), поступающие в счет погашения задолженности, образовавшейся до 1 января 2020 года, подлежащие зачислению в федеральный бюджет и бюджет муниципального образования по нормативам, действовавшим в 2019 году</x:v>
+        <x:v>Платежи в целях возмещения убытков, причиненных уклонением от заключения с государственным органом субъекта Российской Федерации (казенным учреждением субъекта Российской Федерации) государственного контракта, а также иные денежные средства, подлежащие зачислению в бюджет субъекта Российской Федерации за нарушение законодательства Российской Федерации о контрактной системе в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд (за исключением государственного контракта, финансируемого за счет средств дорожного фонда субъекта Российской Федерации)</x:v>
       </x:c>
       <x:c r="B361" s="4" t="n">
-        <x:v>20725000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C361" s="4" t="n">
-        <x:v>50394.91</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="D361" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E361" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>221880</x:v>
       </x:c>
       <x:c r="F361" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>27.04</x:v>
       </x:c>
       <x:c r="G361" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H361" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>60000</x:v>
       </x:c>
       <x:c r="I361" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J361" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>221880</x:v>
       </x:c>
       <x:c r="K361" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>27.04</x:v>
       </x:c>
     </x:row>
     <x:row r="362">
       <x:c r="A362" s="3" t="str">
-        <x:v>Платежи, уплачиваемые в целях возмещения вреда</x:v>
+        <x:v>Доходы от денежных взысканий (штрафов), поступающие в счет погашения задолженности, образовавшейся до 1 января 2020 года, подлежащие зачислению в бюджеты бюджетной системы Российской Федерации по нормативам, действовавшим в 2019 году</x:v>
       </x:c>
       <x:c r="B362" s="4" t="n">
-        <x:v>5742600</x:v>
+        <x:v>28369160</x:v>
       </x:c>
       <x:c r="C362" s="4" t="n">
-        <x:v>2100050.42</x:v>
+        <x:v>3061749.98</x:v>
       </x:c>
       <x:c r="D362" s="4" t="n">
-        <x:v>36.57</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="E362" s="4" t="n">
-        <x:v>4830815.24</x:v>
+        <x:v>589451.16</x:v>
       </x:c>
       <x:c r="F362" s="4" t="n">
-        <x:v>43.47</x:v>
+        <x:v>519.42</x:v>
       </x:c>
       <x:c r="G362" s="4" t="n">
-        <x:v>160000</x:v>
+        <x:v>6821560</x:v>
       </x:c>
       <x:c r="H362" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2250774.42</x:v>
       </x:c>
       <x:c r="I362" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>32.99</x:v>
       </x:c>
       <x:c r="J362" s="4" t="n">
-        <x:v>32327.12</x:v>
+        <x:v>1819326.18</x:v>
       </x:c>
       <x:c r="K362" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>123.71</x:v>
       </x:c>
     </x:row>
     <x:row r="363">
       <x:c r="A363" s="3" t="str">
-        <x:v>Платежи по искам о возмещении вреда, причиненного окружающей среде, а также платежи, уплачиваемые при добровольном возмещении вреда, причиненного окружающей среде (за исключением вреда, причиненного окружающей среде на особо охраняемых природных территориях, вреда, причиненного водным объектам, водным биологическим ресурсам, атмосферному воздуху, почвам, недрам, объектам животного мира, занесенным в Красную книгу Российской Федерации, а также иным объектам животного мира, не относящимся к объектам охоты и рыболовства и среде их обитания), подлежащие зачислению в бюджет муниципального образования</x:v>
+        <x:v>Доходы от денежных взысканий (штрафов), поступающие в счет погашения задолженности, образовавшейся до 1 января 2020 года, подлежащие зачислению в бюджет субъекта Российской Федерации по нормативам, действовавшим в 2019 году</x:v>
       </x:c>
       <x:c r="B363" s="4" t="n">
-        <x:v>5577800</x:v>
+        <x:v>6821560</x:v>
       </x:c>
       <x:c r="C363" s="4" t="n">
-        <x:v>1842344.09</x:v>
+        <x:v>2250774.42</x:v>
       </x:c>
       <x:c r="D363" s="4" t="n">
-        <x:v>33.03</x:v>
+        <x:v>32.99</x:v>
       </x:c>
       <x:c r="E363" s="4" t="n">
-        <x:v>4212744.82</x:v>
+        <x:v>1819326.18</x:v>
       </x:c>
       <x:c r="F363" s="4" t="n">
-        <x:v>43.73</x:v>
+        <x:v>123.71</x:v>
       </x:c>
       <x:c r="G363" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6821560</x:v>
       </x:c>
       <x:c r="H363" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2250774.42</x:v>
       </x:c>
       <x:c r="I363" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>32.99</x:v>
       </x:c>
       <x:c r="J363" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1819326.18</x:v>
       </x:c>
       <x:c r="K363" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>123.71</x:v>
       </x:c>
     </x:row>
     <x:row r="364">
       <x:c r="A364" s="3" t="str">
-        <x:v>Платежи, уплачиваемые в целях возмещения вреда, причиняемого автомобильным дорогам</x:v>
+        <x:v>Доходы от денежных взысканий (штрафов), поступающие в счет погашения задолженности, образовавшейся до 1 января 2020 года, подлежащие зачислению в бюджет муниципального образования по нормативам, действовавшим в 2019 году</x:v>
       </x:c>
       <x:c r="B364" s="4" t="n">
-        <x:v>164800</x:v>
+        <x:v>822600</x:v>
       </x:c>
       <x:c r="C364" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>730353.44</x:v>
       </x:c>
       <x:c r="D364" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>88.79</x:v>
       </x:c>
       <x:c r="E364" s="4" t="n">
-        <x:v>35948.26</x:v>
+        <x:v>-1229875.02</x:v>
       </x:c>
       <x:c r="F364" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-59.38</x:v>
       </x:c>
       <x:c r="G364" s="4" t="n">
-        <x:v>160000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H364" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I364" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J364" s="4" t="n">
-        <x:v>32327.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K364" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="365">
       <x:c r="A365" s="3" t="str">
-        <x:v>Платежи, уплачиваемые в целях возмещения вреда, причиняемого автомобильным дорогам регионального или межмуниципального значения тяжеловесными транспортными средствами</x:v>
+        <x:v>Доходы от денежных взысканий (штрафов), поступающие в счет погашения задолженности, образовавшейся до 1 января 2020 года, подлежащие зачислению в федеральный бюджет и бюджет муниципального образования по нормативам, действовавшим в 2019 году</x:v>
       </x:c>
       <x:c r="B365" s="4" t="n">
-        <x:v>160000</x:v>
+        <x:v>20725000</x:v>
       </x:c>
       <x:c r="C365" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>80622.12</x:v>
       </x:c>
       <x:c r="D365" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="E365" s="4" t="n">
-        <x:v>32327.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F365" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G365" s="4" t="n">
-        <x:v>160000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H365" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I365" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J365" s="4" t="n">
-        <x:v>32327.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K365" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="366">
       <x:c r="A366" s="3" t="str">
-        <x:v>Платежи, уплачиваемые в целях возмещения вреда, причиняемого автомобильным дорогам местного значения тяжеловесными транспортными средствами</x:v>
+        <x:v>Платежи, уплачиваемые в целях возмещения вреда</x:v>
       </x:c>
       <x:c r="B366" s="4" t="n">
-        <x:v>4800</x:v>
+        <x:v>5742600</x:v>
       </x:c>
       <x:c r="C366" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2275118.29</x:v>
       </x:c>
       <x:c r="D366" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>39.62</x:v>
       </x:c>
       <x:c r="E366" s="4" t="n">
-        <x:v>3621.14</x:v>
+        <x:v>12135181.03</x:v>
       </x:c>
       <x:c r="F366" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18.75</x:v>
       </x:c>
       <x:c r="G366" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="H366" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I366" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J366" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>32327.12</x:v>
       </x:c>
       <x:c r="K366" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="367">
       <x:c r="A367" s="3" t="str">
-        <x:v>Платежи по искам о возмещении вреда, причиненного почвам, а также платежи, уплачиваемые при добровольном возмещении вреда, причиненного почвам, подлежащие зачислению в бюджет муниципального образования (за исключением вреда, причиненного на особо охраняемых природных территориях)</x:v>
+        <x:v>Платежи по искам о возмещении вреда, причиненного окружающей среде, а также платежи, уплачиваемые при добровольном возмещении вреда, причиненного окружающей среде (за исключением вреда, причиненного окружающей среде на особо охраняемых природных территориях, вреда, причиненного водным объектам, водным биологическим ресурсам, атмосферному воздуху, почвам, недрам, объектам животного мира, занесенным в Красную книгу Российской Федерации, а также иным объектам животного мира, не относящимся к объектам охоты и рыболовства и среде их обитания), подлежащие зачислению в бюджет муниципального образования</x:v>
       </x:c>
       <x:c r="B367" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5577800</x:v>
       </x:c>
       <x:c r="C367" s="4" t="n">
-        <x:v>257706.33</x:v>
+        <x:v>2017411.96</x:v>
       </x:c>
       <x:c r="D367" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>36.17</x:v>
       </x:c>
       <x:c r="E367" s="4" t="n">
-        <x:v>582122.16</x:v>
+        <x:v>5037625.26</x:v>
       </x:c>
       <x:c r="F367" s="4" t="n">
-        <x:v>44.27</x:v>
+        <x:v>40.05</x:v>
       </x:c>
       <x:c r="G367" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H367" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I367" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J367" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K367" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="368">
       <x:c r="A368" s="3" t="str">
-        <x:v>Доходы от сумм пеней, предусмотренных законодательством Российской Федерации о налогах и сборах, подлежащие зачислению в бюджеты субъектов Российской Федерации по нормативу, установленному Бюджетным кодексом Российской Федерации, распределяемые Федеральным казначейством между бюджетами субъектов Российской Федерации в соответствии с федеральным законом о федеральном бюджете</x:v>
+        <x:v>Платежи, уплачиваемые в целях возмещения вреда, причиняемого автомобильным дорогам</x:v>
       </x:c>
       <x:c r="B368" s="4" t="n">
-        <x:v>47199400</x:v>
+        <x:v>164800</x:v>
       </x:c>
       <x:c r="C368" s="4" t="n">
-        <x:v>119752577.57</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D368" s="4" t="n">
-        <x:v>253.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E368" s="4" t="n">
-        <x:v>74899186.55</x:v>
+        <x:v>35948.26</x:v>
       </x:c>
       <x:c r="F368" s="4" t="n">
-        <x:v>159.88</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G368" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="H368" s="4" t="n">
-        <x:v>76282391.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I368" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J368" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>32327.12</x:v>
       </x:c>
       <x:c r="K368" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="369">
       <x:c r="A369" s="3" t="str">
-        <x:v>ПРОЧИЕ НЕНАЛОГОВЫЕ ДОХОДЫ</x:v>
+        <x:v>Платежи, уплачиваемые в целях возмещения вреда, причиняемого автомобильным дорогам регионального или межмуниципального значения тяжеловесными транспортными средствами</x:v>
       </x:c>
       <x:c r="B369" s="4" t="n">
-        <x:v>23499071.14</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="C369" s="4" t="n">
-        <x:v>18087331.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D369" s="4" t="n">
-        <x:v>76.97</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E369" s="4" t="n">
-        <x:v>14691323.58</x:v>
+        <x:v>32327.12</x:v>
       </x:c>
       <x:c r="F369" s="4" t="n">
-        <x:v>123.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G369" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>160000</x:v>
       </x:c>
       <x:c r="H369" s="4" t="n">
-        <x:v>26873.23</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I369" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J369" s="4" t="n">
-        <x:v>641306.51</x:v>
+        <x:v>32327.12</x:v>
       </x:c>
       <x:c r="K369" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="370">
       <x:c r="A370" s="3" t="str">
-        <x:v>Невыясненные поступления</x:v>
+        <x:v>Платежи, уплачиваемые в целях возмещения вреда, причиняемого автомобильным дорогам местного значения тяжеловесными транспортными средствами</x:v>
       </x:c>
       <x:c r="B370" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4800</x:v>
       </x:c>
       <x:c r="C370" s="4" t="n">
-        <x:v>1110561.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D370" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E370" s="4" t="n">
-        <x:v>626944.83</x:v>
+        <x:v>3621.14</x:v>
       </x:c>
       <x:c r="F370" s="4" t="n">
-        <x:v>177.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G370" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H370" s="4" t="n">
-        <x:v>26873.23</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I370" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J370" s="4" t="n">
-        <x:v>641306.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K370" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="371">
       <x:c r="A371" s="3" t="str">
-        <x:v>Невыясненные поступления, зачисляемые в бюджеты субъектов Российской Федерации</x:v>
+        <x:v>Платежи по искам о возмещении вреда, причиненного почвам, а также платежи, уплачиваемые при добровольном возмещении вреда, причиненного почвам, подлежащие зачислению в бюджет муниципального образования (за исключением вреда, причиненного на особо охраняемых природных территориях)</x:v>
       </x:c>
       <x:c r="B371" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C371" s="4" t="n">
-        <x:v>26873.23</x:v>
+        <x:v>257706.33</x:v>
       </x:c>
       <x:c r="D371" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E371" s="4" t="n">
-        <x:v>641306.51</x:v>
+        <x:v>7061607.51</x:v>
       </x:c>
       <x:c r="F371" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="G371" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H371" s="4" t="n">
-        <x:v>26873.23</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I371" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J371" s="4" t="n">
-        <x:v>641306.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K371" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="372">
       <x:c r="A372" s="3" t="str">
-        <x:v>Невыясненные поступления, зачисляемые в бюджеты городских округов</x:v>
+        <x:v>Доходы от сумм пеней, предусмотренных законодательством Российской Федерации о налогах и сборах, подлежащие зачислению в бюджеты субъектов Российской Федерации по нормативу, установленному Бюджетным кодексом Российской Федерации, распределяемые Федеральным казначейством между бюджетами субъектов Российской Федерации в соответствии с федеральным законом о федеральном бюджете</x:v>
       </x:c>
       <x:c r="B372" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>47352400</x:v>
       </x:c>
       <x:c r="C372" s="4" t="n">
-        <x:v>37626.91</x:v>
+        <x:v>133952827.4</x:v>
       </x:c>
       <x:c r="D372" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>282.88</x:v>
       </x:c>
       <x:c r="E372" s="4" t="n">
-        <x:v>45886.73</x:v>
+        <x:v>83343160.38</x:v>
       </x:c>
       <x:c r="F372" s="4" t="n">
-        <x:v>82</x:v>
+        <x:v>160.72</x:v>
       </x:c>
       <x:c r="G372" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H372" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>85327951.06</x:v>
       </x:c>
       <x:c r="I372" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J372" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K372" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="373">
       <x:c r="A373" s="3" t="str">
-        <x:v>Невыясненные поступления, зачисляемые в бюджеты муниципальных районов</x:v>
+        <x:v>ПРОЧИЕ НЕНАЛОГОВЫЕ ДОХОДЫ</x:v>
       </x:c>
       <x:c r="B373" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>24716905.14</x:v>
       </x:c>
       <x:c r="C373" s="4" t="n">
-        <x:v>383725.02</x:v>
+        <x:v>19110271.88</x:v>
       </x:c>
       <x:c r="D373" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>77.32</x:v>
       </x:c>
       <x:c r="E373" s="4" t="n">
-        <x:v>-32699.26</x:v>
+        <x:v>14456430.35</x:v>
       </x:c>
       <x:c r="F373" s="4" t="n">
-        <x:v>-1173.5</x:v>
+        <x:v>132.19</x:v>
       </x:c>
       <x:c r="G373" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H373" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>129115.75</x:v>
       </x:c>
       <x:c r="I373" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J373" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-338196.89</x:v>
       </x:c>
       <x:c r="K373" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-38.18</x:v>
       </x:c>
     </x:row>
     <x:row r="374">
       <x:c r="A374" s="3" t="str">
-        <x:v>Невыясненные поступления, зачисляемые в бюджеты сельских поселений</x:v>
+        <x:v>Невыясненные поступления</x:v>
       </x:c>
       <x:c r="B374" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C374" s="4" t="n">
-        <x:v>222198.28</x:v>
+        <x:v>561181.74</x:v>
       </x:c>
       <x:c r="D374" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E374" s="4" t="n">
-        <x:v>-27549.15</x:v>
+        <x:v>-573810.9</x:v>
       </x:c>
       <x:c r="F374" s="4" t="n">
-        <x:v>-806.55</x:v>
+        <x:v>-97.8</x:v>
       </x:c>
       <x:c r="G374" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H374" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>129115.75</x:v>
       </x:c>
       <x:c r="I374" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J374" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-338196.89</x:v>
       </x:c>
       <x:c r="K374" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-38.18</x:v>
       </x:c>
     </x:row>
     <x:row r="375">
       <x:c r="A375" s="3" t="str">
-        <x:v>Невыясненные поступления, зачисляемые в бюджеты городских поселений</x:v>
+        <x:v>Невыясненные поступления, зачисляемые в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B375" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C375" s="4" t="n">
-        <x:v>440138.26</x:v>
+        <x:v>129115.75</x:v>
       </x:c>
       <x:c r="D375" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E375" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-338196.89</x:v>
       </x:c>
       <x:c r="F375" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-38.18</x:v>
       </x:c>
       <x:c r="G375" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H375" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>129115.75</x:v>
       </x:c>
       <x:c r="I375" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J375" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-338196.89</x:v>
       </x:c>
       <x:c r="K375" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-38.18</x:v>
       </x:c>
     </x:row>
     <x:row r="376">
       <x:c r="A376" s="3" t="str">
-        <x:v>Прочие неналоговые доходы</x:v>
+        <x:v>Невыясненные поступления, зачисляемые в бюджеты городских округов</x:v>
       </x:c>
       <x:c r="B376" s="4" t="n">
-        <x:v>8237710</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C376" s="4" t="n">
-        <x:v>5352789.2</x:v>
+        <x:v>491233.07</x:v>
       </x:c>
       <x:c r="D376" s="4" t="n">
-        <x:v>64.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E376" s="4" t="n">
-        <x:v>5333286.22</x:v>
+        <x:v>81859.22</x:v>
       </x:c>
       <x:c r="F376" s="4" t="n">
-        <x:v>100.37</x:v>
+        <x:v>600.09</x:v>
       </x:c>
       <x:c r="G376" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H376" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I376" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J376" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K376" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="377">
       <x:c r="A377" s="3" t="str">
-        <x:v>Прочие неналоговые доходы бюджетов городских округов</x:v>
+        <x:v>Невыясненные поступления, зачисляемые в бюджеты муниципальных районов</x:v>
       </x:c>
       <x:c r="B377" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C377" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-858345.68</x:v>
       </x:c>
       <x:c r="D377" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E377" s="4" t="n">
-        <x:v>963673.64</x:v>
+        <x:v>-266473.31</x:v>
       </x:c>
       <x:c r="F377" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>322.11</x:v>
       </x:c>
       <x:c r="G377" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H377" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I377" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J377" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K377" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="378">
       <x:c r="A378" s="3" t="str">
-        <x:v>Прочие неналоговые доходы бюджетов муниципальных районов</x:v>
+        <x:v>Невыясненные поступления, зачисляемые в бюджеты сельских поселений</x:v>
       </x:c>
       <x:c r="B378" s="4" t="n">
-        <x:v>4546000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C378" s="4" t="n">
-        <x:v>2053407.8</x:v>
+        <x:v>361006.34</x:v>
       </x:c>
       <x:c r="D378" s="4" t="n">
-        <x:v>45.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E378" s="4" t="n">
-        <x:v>2588730.21</x:v>
+        <x:v>-50999.92</x:v>
       </x:c>
       <x:c r="F378" s="4" t="n">
-        <x:v>79.32</x:v>
+        <x:v>-707.86</x:v>
       </x:c>
       <x:c r="G378" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H378" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I378" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J378" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K378" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="379">
       <x:c r="A379" s="3" t="str">
-        <x:v>Прочие неналоговые доходы бюджетов сельских поселений</x:v>
+        <x:v>Невыясненные поступления, зачисляемые в бюджеты городских поселений</x:v>
       </x:c>
       <x:c r="B379" s="4" t="n">
-        <x:v>982710</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C379" s="4" t="n">
-        <x:v>1277656.11</x:v>
+        <x:v>438172.26</x:v>
       </x:c>
       <x:c r="D379" s="4" t="n">
-        <x:v>130.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E379" s="4" t="n">
-        <x:v>1501325.71</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F379" s="4" t="n">
-        <x:v>85.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G379" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H379" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I379" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J379" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K379" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="380">
       <x:c r="A380" s="3" t="str">
-        <x:v>Прочие неналоговые доходы бюджетов городских поселений</x:v>
+        <x:v>Прочие неналоговые доходы</x:v>
       </x:c>
       <x:c r="B380" s="4" t="n">
-        <x:v>2709000</x:v>
+        <x:v>8237710</x:v>
       </x:c>
       <x:c r="C380" s="4" t="n">
-        <x:v>2021725.29</x:v>
+        <x:v>6001609.88</x:v>
       </x:c>
       <x:c r="D380" s="4" t="n">
-        <x:v>74.63</x:v>
+        <x:v>72.86</x:v>
       </x:c>
       <x:c r="E380" s="4" t="n">
-        <x:v>279556.66</x:v>
+        <x:v>6015316.72</x:v>
       </x:c>
       <x:c r="F380" s="4" t="n">
-        <x:v>723.19</x:v>
+        <x:v>99.77</x:v>
       </x:c>
       <x:c r="G380" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H380" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I380" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J380" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K380" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="381">
       <x:c r="A381" s="3" t="str">
-        <x:v>Инициативные платежи</x:v>
+        <x:v>Прочие неналоговые доходы бюджетов городских округов</x:v>
       </x:c>
       <x:c r="B381" s="4" t="n">
-        <x:v>15261361.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C381" s="4" t="n">
-        <x:v>11623980.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D381" s="4" t="n">
-        <x:v>76.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E381" s="4" t="n">
-        <x:v>8717796.53</x:v>
+        <x:v>986006.64</x:v>
       </x:c>
       <x:c r="F381" s="4" t="n">
-        <x:v>133.34</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G381" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H381" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I381" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J381" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K381" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="382">
       <x:c r="A382" s="3" t="str">
-        <x:v>Инициативные платежи, зачисляемые в бюджеты сельских поселений</x:v>
+        <x:v>Прочие неналоговые доходы бюджетов муниципальных районов</x:v>
       </x:c>
       <x:c r="B382" s="4" t="n">
-        <x:v>12828861.14</x:v>
+        <x:v>4546000</x:v>
       </x:c>
       <x:c r="C382" s="4" t="n">
-        <x:v>9141880.26</x:v>
+        <x:v>2487643.57</x:v>
       </x:c>
       <x:c r="D382" s="4" t="n">
-        <x:v>71.26</x:v>
+        <x:v>54.72</x:v>
       </x:c>
       <x:c r="E382" s="4" t="n">
-        <x:v>7685096.53</x:v>
+        <x:v>2760769.57</x:v>
       </x:c>
       <x:c r="F382" s="4" t="n">
-        <x:v>118.96</x:v>
+        <x:v>90.11</x:v>
       </x:c>
       <x:c r="G382" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H382" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I382" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J382" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K382" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="383">
       <x:c r="A383" s="3" t="str">
-        <x:v>Инициативные платежи, зачисляемые в бюджеты городских поселений</x:v>
+        <x:v>Прочие неналоговые доходы бюджетов сельских поселений</x:v>
       </x:c>
       <x:c r="B383" s="4" t="n">
-        <x:v>2432500</x:v>
+        <x:v>982710</x:v>
       </x:c>
       <x:c r="C383" s="4" t="n">
-        <x:v>2482100</x:v>
+        <x:v>1395929.7</x:v>
       </x:c>
       <x:c r="D383" s="4" t="n">
-        <x:v>102.04</x:v>
+        <x:v>142.05</x:v>
       </x:c>
       <x:c r="E383" s="4" t="n">
-        <x:v>1032700</x:v>
+        <x:v>1613813.53</x:v>
       </x:c>
       <x:c r="F383" s="4" t="n">
-        <x:v>240.35</x:v>
+        <x:v>86.5</x:v>
       </x:c>
       <x:c r="G383" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H383" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I383" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J383" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K383" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="384">
       <x:c r="A384" s="3" t="str">
-        <x:v>Прочие неналоговые доходы в части невыясненных поступлений, по которым не осуществлен возврат (уточнение) не позднее трех лет со дня их зачисления на единый счет соответствующего бюджета бюджетной системы Российской Федерации</x:v>
+        <x:v>Прочие неналоговые доходы бюджетов городских поселений</x:v>
       </x:c>
       <x:c r="B384" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2709000</x:v>
       </x:c>
       <x:c r="C384" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2118036.61</x:v>
       </x:c>
       <x:c r="D384" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>78.19</x:v>
       </x:c>
       <x:c r="E384" s="4" t="n">
-        <x:v>13296</x:v>
+        <x:v>654726.98</x:v>
       </x:c>
       <x:c r="F384" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>323.5</x:v>
       </x:c>
       <x:c r="G384" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H384" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I384" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J384" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K384" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="385">
       <x:c r="A385" s="3" t="str">
-        <x:v>Прочие неналоговые доходы бюджетов сельских поселений в части невыясненных поступлений, по которым не осуществлен возврат (уточнение) не позднее трех лет со дня их зачисления на единый счет бюджета сельского поселения</x:v>
+        <x:v>Инициативные платежи</x:v>
       </x:c>
       <x:c r="B385" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16479195.14</x:v>
       </x:c>
       <x:c r="C385" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12547480.26</x:v>
       </x:c>
       <x:c r="D385" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>76.14</x:v>
       </x:c>
       <x:c r="E385" s="4" t="n">
-        <x:v>13296</x:v>
+        <x:v>8953746.53</x:v>
       </x:c>
       <x:c r="F385" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>140.14</x:v>
       </x:c>
       <x:c r="G385" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H385" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I385" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J385" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K385" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="386">
       <x:c r="A386" s="3" t="str">
-        <x:v>БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ</x:v>
+        <x:v>Инициативные платежи, зачисляемые в бюджеты сельских поселений</x:v>
       </x:c>
       <x:c r="B386" s="4" t="n">
-        <x:v>20250345225.84</x:v>
+        <x:v>14046695.14</x:v>
       </x:c>
       <x:c r="C386" s="4" t="n">
-        <x:v>15679747979.99</x:v>
+        <x:v>10065380.26</x:v>
       </x:c>
       <x:c r="D386" s="4" t="n">
-        <x:v>77.43</x:v>
+        <x:v>71.66</x:v>
       </x:c>
       <x:c r="E386" s="4" t="n">
-        <x:v>17903657662.58</x:v>
+        <x:v>7921046.53</x:v>
       </x:c>
       <x:c r="F386" s="4" t="n">
-        <x:v>87.58</x:v>
+        <x:v>127.07</x:v>
       </x:c>
       <x:c r="G386" s="4" t="n">
-        <x:v>19899229400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H386" s="4" t="n">
-        <x:v>15450024743.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I386" s="4" t="n">
-        <x:v>77.64</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J386" s="4" t="n">
-        <x:v>17210564513</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K386" s="4" t="n">
-        <x:v>89.77</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="387">
       <x:c r="A387" s="3" t="str">
-        <x:v>БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ ОТ ДРУГИХ БЮДЖЕТОВ БЮДЖЕТНОЙ СИСТЕМЫ РОССИЙСКОЙ ФЕДЕРАЦИИ</x:v>
+        <x:v>Инициативные платежи, зачисляемые в бюджеты городских поселений</x:v>
       </x:c>
       <x:c r="B387" s="4" t="n">
-        <x:v>19116041200</x:v>
+        <x:v>2432500</x:v>
       </x:c>
       <x:c r="C387" s="4" t="n">
-        <x:v>14505962327.29</x:v>
+        <x:v>2482100</x:v>
       </x:c>
       <x:c r="D387" s="4" t="n">
-        <x:v>75.88</x:v>
+        <x:v>102.04</x:v>
       </x:c>
       <x:c r="E387" s="4" t="n">
-        <x:v>14111845696.35</x:v>
+        <x:v>1032700</x:v>
       </x:c>
       <x:c r="F387" s="4" t="n">
-        <x:v>102.79</x:v>
+        <x:v>240.35</x:v>
       </x:c>
       <x:c r="G387" s="4" t="n">
-        <x:v>19116041200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H387" s="4" t="n">
-        <x:v>14516468490.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I387" s="4" t="n">
-        <x:v>75.94</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J387" s="4" t="n">
-        <x:v>14111845696.35</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K387" s="4" t="n">
-        <x:v>102.87</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="388">
       <x:c r="A388" s="3" t="str">
-        <x:v>Дотации бюджетам бюджетной системы Российской Федерации</x:v>
+        <x:v>Прочие неналоговые доходы в части невыясненных поступлений, по которым не осуществлен возврат (уточнение) не позднее трех лет со дня их зачисления на единый счет соответствующего бюджета бюджетной системы Российской Федерации</x:v>
       </x:c>
       <x:c r="B388" s="4" t="n">
-        <x:v>8361946300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C388" s="4" t="n">
-        <x:v>6441598600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D388" s="4" t="n">
-        <x:v>77.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E388" s="4" t="n">
-        <x:v>5926373800</x:v>
+        <x:v>61178</x:v>
       </x:c>
       <x:c r="F388" s="4" t="n">
-        <x:v>108.69</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G388" s="4" t="n">
-        <x:v>8361946300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H388" s="4" t="n">
-        <x:v>6441598600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I388" s="4" t="n">
-        <x:v>77.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J388" s="4" t="n">
-        <x:v>5926373800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K388" s="4" t="n">
-        <x:v>108.69</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="389">
       <x:c r="A389" s="3" t="str">
-        <x:v>Дотации на выравнивание бюджетной обеспеченности</x:v>
+        <x:v>Прочие неналоговые доходы бюджетов сельских поселений в части невыясненных поступлений, по которым не осуществлен возврат (уточнение) не позднее трех лет со дня их зачисления на единый счет бюджета сельского поселения</x:v>
       </x:c>
       <x:c r="B389" s="4" t="n">
-        <x:v>7482181300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C389" s="4" t="n">
-        <x:v>5611635900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D389" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E389" s="4" t="n">
-        <x:v>5055527700</x:v>
+        <x:v>61178</x:v>
       </x:c>
       <x:c r="F389" s="4" t="n">
-        <x:v>111</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G389" s="4" t="n">
-        <x:v>7482181300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H389" s="4" t="n">
-        <x:v>5611635900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I389" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J389" s="4" t="n">
-        <x:v>5055527700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K389" s="4" t="n">
-        <x:v>111</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="390">
       <x:c r="A390" s="3" t="str">
-        <x:v>Дотации бюджетам субъектов Российской Федерации на выравнивание бюджетной обеспеченности</x:v>
+        <x:v>БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ</x:v>
       </x:c>
       <x:c r="B390" s="4" t="n">
-        <x:v>7482181300</x:v>
+        <x:v>20486774363.01</x:v>
       </x:c>
       <x:c r="C390" s="4" t="n">
-        <x:v>5611635900</x:v>
+        <x:v>16898959686.37</x:v>
       </x:c>
       <x:c r="D390" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>82.49</x:v>
       </x:c>
       <x:c r="E390" s="4" t="n">
-        <x:v>5055527700</x:v>
+        <x:v>19565428455.78</x:v>
       </x:c>
       <x:c r="F390" s="4" t="n">
-        <x:v>111</x:v>
+        <x:v>86.37</x:v>
       </x:c>
       <x:c r="G390" s="4" t="n">
-        <x:v>7482181300</x:v>
+        <x:v>20146164700</x:v>
       </x:c>
       <x:c r="H390" s="4" t="n">
-        <x:v>5611635900</x:v>
+        <x:v>16654897094.28</x:v>
       </x:c>
       <x:c r="I390" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>82.67</x:v>
       </x:c>
       <x:c r="J390" s="4" t="n">
-        <x:v>5055527700</x:v>
+        <x:v>18825896856.95</x:v>
       </x:c>
       <x:c r="K390" s="4" t="n">
-        <x:v>111</x:v>
+        <x:v>88.47</x:v>
       </x:c>
     </x:row>
     <x:row r="391">
       <x:c r="A391" s="3" t="str">
-        <x:v>Дотации бюджетам на частичную компенсацию дополнительных расходов на повышение оплаты труда работников бюджетной сферы и иные цели</x:v>
+        <x:v>БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ ОТ ДРУГИХ БЮДЖЕТОВ БЮДЖЕТНОЙ СИСТЕМЫ РОССИЙСКОЙ ФЕДЕРАЦИИ</x:v>
       </x:c>
       <x:c r="B391" s="4" t="n">
-        <x:v>879765000</x:v>
+        <x:v>19317430136.52</x:v>
       </x:c>
       <x:c r="C391" s="4" t="n">
-        <x:v>659824200</x:v>
+        <x:v>15688204514.85</x:v>
       </x:c>
       <x:c r="D391" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>81.21</x:v>
       </x:c>
       <x:c r="E391" s="4" t="n">
-        <x:v>729729000</x:v>
+        <x:v>15729551084.88</x:v>
       </x:c>
       <x:c r="F391" s="4" t="n">
-        <x:v>90.42</x:v>
+        <x:v>99.74</x:v>
       </x:c>
       <x:c r="G391" s="4" t="n">
-        <x:v>879765000</x:v>
+        <x:v>19327936300</x:v>
       </x:c>
       <x:c r="H391" s="4" t="n">
-        <x:v>659824200</x:v>
+        <x:v>15698710678.33</x:v>
       </x:c>
       <x:c r="I391" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>81.22</x:v>
       </x:c>
       <x:c r="J391" s="4" t="n">
-        <x:v>729729000</x:v>
+        <x:v>15729551084.88</x:v>
       </x:c>
       <x:c r="K391" s="4" t="n">
-        <x:v>90.42</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="392">
       <x:c r="A392" s="3" t="str">
-        <x:v>Дотации бюджетам субъектов Российской Федерации на частичную компенсацию дополнительных расходов на повышение оплаты труда работников бюджетной сферы и иные цели</x:v>
+        <x:v>Дотации бюджетам бюджетной системы Российской Федерации</x:v>
       </x:c>
       <x:c r="B392" s="4" t="n">
-        <x:v>879765000</x:v>
+        <x:v>8532084800</x:v>
       </x:c>
       <x:c r="C392" s="4" t="n">
-        <x:v>659824200</x:v>
+        <x:v>7138427500</x:v>
       </x:c>
       <x:c r="D392" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>83.67</x:v>
       </x:c>
       <x:c r="E392" s="4" t="n">
-        <x:v>729729000</x:v>
+        <x:v>6569180100</x:v>
       </x:c>
       <x:c r="F392" s="4" t="n">
-        <x:v>90.42</x:v>
+        <x:v>108.67</x:v>
       </x:c>
       <x:c r="G392" s="4" t="n">
-        <x:v>879765000</x:v>
+        <x:v>8532084800</x:v>
       </x:c>
       <x:c r="H392" s="4" t="n">
-        <x:v>659824200</x:v>
+        <x:v>7138427500</x:v>
       </x:c>
       <x:c r="I392" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>83.67</x:v>
       </x:c>
       <x:c r="J392" s="4" t="n">
-        <x:v>729729000</x:v>
+        <x:v>6569180100</x:v>
       </x:c>
       <x:c r="K392" s="4" t="n">
-        <x:v>90.42</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="393">
       <x:c r="A393" s="3" t="str">
-        <x:v>Дотации (гранты) бюджетам субъектов Российской Федерации за достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v>Дотации на выравнивание бюджетной обеспеченности</x:v>
       </x:c>
       <x:c r="B393" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7482181300</x:v>
       </x:c>
       <x:c r="C393" s="4" t="n">
-        <x:v>170138500</x:v>
+        <x:v>6235151000</x:v>
       </x:c>
       <x:c r="D393" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="E393" s="4" t="n">
-        <x:v>141117100</x:v>
+        <x:v>5617253000</x:v>
       </x:c>
       <x:c r="F393" s="4" t="n">
-        <x:v>120.57</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G393" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7482181300</x:v>
       </x:c>
       <x:c r="H393" s="4" t="n">
-        <x:v>170138500</x:v>
+        <x:v>6235151000</x:v>
       </x:c>
       <x:c r="I393" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="J393" s="4" t="n">
-        <x:v>141117100</x:v>
+        <x:v>5617253000</x:v>
       </x:c>
       <x:c r="K393" s="4" t="n">
-        <x:v>120.57</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="394">
       <x:c r="A394" s="3" t="str">
-        <x:v>Субсидии бюджетам бюджетной системы Российской Федерации (межбюджетные субсидии)</x:v>
+        <x:v>Дотации бюджетам субъектов Российской Федерации на выравнивание бюджетной обеспеченности</x:v>
       </x:c>
       <x:c r="B394" s="4" t="n">
-        <x:v>9495316800</x:v>
+        <x:v>7482181300</x:v>
       </x:c>
       <x:c r="C394" s="4" t="n">
-        <x:v>7110803341.92</x:v>
+        <x:v>6235151000</x:v>
       </x:c>
       <x:c r="D394" s="4" t="n">
-        <x:v>74.89</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="E394" s="4" t="n">
-        <x:v>7348096081.22</x:v>
+        <x:v>5617253000</x:v>
       </x:c>
       <x:c r="F394" s="4" t="n">
-        <x:v>96.77</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G394" s="4" t="n">
-        <x:v>9495316800</x:v>
+        <x:v>7482181300</x:v>
       </x:c>
       <x:c r="H394" s="4" t="n">
-        <x:v>7110803341.92</x:v>
+        <x:v>6235151000</x:v>
       </x:c>
       <x:c r="I394" s="4" t="n">
-        <x:v>74.89</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="J394" s="4" t="n">
-        <x:v>7348096081.22</x:v>
+        <x:v>5617253000</x:v>
       </x:c>
       <x:c r="K394" s="4" t="n">
-        <x:v>96.77</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="395">
       <x:c r="A395" s="3" t="str">
-        <x:v>Субсидии бюджетам на стимулирование увеличения производства картофеля и овощей</x:v>
+        <x:v>Дотации бюджетам на частичную компенсацию дополнительных расходов на повышение оплаты труда работников бюджетной сферы и иные цели</x:v>
       </x:c>
       <x:c r="B395" s="4" t="n">
-        <x:v>1080500</x:v>
+        <x:v>879765000</x:v>
       </x:c>
       <x:c r="C395" s="4" t="n">
-        <x:v>562800</x:v>
+        <x:v>733138000</x:v>
       </x:c>
       <x:c r="D395" s="4" t="n">
-        <x:v>52.09</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="E395" s="4" t="n">
-        <x:v>963122.5</x:v>
+        <x:v>810810000</x:v>
       </x:c>
       <x:c r="F395" s="4" t="n">
-        <x:v>58.43</x:v>
+        <x:v>90.42</x:v>
       </x:c>
       <x:c r="G395" s="4" t="n">
-        <x:v>1080500</x:v>
+        <x:v>879765000</x:v>
       </x:c>
       <x:c r="H395" s="4" t="n">
-        <x:v>562800</x:v>
+        <x:v>733138000</x:v>
       </x:c>
       <x:c r="I395" s="4" t="n">
-        <x:v>52.09</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="J395" s="4" t="n">
-        <x:v>963122.5</x:v>
+        <x:v>810810000</x:v>
       </x:c>
       <x:c r="K395" s="4" t="n">
-        <x:v>58.43</x:v>
+        <x:v>90.42</x:v>
       </x:c>
     </x:row>
     <x:row r="396">
       <x:c r="A396" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на стимулирование увеличения производства картофеля и овощей</x:v>
+        <x:v>Дотации бюджетам субъектов Российской Федерации на частичную компенсацию дополнительных расходов на повышение оплаты труда работников бюджетной сферы и иные цели</x:v>
       </x:c>
       <x:c r="B396" s="4" t="n">
-        <x:v>1080500</x:v>
+        <x:v>879765000</x:v>
       </x:c>
       <x:c r="C396" s="4" t="n">
-        <x:v>562800</x:v>
+        <x:v>733138000</x:v>
       </x:c>
       <x:c r="D396" s="4" t="n">
-        <x:v>52.09</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="E396" s="4" t="n">
-        <x:v>963122.5</x:v>
+        <x:v>810810000</x:v>
       </x:c>
       <x:c r="F396" s="4" t="n">
-        <x:v>58.43</x:v>
+        <x:v>90.42</x:v>
       </x:c>
       <x:c r="G396" s="4" t="n">
-        <x:v>1080500</x:v>
+        <x:v>879765000</x:v>
       </x:c>
       <x:c r="H396" s="4" t="n">
-        <x:v>562800</x:v>
+        <x:v>733138000</x:v>
       </x:c>
       <x:c r="I396" s="4" t="n">
-        <x:v>52.09</x:v>
+        <x:v>83.33</x:v>
       </x:c>
       <x:c r="J396" s="4" t="n">
-        <x:v>963122.5</x:v>
+        <x:v>810810000</x:v>
       </x:c>
       <x:c r="K396" s="4" t="n">
-        <x:v>58.43</x:v>
+        <x:v>90.42</x:v>
       </x:c>
     </x:row>
     <x:row r="397">
       <x:c r="A397" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию государственных программ субъектов Российской Федерации в области использования и охраны водных объектов</x:v>
+        <x:v>Дотации (гранты) бюджетам субъектов Российской Федерации за достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B397" s="4" t="n">
-        <x:v>35051400</x:v>
+        <x:v>170138500</x:v>
       </x:c>
       <x:c r="C397" s="4" t="n">
-        <x:v>35051400</x:v>
+        <x:v>170138500</x:v>
       </x:c>
       <x:c r="D397" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E397" s="4" t="n">
-        <x:v>27623972.37</x:v>
+        <x:v>141117100</x:v>
       </x:c>
       <x:c r="F397" s="4" t="n">
-        <x:v>126.89</x:v>
+        <x:v>120.57</x:v>
       </x:c>
       <x:c r="G397" s="4" t="n">
-        <x:v>35051400</x:v>
+        <x:v>170138500</x:v>
       </x:c>
       <x:c r="H397" s="4" t="n">
-        <x:v>35051400</x:v>
+        <x:v>170138500</x:v>
       </x:c>
       <x:c r="I397" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J397" s="4" t="n">
-        <x:v>27623972.37</x:v>
+        <x:v>141117100</x:v>
       </x:c>
       <x:c r="K397" s="4" t="n">
-        <x:v>126.89</x:v>
+        <x:v>120.57</x:v>
       </x:c>
     </x:row>
     <x:row r="398">
       <x:c r="A398" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию государственных программ субъектов Российской Федерации в области использования и охраны водных объектов</x:v>
+        <x:v>Субсидии бюджетам бюджетной системы Российской Федерации (межбюджетные субсидии)</x:v>
       </x:c>
       <x:c r="B398" s="4" t="n">
-        <x:v>35051400</x:v>
+        <x:v>9550570500</x:v>
       </x:c>
       <x:c r="C398" s="4" t="n">
-        <x:v>35051400</x:v>
+        <x:v>7526081463.75</x:v>
       </x:c>
       <x:c r="D398" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="E398" s="4" t="n">
-        <x:v>27623972.37</x:v>
+        <x:v>8249975398.34</x:v>
       </x:c>
       <x:c r="F398" s="4" t="n">
-        <x:v>126.89</x:v>
+        <x:v>91.23</x:v>
       </x:c>
       <x:c r="G398" s="4" t="n">
-        <x:v>35051400</x:v>
+        <x:v>9550570500</x:v>
       </x:c>
       <x:c r="H398" s="4" t="n">
-        <x:v>35051400</x:v>
+        <x:v>7526081463.75</x:v>
       </x:c>
       <x:c r="I398" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>78.8</x:v>
       </x:c>
       <x:c r="J398" s="4" t="n">
-        <x:v>27623972.37</x:v>
+        <x:v>8249975398.34</x:v>
       </x:c>
       <x:c r="K398" s="4" t="n">
-        <x:v>126.89</x:v>
+        <x:v>91.23</x:v>
       </x:c>
     </x:row>
     <x:row r="399">
       <x:c r="A399" s="3" t="str">
-        <x:v>Субсидии бюджетам на государственную поддержку организаций, входящих в систему спортивной подготовки</x:v>
+        <x:v>Субсидии бюджетам на стимулирование увеличения производства картофеля и овощей</x:v>
       </x:c>
       <x:c r="B399" s="4" t="n">
-        <x:v>3080900</x:v>
+        <x:v>1080500</x:v>
       </x:c>
       <x:c r="C399" s="4" t="n">
-        <x:v>3080900</x:v>
+        <x:v>562800</x:v>
       </x:c>
       <x:c r="D399" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>52.09</x:v>
       </x:c>
       <x:c r="E399" s="4" t="n">
-        <x:v>3077300</x:v>
+        <x:v>963122.5</x:v>
       </x:c>
       <x:c r="F399" s="4" t="n">
-        <x:v>100.12</x:v>
+        <x:v>58.43</x:v>
       </x:c>
       <x:c r="G399" s="4" t="n">
-        <x:v>3080900</x:v>
+        <x:v>1080500</x:v>
       </x:c>
       <x:c r="H399" s="4" t="n">
-        <x:v>3080900</x:v>
+        <x:v>562800</x:v>
       </x:c>
       <x:c r="I399" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>52.09</x:v>
       </x:c>
       <x:c r="J399" s="4" t="n">
-        <x:v>3077300</x:v>
+        <x:v>963122.5</x:v>
       </x:c>
       <x:c r="K399" s="4" t="n">
-        <x:v>100.12</x:v>
+        <x:v>58.43</x:v>
       </x:c>
     </x:row>
     <x:row r="400">
       <x:c r="A400" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на государственную поддержку организаций, входящих в систему спортивной подготовки</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на стимулирование увеличения производства картофеля и овощей</x:v>
       </x:c>
       <x:c r="B400" s="4" t="n">
-        <x:v>3080900</x:v>
+        <x:v>1080500</x:v>
       </x:c>
       <x:c r="C400" s="4" t="n">
-        <x:v>3080900</x:v>
+        <x:v>562800</x:v>
       </x:c>
       <x:c r="D400" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>52.09</x:v>
       </x:c>
       <x:c r="E400" s="4" t="n">
-        <x:v>3077300</x:v>
+        <x:v>963122.5</x:v>
       </x:c>
       <x:c r="F400" s="4" t="n">
-        <x:v>100.12</x:v>
+        <x:v>58.43</x:v>
       </x:c>
       <x:c r="G400" s="4" t="n">
-        <x:v>3080900</x:v>
+        <x:v>1080500</x:v>
       </x:c>
       <x:c r="H400" s="4" t="n">
-        <x:v>3080900</x:v>
+        <x:v>562800</x:v>
       </x:c>
       <x:c r="I400" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>52.09</x:v>
       </x:c>
       <x:c r="J400" s="4" t="n">
-        <x:v>3077300</x:v>
+        <x:v>963122.5</x:v>
       </x:c>
       <x:c r="K400" s="4" t="n">
-        <x:v>100.12</x:v>
+        <x:v>58.43</x:v>
       </x:c>
     </x:row>
     <x:row r="401">
       <x:c r="A401" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение детей-сирот и детей, оставшихся без попечения родителей, лиц из числа детей-сирот и детей, оставшихся без попечения родителей, жилыми помещениями</x:v>
+        <x:v>Субсидии бюджетам на реализацию государственных программ субъектов Российской Федерации в области использования и охраны водных объектов</x:v>
       </x:c>
       <x:c r="B401" s="4" t="n">
-        <x:v>33792300</x:v>
+        <x:v>35051400</x:v>
       </x:c>
       <x:c r="C401" s="4" t="n">
-        <x:v>33792300</x:v>
+        <x:v>35051400</x:v>
       </x:c>
       <x:c r="D401" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E401" s="4" t="n">
-        <x:v>32127600</x:v>
+        <x:v>48905938.64</x:v>
       </x:c>
       <x:c r="F401" s="4" t="n">
-        <x:v>105.18</x:v>
+        <x:v>71.67</x:v>
       </x:c>
       <x:c r="G401" s="4" t="n">
-        <x:v>33792300</x:v>
+        <x:v>35051400</x:v>
       </x:c>
       <x:c r="H401" s="4" t="n">
-        <x:v>33792300</x:v>
+        <x:v>35051400</x:v>
       </x:c>
       <x:c r="I401" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J401" s="4" t="n">
-        <x:v>32127600</x:v>
+        <x:v>48905938.64</x:v>
       </x:c>
       <x:c r="K401" s="4" t="n">
-        <x:v>105.18</x:v>
+        <x:v>71.67</x:v>
       </x:c>
     </x:row>
     <x:row r="402">
       <x:c r="A402" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на осуществление ежемесячной денежной выплаты, назначаемой в случае рождения третьего ребенка или последующих детей до достижения ребенком возраста трех лет</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию государственных программ субъектов Российской Федерации в области использования и охраны водных объектов</x:v>
       </x:c>
       <x:c r="B402" s="4" t="n">
-        <x:v>105444500</x:v>
+        <x:v>35051400</x:v>
       </x:c>
       <x:c r="C402" s="4" t="n">
-        <x:v>26197867.25</x:v>
+        <x:v>35051400</x:v>
       </x:c>
       <x:c r="D402" s="4" t="n">
-        <x:v>24.85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E402" s="4" t="n">
-        <x:v>69369576.92</x:v>
+        <x:v>48905938.64</x:v>
       </x:c>
       <x:c r="F402" s="4" t="n">
-        <x:v>37.77</x:v>
+        <x:v>71.67</x:v>
       </x:c>
       <x:c r="G402" s="4" t="n">
-        <x:v>105444500</x:v>
+        <x:v>35051400</x:v>
       </x:c>
       <x:c r="H402" s="4" t="n">
-        <x:v>26197867.25</x:v>
+        <x:v>35051400</x:v>
       </x:c>
       <x:c r="I402" s="4" t="n">
-        <x:v>24.85</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J402" s="4" t="n">
-        <x:v>69369576.92</x:v>
+        <x:v>48905938.64</x:v>
       </x:c>
       <x:c r="K402" s="4" t="n">
-        <x:v>37.77</x:v>
+        <x:v>71.67</x:v>
       </x:c>
     </x:row>
     <x:row r="403">
       <x:c r="A403" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий, предусмотренных региональной программой переселения, включенной в Государственную программу по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом</x:v>
+        <x:v>Субсидии бюджетам на государственную поддержку организаций, входящих в систему спортивной подготовки</x:v>
       </x:c>
       <x:c r="B403" s="4" t="n">
-        <x:v>732600</x:v>
+        <x:v>3080900</x:v>
       </x:c>
       <x:c r="C403" s="4" t="n">
-        <x:v>641552.67</x:v>
+        <x:v>3080900</x:v>
       </x:c>
       <x:c r="D403" s="4" t="n">
-        <x:v>87.57</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E403" s="4" t="n">
-        <x:v>431412.3</x:v>
+        <x:v>3077300</x:v>
       </x:c>
       <x:c r="F403" s="4" t="n">
-        <x:v>148.71</x:v>
+        <x:v>100.12</x:v>
       </x:c>
       <x:c r="G403" s="4" t="n">
-        <x:v>732600</x:v>
+        <x:v>3080900</x:v>
       </x:c>
       <x:c r="H403" s="4" t="n">
-        <x:v>641552.67</x:v>
+        <x:v>3080900</x:v>
       </x:c>
       <x:c r="I403" s="4" t="n">
-        <x:v>87.57</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J403" s="4" t="n">
-        <x:v>431412.3</x:v>
+        <x:v>3077300</x:v>
       </x:c>
       <x:c r="K403" s="4" t="n">
-        <x:v>148.71</x:v>
+        <x:v>100.12</x:v>
       </x:c>
     </x:row>
     <x:row r="404">
       <x:c r="A404" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий, предусмотренных региональной программой переселения, включенной в Государственную программу по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на государственную поддержку организаций, входящих в систему спортивной подготовки</x:v>
       </x:c>
       <x:c r="B404" s="4" t="n">
-        <x:v>732600</x:v>
+        <x:v>3080900</x:v>
       </x:c>
       <x:c r="C404" s="4" t="n">
-        <x:v>641552.67</x:v>
+        <x:v>3080900</x:v>
       </x:c>
       <x:c r="D404" s="4" t="n">
-        <x:v>87.57</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E404" s="4" t="n">
-        <x:v>431412.3</x:v>
+        <x:v>3077300</x:v>
       </x:c>
       <x:c r="F404" s="4" t="n">
-        <x:v>148.71</x:v>
+        <x:v>100.12</x:v>
       </x:c>
       <x:c r="G404" s="4" t="n">
-        <x:v>732600</x:v>
+        <x:v>3080900</x:v>
       </x:c>
       <x:c r="H404" s="4" t="n">
-        <x:v>641552.67</x:v>
+        <x:v>3080900</x:v>
       </x:c>
       <x:c r="I404" s="4" t="n">
-        <x:v>87.57</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J404" s="4" t="n">
-        <x:v>431412.3</x:v>
+        <x:v>3077300</x:v>
       </x:c>
       <x:c r="K404" s="4" t="n">
-        <x:v>148.71</x:v>
+        <x:v>100.12</x:v>
       </x:c>
     </x:row>
     <x:row r="405">
       <x:c r="A405" s="3" t="str">
-        <x:v>Субсидии бюджетам на обновление материально-технической базы для организации учебно-исследовательской, научно-практической, творческой деятельности, занятий физической культурой и спортом в образовательных организациях</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение детей-сирот и детей, оставшихся без попечения родителей, лиц из числа детей-сирот и детей, оставшихся без попечения родителей, жилыми помещениями</x:v>
       </x:c>
       <x:c r="B405" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>33792300</x:v>
       </x:c>
       <x:c r="C405" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>33792300</x:v>
       </x:c>
       <x:c r="D405" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E405" s="4" t="n">
-        <x:v>21416506.72</x:v>
+        <x:v>32127600</x:v>
       </x:c>
       <x:c r="F405" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105.18</x:v>
       </x:c>
       <x:c r="G405" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>33792300</x:v>
       </x:c>
       <x:c r="H405" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>33792300</x:v>
       </x:c>
       <x:c r="I405" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J405" s="4" t="n">
-        <x:v>21416506.72</x:v>
+        <x:v>32127600</x:v>
       </x:c>
       <x:c r="K405" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105.18</x:v>
       </x:c>
     </x:row>
     <x:row r="406">
       <x:c r="A406" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на обновление материально-технической базы для организации учебно-исследовательской, научно-практической, творческой деятельности, занятий физической культурой и спортом в образовательных организациях</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на осуществление ежемесячной денежной выплаты, назначаемой в случае рождения третьего ребенка или последующих детей до достижения ребенком возраста трех лет</x:v>
       </x:c>
       <x:c r="B406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105444500</x:v>
       </x:c>
       <x:c r="C406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>27227903.81</x:v>
       </x:c>
       <x:c r="D406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25.82</x:v>
       </x:c>
       <x:c r="E406" s="4" t="n">
-        <x:v>21416506.72</x:v>
+        <x:v>75111422.61</x:v>
       </x:c>
       <x:c r="F406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>36.25</x:v>
       </x:c>
       <x:c r="G406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105444500</x:v>
       </x:c>
       <x:c r="H406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>27227903.81</x:v>
       </x:c>
       <x:c r="I406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25.82</x:v>
       </x:c>
       <x:c r="J406" s="4" t="n">
-        <x:v>21416506.72</x:v>
+        <x:v>75111422.61</x:v>
       </x:c>
       <x:c r="K406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>36.25</x:v>
       </x:c>
     </x:row>
     <x:row r="407">
       <x:c r="A407" s="3" t="str">
-        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению детей с сахарным диабетом 1 типа в возрасте от 2-х до 4-х лет системами непрерывного мониторинга глюкозы</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий, предусмотренных региональной программой переселения, включенной в Государственную программу по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом</x:v>
       </x:c>
       <x:c r="B407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>732600</x:v>
       </x:c>
       <x:c r="C407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>641552.67</x:v>
       </x:c>
       <x:c r="D407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>87.57</x:v>
       </x:c>
       <x:c r="E407" s="4" t="n">
-        <x:v>357885</x:v>
+        <x:v>678912.3</x:v>
       </x:c>
       <x:c r="F407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94.5</x:v>
       </x:c>
       <x:c r="G407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>732600</x:v>
       </x:c>
       <x:c r="H407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>641552.67</x:v>
       </x:c>
       <x:c r="I407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>87.57</x:v>
       </x:c>
       <x:c r="J407" s="4" t="n">
-        <x:v>357885</x:v>
+        <x:v>678912.3</x:v>
       </x:c>
       <x:c r="K407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="408">
       <x:c r="A408" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению детей с сахарным диабетом 1 типа в возрасте от 2-х до 4-х лет системами непрерывного мониторинга глюкозы</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий, предусмотренных региональной программой переселения, включенной в Государственную программу по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом</x:v>
       </x:c>
       <x:c r="B408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>732600</x:v>
       </x:c>
       <x:c r="C408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>641552.67</x:v>
       </x:c>
       <x:c r="D408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>87.57</x:v>
       </x:c>
       <x:c r="E408" s="4" t="n">
-        <x:v>357885</x:v>
+        <x:v>678912.3</x:v>
       </x:c>
       <x:c r="F408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94.5</x:v>
       </x:c>
       <x:c r="G408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>732600</x:v>
       </x:c>
       <x:c r="H408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>641552.67</x:v>
       </x:c>
       <x:c r="I408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>87.57</x:v>
       </x:c>
       <x:c r="J408" s="4" t="n">
-        <x:v>357885</x:v>
+        <x:v>678912.3</x:v>
       </x:c>
       <x:c r="K408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="409">
       <x:c r="A409" s="3" t="str">
-        <x:v>Субсидии бюджетам на обеспечение детей с сахарным диабетом 1 типа в возрасте от 2-х до 17-ти лет включительно системами непрерывного мониторинга глюкозы</x:v>
+        <x:v>Субсидии бюджетам на обновление материально-технической базы для организации учебно-исследовательской, научно-практической, творческой деятельности, занятий физической культурой и спортом в образовательных организациях</x:v>
       </x:c>
       <x:c r="B409" s="4" t="n">
-        <x:v>18437900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C409" s="4" t="n">
-        <x:v>18433194.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D409" s="4" t="n">
-        <x:v>99.97</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E409" s="4" t="n">
-        <x:v>11782319.75</x:v>
+        <x:v>22413945.93</x:v>
       </x:c>
       <x:c r="F409" s="4" t="n">
-        <x:v>156.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G409" s="4" t="n">
-        <x:v>18437900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H409" s="4" t="n">
-        <x:v>18433194.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I409" s="4" t="n">
-        <x:v>99.97</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J409" s="4" t="n">
-        <x:v>11782319.75</x:v>
+        <x:v>22413945.93</x:v>
       </x:c>
       <x:c r="K409" s="4" t="n">
-        <x:v>156.45</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="410">
       <x:c r="A410" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение детей с сахарным диабетом 1 типа в возрасте от 2-х до 17-ти лет включительно системами непрерывного мониторинга глюкозы</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на обновление материально-технической базы для организации учебно-исследовательской, научно-практической, творческой деятельности, занятий физической культурой и спортом в образовательных организациях</x:v>
       </x:c>
       <x:c r="B410" s="4" t="n">
-        <x:v>18437900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C410" s="4" t="n">
-        <x:v>18433194.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D410" s="4" t="n">
-        <x:v>99.97</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E410" s="4" t="n">
-        <x:v>11782319.75</x:v>
+        <x:v>22413945.93</x:v>
       </x:c>
       <x:c r="F410" s="4" t="n">
-        <x:v>156.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G410" s="4" t="n">
-        <x:v>18437900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H410" s="4" t="n">
-        <x:v>18433194.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I410" s="4" t="n">
-        <x:v>99.97</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J410" s="4" t="n">
-        <x:v>11782319.75</x:v>
+        <x:v>22413945.93</x:v>
       </x:c>
       <x:c r="K410" s="4" t="n">
-        <x:v>156.45</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="411">
       <x:c r="A411" s="3" t="str">
-        <x:v>Субсидии бюджетам на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности субъектов Российской Федерации и (или) софинансирование мероприятий, не относящихся к капитальным вложениям в объекты государственной (муниципальной) собственности субъектов Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению детей с сахарным диабетом 1 типа в возрасте от 2-х до 4-х лет системами непрерывного мониторинга глюкозы</x:v>
       </x:c>
       <x:c r="B411" s="4" t="n">
-        <x:v>143569200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C411" s="4" t="n">
-        <x:v>143569200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D411" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E411" s="4" t="n">
-        <x:v>243002202.78</x:v>
+        <x:v>357885</x:v>
       </x:c>
       <x:c r="F411" s="4" t="n">
-        <x:v>59.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G411" s="4" t="n">
-        <x:v>143569200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H411" s="4" t="n">
-        <x:v>143569200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I411" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J411" s="4" t="n">
-        <x:v>243002202.78</x:v>
+        <x:v>357885</x:v>
       </x:c>
       <x:c r="K411" s="4" t="n">
-        <x:v>59.08</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="412">
       <x:c r="A412" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности субъектов Российской Федерации и (или) софинансирование мероприятий, не относящихся к капитальным вложениям в объекты государственной (муниципальной) собственности субъектов Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению детей с сахарным диабетом 1 типа в возрасте от 2-х до 4-х лет системами непрерывного мониторинга глюкозы</x:v>
       </x:c>
       <x:c r="B412" s="4" t="n">
-        <x:v>143569200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C412" s="4" t="n">
-        <x:v>143569200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D412" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E412" s="4" t="n">
-        <x:v>243002202.78</x:v>
+        <x:v>357885</x:v>
       </x:c>
       <x:c r="F412" s="4" t="n">
-        <x:v>59.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G412" s="4" t="n">
-        <x:v>143569200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H412" s="4" t="n">
-        <x:v>143569200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I412" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J412" s="4" t="n">
-        <x:v>243002202.78</x:v>
+        <x:v>357885</x:v>
       </x:c>
       <x:c r="K412" s="4" t="n">
-        <x:v>59.08</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="413">
       <x:c r="A413" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию программы комплексного развития молодежной политики в субъектах Российской Федерации "Регион для молодых"</x:v>
+        <x:v>Субсидии бюджетам на обеспечение детей с сахарным диабетом 1 типа в возрасте от 2-х до 17-ти лет включительно системами непрерывного мониторинга глюкозы</x:v>
       </x:c>
       <x:c r="B413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18437900</x:v>
       </x:c>
       <x:c r="C413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18433194.45</x:v>
       </x:c>
       <x:c r="D413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.97</x:v>
       </x:c>
       <x:c r="E413" s="4" t="n">
-        <x:v>22070368.68</x:v>
+        <x:v>11782319.75</x:v>
       </x:c>
       <x:c r="F413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>156.45</x:v>
       </x:c>
       <x:c r="G413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18437900</x:v>
       </x:c>
       <x:c r="H413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18433194.45</x:v>
       </x:c>
       <x:c r="I413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.97</x:v>
       </x:c>
       <x:c r="J413" s="4" t="n">
-        <x:v>22070368.68</x:v>
+        <x:v>11782319.75</x:v>
       </x:c>
       <x:c r="K413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>156.45</x:v>
       </x:c>
     </x:row>
     <x:row r="414">
       <x:c r="A414" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию программы комплексного развития молодежной политики в субъектах Российской Федерации "Регион для молодых"</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение детей с сахарным диабетом 1 типа в возрасте от 2-х до 17-ти лет включительно системами непрерывного мониторинга глюкозы</x:v>
       </x:c>
       <x:c r="B414" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18437900</x:v>
       </x:c>
       <x:c r="C414" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18433194.45</x:v>
       </x:c>
       <x:c r="D414" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.97</x:v>
       </x:c>
       <x:c r="E414" s="4" t="n">
-        <x:v>22070368.68</x:v>
+        <x:v>11782319.75</x:v>
       </x:c>
       <x:c r="F414" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>156.45</x:v>
       </x:c>
       <x:c r="G414" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18437900</x:v>
       </x:c>
       <x:c r="H414" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18433194.45</x:v>
       </x:c>
       <x:c r="I414" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.97</x:v>
       </x:c>
       <x:c r="J414" s="4" t="n">
-        <x:v>22070368.68</x:v>
+        <x:v>11782319.75</x:v>
       </x:c>
       <x:c r="K414" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>156.45</x:v>
       </x:c>
     </x:row>
     <x:row r="415">
       <x:c r="A415" s="3" t="str">
-        <x:v>Субсидии бюджетам на единовременные компенсационные выплаты медицинским работникам (врачам, фельдшерам, а также акушеркам и медицинским сестрам фельдшерских здравпунктов и фельдшерско-акушерских пунктов, врачебных амбулаторий, центров (отделений) общей врачебной практики (семейной медицины), прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности субъектов Российской Федерации и (или) софинансирование мероприятий, не относящихся к капитальным вложениям в объекты государственной (муниципальной) собственности субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B415" s="4" t="n">
-        <x:v>38115000</x:v>
+        <x:v>143569200</x:v>
       </x:c>
       <x:c r="C415" s="4" t="n">
-        <x:v>21780000</x:v>
+        <x:v>143569200</x:v>
       </x:c>
       <x:c r="D415" s="4" t="n">
-        <x:v>57.14</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E415" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>291739800</x:v>
       </x:c>
       <x:c r="F415" s="4" t="n">
-        <x:v>104.76</x:v>
+        <x:v>49.21</x:v>
       </x:c>
       <x:c r="G415" s="4" t="n">
-        <x:v>38115000</x:v>
+        <x:v>143569200</x:v>
       </x:c>
       <x:c r="H415" s="4" t="n">
-        <x:v>21780000</x:v>
+        <x:v>143569200</x:v>
       </x:c>
       <x:c r="I415" s="4" t="n">
-        <x:v>57.14</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J415" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>291739800</x:v>
       </x:c>
       <x:c r="K415" s="4" t="n">
-        <x:v>104.76</x:v>
+        <x:v>49.21</x:v>
       </x:c>
     </x:row>
     <x:row r="416">
       <x:c r="A416" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на единовременные компенсационные выплаты медицинским работникам (врачам, фельдшерам, а также акушеркам и медицинским сестрам фельдшерских здравпунктов и фельдшерско-акушерских пунктов, врачебных амбулаторий, центров (отделений) общей врачебной практики (семейной медицины), прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности субъектов Российской Федерации и (или) софинансирование мероприятий, не относящихся к капитальным вложениям в объекты государственной (муниципальной) собственности субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B416" s="4" t="n">
-        <x:v>38115000</x:v>
+        <x:v>143569200</x:v>
       </x:c>
       <x:c r="C416" s="4" t="n">
-        <x:v>21780000</x:v>
+        <x:v>143569200</x:v>
       </x:c>
       <x:c r="D416" s="4" t="n">
-        <x:v>57.14</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E416" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>291739800</x:v>
       </x:c>
       <x:c r="F416" s="4" t="n">
-        <x:v>104.76</x:v>
+        <x:v>49.21</x:v>
       </x:c>
       <x:c r="G416" s="4" t="n">
-        <x:v>38115000</x:v>
+        <x:v>143569200</x:v>
       </x:c>
       <x:c r="H416" s="4" t="n">
-        <x:v>21780000</x:v>
+        <x:v>143569200</x:v>
       </x:c>
       <x:c r="I416" s="4" t="n">
-        <x:v>57.14</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J416" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>291739800</x:v>
       </x:c>
       <x:c r="K416" s="4" t="n">
-        <x:v>104.76</x:v>
+        <x:v>49.21</x:v>
       </x:c>
     </x:row>
     <x:row r="417">
       <x:c r="A417" s="3" t="str">
-        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации и города Байконура, возникающих при реализации мероприятий по закупке и монтажу оборудования для создания модульных спортивных сооружений</x:v>
+        <x:v>Субсидии бюджетам на реализацию программы комплексного развития молодежной политики в субъектах Российской Федерации "Регион для молодых"</x:v>
       </x:c>
       <x:c r="B417" s="4" t="n">
-        <x:v>297000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C417" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D417" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E417" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>27345361.56</x:v>
       </x:c>
       <x:c r="F417" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G417" s="4" t="n">
-        <x:v>297000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H417" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I417" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J417" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>27345361.56</x:v>
       </x:c>
       <x:c r="K417" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="418">
       <x:c r="A418" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации и города Байконура, возникающих при реализации мероприятий по закупке и монтажу оборудования для создания модульных спортивных сооружений</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию программы комплексного развития молодежной политики в субъектах Российской Федерации "Регион для молодых"</x:v>
       </x:c>
       <x:c r="B418" s="4" t="n">
-        <x:v>297000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C418" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D418" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E418" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>27345361.56</x:v>
       </x:c>
       <x:c r="F418" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G418" s="4" t="n">
-        <x:v>297000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H418" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I418" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J418" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>27345361.56</x:v>
       </x:c>
       <x:c r="K418" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="419">
       <x:c r="A419" s="3" t="str">
-        <x:v>Субсидии бюджетам на обеспечение беременных женщин с сахарным диабетом системами непрерывного мониторинга глюкозы</x:v>
+        <x:v>Субсидии бюджетам на единовременные компенсационные выплаты медицинским работникам (врачам, фельдшерам, а также акушеркам и медицинским сестрам фельдшерских здравпунктов и фельдшерско-акушерских пунктов, врачебных амбулаторий, центров (отделений) общей врачебной практики (семейной медицины), прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="B419" s="4" t="n">
-        <x:v>9825700</x:v>
+        <x:v>38115000</x:v>
       </x:c>
       <x:c r="C419" s="4" t="n">
-        <x:v>1635164.78</x:v>
+        <x:v>33165000</x:v>
       </x:c>
       <x:c r="D419" s="4" t="n">
-        <x:v>16.64</x:v>
+        <x:v>87.01</x:v>
       </x:c>
       <x:c r="E419" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29700000</x:v>
       </x:c>
       <x:c r="F419" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>111.67</x:v>
       </x:c>
       <x:c r="G419" s="4" t="n">
-        <x:v>9825700</x:v>
+        <x:v>38115000</x:v>
       </x:c>
       <x:c r="H419" s="4" t="n">
-        <x:v>1635164.78</x:v>
+        <x:v>33165000</x:v>
       </x:c>
       <x:c r="I419" s="4" t="n">
-        <x:v>16.64</x:v>
+        <x:v>87.01</x:v>
       </x:c>
       <x:c r="J419" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29700000</x:v>
       </x:c>
       <x:c r="K419" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>111.67</x:v>
       </x:c>
     </x:row>
     <x:row r="420">
       <x:c r="A420" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение беременных женщин с сахарным диабетом системами непрерывного мониторинга глюкозы</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на единовременные компенсационные выплаты медицинским работникам (врачам, фельдшерам, а также акушеркам и медицинским сестрам фельдшерских здравпунктов и фельдшерско-акушерских пунктов, врачебных амбулаторий, центров (отделений) общей врачебной практики (семейной медицины), прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="B420" s="4" t="n">
-        <x:v>9825700</x:v>
+        <x:v>38115000</x:v>
       </x:c>
       <x:c r="C420" s="4" t="n">
-        <x:v>1635164.78</x:v>
+        <x:v>33165000</x:v>
       </x:c>
       <x:c r="D420" s="4" t="n">
-        <x:v>16.64</x:v>
+        <x:v>87.01</x:v>
       </x:c>
       <x:c r="E420" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29700000</x:v>
       </x:c>
       <x:c r="F420" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>111.67</x:v>
       </x:c>
       <x:c r="G420" s="4" t="n">
-        <x:v>9825700</x:v>
+        <x:v>38115000</x:v>
       </x:c>
       <x:c r="H420" s="4" t="n">
-        <x:v>1635164.78</x:v>
+        <x:v>33165000</x:v>
       </x:c>
       <x:c r="I420" s="4" t="n">
-        <x:v>16.64</x:v>
+        <x:v>87.01</x:v>
       </x:c>
       <x:c r="J420" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29700000</x:v>
       </x:c>
       <x:c r="K420" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>111.67</x:v>
       </x:c>
     </x:row>
     <x:row r="421">
       <x:c r="A421" s="3" t="str">
-        <x:v>Субсидии бюджетам на софинансирование расходных обязательств в целях государственной поддержки ветеранов и участников специальной военной операции, связанной с началом осуществления ими предпринимательской деятельности в агропромышленном комплексе</x:v>
+        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации и города Байконура, возникающих при реализации мероприятий по закупке и монтажу оборудования для создания модульных спортивных сооружений</x:v>
       </x:c>
       <x:c r="B421" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>297000000</x:v>
       </x:c>
       <x:c r="C421" s="4" t="n">
-        <x:v>7930000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D421" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E421" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F421" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G421" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>297000000</x:v>
       </x:c>
       <x:c r="H421" s="4" t="n">
-        <x:v>7930000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I421" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J421" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K421" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="422">
       <x:c r="A422" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование расходных обязательств субъектов Российской Федерации в целях государственной поддержки ветеранов и участников специальной военной операции, связанной с началом осуществления ими предпринимательской деятельности в агропромышленном комплексе</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации и города Байконура, возникающих при реализации мероприятий по закупке и монтажу оборудования для создания модульных спортивных сооружений</x:v>
       </x:c>
       <x:c r="B422" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>297000000</x:v>
       </x:c>
       <x:c r="C422" s="4" t="n">
-        <x:v>7930000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D422" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E422" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F422" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G422" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>297000000</x:v>
       </x:c>
       <x:c r="H422" s="4" t="n">
-        <x:v>7930000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I422" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J422" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K422" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="423">
       <x:c r="A423" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий по модернизации коммунальной инфраструктуры</x:v>
+        <x:v>Субсидии бюджетам на обеспечение беременных женщин с сахарным диабетом системами непрерывного мониторинга глюкозы</x:v>
       </x:c>
       <x:c r="B423" s="4" t="n">
-        <x:v>216252000</x:v>
+        <x:v>9825700</x:v>
       </x:c>
       <x:c r="C423" s="4" t="n">
-        <x:v>151376400.01</x:v>
+        <x:v>1635164.78</x:v>
       </x:c>
       <x:c r="D423" s="4" t="n">
-        <x:v>70</x:v>
+        <x:v>16.64</x:v>
       </x:c>
       <x:c r="E423" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F423" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G423" s="4" t="n">
-        <x:v>216252000</x:v>
+        <x:v>9825700</x:v>
       </x:c>
       <x:c r="H423" s="4" t="n">
-        <x:v>151376400.01</x:v>
+        <x:v>1635164.78</x:v>
       </x:c>
       <x:c r="I423" s="4" t="n">
-        <x:v>70</x:v>
+        <x:v>16.64</x:v>
       </x:c>
       <x:c r="J423" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K423" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="424">
       <x:c r="A424" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по модернизации коммунальной инфраструктуры</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение беременных женщин с сахарным диабетом системами непрерывного мониторинга глюкозы</x:v>
       </x:c>
       <x:c r="B424" s="4" t="n">
-        <x:v>216252000</x:v>
+        <x:v>9825700</x:v>
       </x:c>
       <x:c r="C424" s="4" t="n">
-        <x:v>151376400.01</x:v>
+        <x:v>1635164.78</x:v>
       </x:c>
       <x:c r="D424" s="4" t="n">
-        <x:v>70</x:v>
+        <x:v>16.64</x:v>
       </x:c>
       <x:c r="E424" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F424" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G424" s="4" t="n">
-        <x:v>216252000</x:v>
+        <x:v>9825700</x:v>
       </x:c>
       <x:c r="H424" s="4" t="n">
-        <x:v>151376400.01</x:v>
+        <x:v>1635164.78</x:v>
       </x:c>
       <x:c r="I424" s="4" t="n">
-        <x:v>70</x:v>
+        <x:v>16.64</x:v>
       </x:c>
       <x:c r="J424" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K424" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="425">
       <x:c r="A425" s="3" t="str">
-        <x:v>Субсидии бюджетам на создание системы долговременного ухода за гражданами пожилого возраста и инвалидами</x:v>
+        <x:v>Субсидии бюджетам на софинансирование расходных обязательств в целях государственной поддержки ветеранов и участников специальной военной операции, связанной с началом осуществления ими предпринимательской деятельности в агропромышленном комплексе</x:v>
       </x:c>
       <x:c r="B425" s="4" t="n">
-        <x:v>99056500</x:v>
+        <x:v>7930000</x:v>
       </x:c>
       <x:c r="C425" s="4" t="n">
-        <x:v>74742140</x:v>
+        <x:v>7930000</x:v>
       </x:c>
       <x:c r="D425" s="4" t="n">
-        <x:v>75.45</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E425" s="4" t="n">
-        <x:v>54851300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F425" s="4" t="n">
-        <x:v>136.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G425" s="4" t="n">
-        <x:v>99056500</x:v>
+        <x:v>7930000</x:v>
       </x:c>
       <x:c r="H425" s="4" t="n">
-        <x:v>74742140</x:v>
+        <x:v>7930000</x:v>
       </x:c>
       <x:c r="I425" s="4" t="n">
-        <x:v>75.45</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J425" s="4" t="n">
-        <x:v>54851300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K425" s="4" t="n">
-        <x:v>136.26</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="426">
       <x:c r="A426" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание системы долговременного ухода за гражданами пожилого возраста и инвалидами</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование расходных обязательств субъектов Российской Федерации в целях государственной поддержки ветеранов и участников специальной военной операции, связанной с началом осуществления ими предпринимательской деятельности в агропромышленном комплексе</x:v>
       </x:c>
       <x:c r="B426" s="4" t="n">
-        <x:v>99056500</x:v>
+        <x:v>7930000</x:v>
       </x:c>
       <x:c r="C426" s="4" t="n">
-        <x:v>74742140</x:v>
+        <x:v>7930000</x:v>
       </x:c>
       <x:c r="D426" s="4" t="n">
-        <x:v>75.45</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E426" s="4" t="n">
-        <x:v>54851300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F426" s="4" t="n">
-        <x:v>136.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G426" s="4" t="n">
-        <x:v>99056500</x:v>
+        <x:v>7930000</x:v>
       </x:c>
       <x:c r="H426" s="4" t="n">
-        <x:v>74742140</x:v>
+        <x:v>7930000</x:v>
       </x:c>
       <x:c r="I426" s="4" t="n">
-        <x:v>75.45</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J426" s="4" t="n">
-        <x:v>54851300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K426" s="4" t="n">
-        <x:v>136.26</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="427">
       <x:c r="A427" s="3" t="str">
-        <x:v>Субсидии бюджетам на оснащение (обновление материально-технической базы) оборудованием, средствами обучения и воспитания общеобразовательных организаций, в том числе осуществляющих образовательную деятельность по адаптированным основным общеобразовательным программам</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий по модернизации коммунальной инфраструктуры</x:v>
       </x:c>
       <x:c r="B427" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>401256400</x:v>
       </x:c>
       <x:c r="C427" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>233179663.2</x:v>
       </x:c>
       <x:c r="D427" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58.11</x:v>
       </x:c>
       <x:c r="E427" s="4" t="n">
-        <x:v>47764577.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F427" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G427" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>401256400</x:v>
       </x:c>
       <x:c r="H427" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>233179663.2</x:v>
       </x:c>
       <x:c r="I427" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58.11</x:v>
       </x:c>
       <x:c r="J427" s="4" t="n">
-        <x:v>47764577.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K427" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="428">
       <x:c r="A428" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение (обновление материально-технической базы) оборудованием, средствами обучения и воспитания общеобразовательных организаций, в том числе осуществляющих образовательную деятельность по адаптированным основным общеобразовательным программам</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по модернизации коммунальной инфраструктуры</x:v>
       </x:c>
       <x:c r="B428" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>401256400</x:v>
       </x:c>
       <x:c r="C428" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>233179663.2</x:v>
       </x:c>
       <x:c r="D428" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58.11</x:v>
       </x:c>
       <x:c r="E428" s="4" t="n">
-        <x:v>47764577.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F428" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G428" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>401256400</x:v>
       </x:c>
       <x:c r="H428" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>233179663.2</x:v>
       </x:c>
       <x:c r="I428" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58.11</x:v>
       </x:c>
       <x:c r="J428" s="4" t="n">
-        <x:v>47764577.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K428" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="429">
       <x:c r="A429" s="3" t="str">
-        <x:v>Субсидии бюджетам на проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Субсидии бюджетам на создание системы долговременного ухода за гражданами пожилого возраста и инвалидами</x:v>
       </x:c>
       <x:c r="B429" s="4" t="n">
-        <x:v>24331700</x:v>
+        <x:v>99056500</x:v>
       </x:c>
       <x:c r="C429" s="4" t="n">
-        <x:v>20775242.59</x:v>
+        <x:v>90879140</x:v>
       </x:c>
       <x:c r="D429" s="4" t="n">
-        <x:v>85.38</x:v>
+        <x:v>91.74</x:v>
       </x:c>
       <x:c r="E429" s="4" t="n">
-        <x:v>18518105.82</x:v>
+        <x:v>70889300.27</x:v>
       </x:c>
       <x:c r="F429" s="4" t="n">
-        <x:v>112.19</x:v>
+        <x:v>128.2</x:v>
       </x:c>
       <x:c r="G429" s="4" t="n">
-        <x:v>24331700</x:v>
+        <x:v>99056500</x:v>
       </x:c>
       <x:c r="H429" s="4" t="n">
-        <x:v>20775242.59</x:v>
+        <x:v>90879140</x:v>
       </x:c>
       <x:c r="I429" s="4" t="n">
-        <x:v>85.38</x:v>
+        <x:v>91.74</x:v>
       </x:c>
       <x:c r="J429" s="4" t="n">
-        <x:v>18518105.82</x:v>
+        <x:v>70889300.27</x:v>
       </x:c>
       <x:c r="K429" s="4" t="n">
-        <x:v>112.19</x:v>
+        <x:v>128.2</x:v>
       </x:c>
     </x:row>
     <x:row r="430">
       <x:c r="A430" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание системы долговременного ухода за гражданами пожилого возраста и инвалидами</x:v>
       </x:c>
       <x:c r="B430" s="4" t="n">
-        <x:v>24331700</x:v>
+        <x:v>99056500</x:v>
       </x:c>
       <x:c r="C430" s="4" t="n">
-        <x:v>20775242.59</x:v>
+        <x:v>90879140</x:v>
       </x:c>
       <x:c r="D430" s="4" t="n">
-        <x:v>85.38</x:v>
+        <x:v>91.74</x:v>
       </x:c>
       <x:c r="E430" s="4" t="n">
-        <x:v>18518105.82</x:v>
+        <x:v>70889300.27</x:v>
       </x:c>
       <x:c r="F430" s="4" t="n">
-        <x:v>112.19</x:v>
+        <x:v>128.2</x:v>
       </x:c>
       <x:c r="G430" s="4" t="n">
-        <x:v>24331700</x:v>
+        <x:v>99056500</x:v>
       </x:c>
       <x:c r="H430" s="4" t="n">
-        <x:v>20775242.59</x:v>
+        <x:v>90879140</x:v>
       </x:c>
       <x:c r="I430" s="4" t="n">
-        <x:v>85.38</x:v>
+        <x:v>91.74</x:v>
       </x:c>
       <x:c r="J430" s="4" t="n">
-        <x:v>18518105.82</x:v>
+        <x:v>70889300.27</x:v>
       </x:c>
       <x:c r="K430" s="4" t="n">
-        <x:v>112.19</x:v>
+        <x:v>128.2</x:v>
       </x:c>
     </x:row>
     <x:row r="431">
       <x:c r="A431" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на переоснащение медицинских организаций, оказывающих медицинскую помощь больным с онкологическими заболеваниями</x:v>
+        <x:v>Субсидии бюджетам на оснащение (обновление материально-технической базы) оборудованием, средствами обучения и воспитания общеобразовательных организаций, в том числе осуществляющих образовательную деятельность по адаптированным основным общеобразовательным программам</x:v>
       </x:c>
       <x:c r="B431" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C431" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D431" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E431" s="4" t="n">
-        <x:v>18885900</x:v>
+        <x:v>47764577.13</x:v>
       </x:c>
       <x:c r="F431" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G431" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H431" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I431" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J431" s="4" t="n">
-        <x:v>18885900</x:v>
+        <x:v>47764577.13</x:v>
       </x:c>
       <x:c r="K431" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="432">
       <x:c r="A432" s="3" t="str">
-        <x:v>Субсидии бюджетам на оснащение оборудованием региональных сосудистых центров и первичных сосудистых отделений</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение (обновление материально-технической базы) оборудованием, средствами обучения и воспитания общеобразовательных организаций, в том числе осуществляющих образовательную деятельность по адаптированным основным общеобразовательным программам</x:v>
       </x:c>
       <x:c r="B432" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C432" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D432" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E432" s="4" t="n">
-        <x:v>55517200</x:v>
+        <x:v>47764577.13</x:v>
       </x:c>
       <x:c r="F432" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G432" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H432" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I432" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J432" s="4" t="n">
-        <x:v>55517200</x:v>
+        <x:v>47764577.13</x:v>
       </x:c>
       <x:c r="K432" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="433">
       <x:c r="A433" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение оборудованием региональных сосудистых центров и первичных сосудистых отделений</x:v>
+        <x:v>Субсидии бюджетам на проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="B433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>24331700</x:v>
       </x:c>
       <x:c r="C433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>22028008.43</x:v>
       </x:c>
       <x:c r="D433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>90.53</x:v>
       </x:c>
       <x:c r="E433" s="4" t="n">
-        <x:v>55517200</x:v>
+        <x:v>20112228.45</x:v>
       </x:c>
       <x:c r="F433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>109.53</x:v>
       </x:c>
       <x:c r="G433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>24331700</x:v>
       </x:c>
       <x:c r="H433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>22028008.43</x:v>
       </x:c>
       <x:c r="I433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>90.53</x:v>
       </x:c>
       <x:c r="J433" s="4" t="n">
-        <x:v>55517200</x:v>
+        <x:v>20112228.45</x:v>
       </x:c>
       <x:c r="K433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>109.53</x:v>
       </x:c>
     </x:row>
     <x:row r="434">
       <x:c r="A434" s="3" t="str">
-        <x:v>Субсидии бюджетам на развитие паллиативной медицинской помощи</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="B434" s="4" t="n">
-        <x:v>12609500</x:v>
+        <x:v>24331700</x:v>
       </x:c>
       <x:c r="C434" s="4" t="n">
-        <x:v>11108019.44</x:v>
+        <x:v>22028008.43</x:v>
       </x:c>
       <x:c r="D434" s="4" t="n">
-        <x:v>88.09</x:v>
+        <x:v>90.53</x:v>
       </x:c>
       <x:c r="E434" s="4" t="n">
-        <x:v>14389613.07</x:v>
+        <x:v>20112228.45</x:v>
       </x:c>
       <x:c r="F434" s="4" t="n">
-        <x:v>77.19</x:v>
+        <x:v>109.53</x:v>
       </x:c>
       <x:c r="G434" s="4" t="n">
-        <x:v>12609500</x:v>
+        <x:v>24331700</x:v>
       </x:c>
       <x:c r="H434" s="4" t="n">
-        <x:v>11108019.44</x:v>
+        <x:v>22028008.43</x:v>
       </x:c>
       <x:c r="I434" s="4" t="n">
-        <x:v>88.09</x:v>
+        <x:v>90.53</x:v>
       </x:c>
       <x:c r="J434" s="4" t="n">
-        <x:v>14389613.07</x:v>
+        <x:v>20112228.45</x:v>
       </x:c>
       <x:c r="K434" s="4" t="n">
-        <x:v>77.19</x:v>
+        <x:v>109.53</x:v>
       </x:c>
     </x:row>
     <x:row r="435">
       <x:c r="A435" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие паллиативной медицинской помощи</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на переоснащение медицинских организаций, оказывающих медицинскую помощь больным с онкологическими заболеваниями</x:v>
       </x:c>
       <x:c r="B435" s="4" t="n">
-        <x:v>12609500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C435" s="4" t="n">
-        <x:v>11108019.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D435" s="4" t="n">
-        <x:v>88.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E435" s="4" t="n">
-        <x:v>14389613.07</x:v>
+        <x:v>18885900</x:v>
       </x:c>
       <x:c r="F435" s="4" t="n">
-        <x:v>77.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G435" s="4" t="n">
-        <x:v>12609500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H435" s="4" t="n">
-        <x:v>11108019.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I435" s="4" t="n">
-        <x:v>88.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J435" s="4" t="n">
-        <x:v>14389613.07</x:v>
+        <x:v>18885900</x:v>
       </x:c>
       <x:c r="K435" s="4" t="n">
-        <x:v>77.19</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="436">
       <x:c r="A436" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий по предупреждению и борьбе с социально значимыми инфекционными заболеваниями</x:v>
+        <x:v>Субсидии бюджетам на оснащение оборудованием региональных сосудистых центров и первичных сосудистых отделений</x:v>
       </x:c>
       <x:c r="B436" s="4" t="n">
-        <x:v>4435800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C436" s="4" t="n">
-        <x:v>3827066.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D436" s="4" t="n">
-        <x:v>86.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E436" s="4" t="n">
-        <x:v>4198651.19</x:v>
+        <x:v>55517200</x:v>
       </x:c>
       <x:c r="F436" s="4" t="n">
-        <x:v>91.15</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G436" s="4" t="n">
-        <x:v>4435800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H436" s="4" t="n">
-        <x:v>3827066.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I436" s="4" t="n">
-        <x:v>86.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J436" s="4" t="n">
-        <x:v>4198651.19</x:v>
+        <x:v>55517200</x:v>
       </x:c>
       <x:c r="K436" s="4" t="n">
-        <x:v>91.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="437">
       <x:c r="A437" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по предупреждению и борьбе с социально значимыми инфекционными заболеваниями</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение оборудованием региональных сосудистых центров и первичных сосудистых отделений</x:v>
       </x:c>
       <x:c r="B437" s="4" t="n">
-        <x:v>4435800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C437" s="4" t="n">
-        <x:v>3827066.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D437" s="4" t="n">
-        <x:v>86.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E437" s="4" t="n">
-        <x:v>4198651.19</x:v>
+        <x:v>55517200</x:v>
       </x:c>
       <x:c r="F437" s="4" t="n">
-        <x:v>91.15</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G437" s="4" t="n">
-        <x:v>4435800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H437" s="4" t="n">
-        <x:v>3827066.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I437" s="4" t="n">
-        <x:v>86.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J437" s="4" t="n">
-        <x:v>4198651.19</x:v>
+        <x:v>55517200</x:v>
       </x:c>
       <x:c r="K437" s="4" t="n">
-        <x:v>91.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="438">
       <x:c r="A438" s="3" t="str">
-        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению в амбулаторных условиях противовирусными лекарственными препаратами лиц, находящихся под диспансерным наблюдением, с диагнозом "хронический вирусный гепатит С"</x:v>
+        <x:v>Субсидии бюджетам на развитие паллиативной медицинской помощи</x:v>
       </x:c>
       <x:c r="B438" s="4" t="n">
-        <x:v>7376200</x:v>
+        <x:v>12609500</x:v>
       </x:c>
       <x:c r="C438" s="4" t="n">
-        <x:v>7376112.16</x:v>
+        <x:v>11300590.79</x:v>
       </x:c>
       <x:c r="D438" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>89.62</x:v>
       </x:c>
       <x:c r="E438" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>14389613.07</x:v>
       </x:c>
       <x:c r="F438" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>78.53</x:v>
       </x:c>
       <x:c r="G438" s="4" t="n">
-        <x:v>7376200</x:v>
+        <x:v>12609500</x:v>
       </x:c>
       <x:c r="H438" s="4" t="n">
-        <x:v>7376112.16</x:v>
+        <x:v>11300590.79</x:v>
       </x:c>
       <x:c r="I438" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>89.62</x:v>
       </x:c>
       <x:c r="J438" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>14389613.07</x:v>
       </x:c>
       <x:c r="K438" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>78.53</x:v>
       </x:c>
     </x:row>
     <x:row r="439">
       <x:c r="A439" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению в амбулаторных условиях противовирусными лекарственными препаратами лиц, находящихся под диспансерным наблюдением, с диагнозом "хронический вирусный гепатит С"</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие паллиативной медицинской помощи</x:v>
       </x:c>
       <x:c r="B439" s="4" t="n">
-        <x:v>7376200</x:v>
+        <x:v>12609500</x:v>
       </x:c>
       <x:c r="C439" s="4" t="n">
-        <x:v>7376112.16</x:v>
+        <x:v>11300590.79</x:v>
       </x:c>
       <x:c r="D439" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>89.62</x:v>
       </x:c>
       <x:c r="E439" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>14389613.07</x:v>
       </x:c>
       <x:c r="F439" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>78.53</x:v>
       </x:c>
       <x:c r="G439" s="4" t="n">
-        <x:v>7376200</x:v>
+        <x:v>12609500</x:v>
       </x:c>
       <x:c r="H439" s="4" t="n">
-        <x:v>7376112.16</x:v>
+        <x:v>11300590.79</x:v>
       </x:c>
       <x:c r="I439" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>89.62</x:v>
       </x:c>
       <x:c r="J439" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>14389613.07</x:v>
       </x:c>
       <x:c r="K439" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>78.53</x:v>
       </x:c>
     </x:row>
     <x:row r="440">
       <x:c r="A440" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию организационных мероприятий, связанных с обеспечением лиц лекарственными препаратами, предназначенными для лечения больных гемофилией, муковисцидозом, гипофизарным нанизмом, болезнью Гоше, злокачественными новообразованиями лимфоидной, кроветворной и родственных им тканей, рассеянным склерозом, гемолитико-уремическим синдромом, юношеским артритом с системным началом, мукополисахаридозом I, II и VI типов, апластической анемией неуточненной, наследственным дефицитом факторов II (фибриногена), VII (лабильного), X (Стюарта - Прауэра), а также после трансплантации органов и (или) тканей</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий по предупреждению и борьбе с социально значимыми инфекционными заболеваниями</x:v>
       </x:c>
       <x:c r="B440" s="4" t="n">
-        <x:v>1353900</x:v>
+        <x:v>4435800</x:v>
       </x:c>
       <x:c r="C440" s="4" t="n">
-        <x:v>593988.48</x:v>
+        <x:v>4432790.1</x:v>
       </x:c>
       <x:c r="D440" s="4" t="n">
-        <x:v>43.87</x:v>
+        <x:v>99.93</x:v>
       </x:c>
       <x:c r="E440" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4198651.19</x:v>
       </x:c>
       <x:c r="F440" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105.58</x:v>
       </x:c>
       <x:c r="G440" s="4" t="n">
-        <x:v>1353900</x:v>
+        <x:v>4435800</x:v>
       </x:c>
       <x:c r="H440" s="4" t="n">
-        <x:v>593988.48</x:v>
+        <x:v>4432790.1</x:v>
       </x:c>
       <x:c r="I440" s="4" t="n">
-        <x:v>43.87</x:v>
+        <x:v>99.93</x:v>
       </x:c>
       <x:c r="J440" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4198651.19</x:v>
       </x:c>
       <x:c r="K440" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="441">
       <x:c r="A441" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию организационных мероприятий, связанных с обеспечением лиц лекарственными препаратами, предназначенными для лечения больных гемофилией, муковисцидозом, гипофизарным нанизмом, болезнью Гоше, злокачественными новообразованиями лимфоидной, кроветворной и родственных им тканей, рассеянным склерозом, гемолитико-уремическим синдромом, юношеским артритом с системным началом, мукополисахаридозом I, II и VI типов, апластической анемией неуточненной, наследственным дефицитом факторов II (фибриногена), VII (лабильного), X (Стюарта - Прауэра), а также после трансплантации органов и (или) тканей</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по предупреждению и борьбе с социально значимыми инфекционными заболеваниями</x:v>
       </x:c>
       <x:c r="B441" s="4" t="n">
-        <x:v>1353900</x:v>
+        <x:v>4435800</x:v>
       </x:c>
       <x:c r="C441" s="4" t="n">
-        <x:v>593988.48</x:v>
+        <x:v>4432790.1</x:v>
       </x:c>
       <x:c r="D441" s="4" t="n">
-        <x:v>43.87</x:v>
+        <x:v>99.93</x:v>
       </x:c>
       <x:c r="E441" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4198651.19</x:v>
       </x:c>
       <x:c r="F441" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105.58</x:v>
       </x:c>
       <x:c r="G441" s="4" t="n">
-        <x:v>1353900</x:v>
+        <x:v>4435800</x:v>
       </x:c>
       <x:c r="H441" s="4" t="n">
-        <x:v>593988.48</x:v>
+        <x:v>4432790.1</x:v>
       </x:c>
       <x:c r="I441" s="4" t="n">
-        <x:v>43.87</x:v>
+        <x:v>99.93</x:v>
       </x:c>
       <x:c r="J441" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4198651.19</x:v>
       </x:c>
       <x:c r="K441" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="442">
       <x:c r="A442" s="3" t="str">
-        <x:v>Субсидии бюджетам на оснащение объектов спортивной инфраструктуры спортивно-технологическим оборудованием</x:v>
+        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению в амбулаторных условиях противовирусными лекарственными препаратами лиц, находящихся под диспансерным наблюдением, с диагнозом "хронический вирусный гепатит С"</x:v>
       </x:c>
       <x:c r="B442" s="4" t="n">
-        <x:v>4833800</x:v>
+        <x:v>7376200</x:v>
       </x:c>
       <x:c r="C442" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7376112.16</x:v>
       </x:c>
       <x:c r="D442" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E442" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F442" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G442" s="4" t="n">
-        <x:v>4833800</x:v>
+        <x:v>7376200</x:v>
       </x:c>
       <x:c r="H442" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7376112.16</x:v>
       </x:c>
       <x:c r="I442" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J442" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K442" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="443">
       <x:c r="A443" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение объектов спортивной инфраструктуры спортивно-технологическим оборудованием</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению в амбулаторных условиях противовирусными лекарственными препаратами лиц, находящихся под диспансерным наблюдением, с диагнозом "хронический вирусный гепатит С"</x:v>
       </x:c>
       <x:c r="B443" s="4" t="n">
-        <x:v>4833800</x:v>
+        <x:v>7376200</x:v>
       </x:c>
       <x:c r="C443" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7376112.16</x:v>
       </x:c>
       <x:c r="D443" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E443" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F443" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G443" s="4" t="n">
-        <x:v>4833800</x:v>
+        <x:v>7376200</x:v>
       </x:c>
       <x:c r="H443" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7376112.16</x:v>
       </x:c>
       <x:c r="I443" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J443" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K443" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="444">
       <x:c r="A444" s="3" t="str">
-        <x:v>Субсидии бюджетам на приобретение спортивного оборудования и инвентаря для приведения организаций дополнительного образования со специальным наименованием "спортивная школа", использующих в своем наименовании слово "олимпийский" или образованные на его основе слова или словосочетания, в нормативное состояние</x:v>
+        <x:v>Субсидии бюджетам на реализацию организационных мероприятий, связанных с обеспечением лиц лекарственными препаратами, предназначенными для лечения больных гемофилией, муковисцидозом, гипофизарным нанизмом, болезнью Гоше, злокачественными новообразованиями лимфоидной, кроветворной и родственных им тканей, рассеянным склерозом, гемолитико-уремическим синдромом, юношеским артритом с системным началом, мукополисахаридозом I, II и VI типов, апластической анемией неуточненной, наследственным дефицитом факторов II (фибриногена), VII (лабильного), X (Стюарта - Прауэра), а также после трансплантации органов и (или) тканей</x:v>
       </x:c>
       <x:c r="B444" s="4" t="n">
-        <x:v>3104000</x:v>
+        <x:v>1353900</x:v>
       </x:c>
       <x:c r="C444" s="4" t="n">
-        <x:v>3104000</x:v>
+        <x:v>1187976.96</x:v>
       </x:c>
       <x:c r="D444" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>87.74</x:v>
       </x:c>
       <x:c r="E444" s="4" t="n">
-        <x:v>2621700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F444" s="4" t="n">
-        <x:v>118.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G444" s="4" t="n">
-        <x:v>3104000</x:v>
+        <x:v>1353900</x:v>
       </x:c>
       <x:c r="H444" s="4" t="n">
-        <x:v>3104000</x:v>
+        <x:v>1187976.96</x:v>
       </x:c>
       <x:c r="I444" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>87.74</x:v>
       </x:c>
       <x:c r="J444" s="4" t="n">
-        <x:v>2621700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K444" s="4" t="n">
-        <x:v>118.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="445">
       <x:c r="A445" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на приобретение спортивного оборудования и инвентаря для приведения организаций дополнительного образования со специальным наименованием "спортивная школа", использующих в своем наименовании слово "олимпийский" или образованные на его основе слова или словосочетания, в нормативное состояние</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию организационных мероприятий, связанных с обеспечением лиц лекарственными препаратами, предназначенными для лечения больных гемофилией, муковисцидозом, гипофизарным нанизмом, болезнью Гоше, злокачественными новообразованиями лимфоидной, кроветворной и родственных им тканей, рассеянным склерозом, гемолитико-уремическим синдромом, юношеским артритом с системным началом, мукополисахаридозом I, II и VI типов, апластической анемией неуточненной, наследственным дефицитом факторов II (фибриногена), VII (лабильного), X (Стюарта - Прауэра), а также после трансплантации органов и (или) тканей</x:v>
       </x:c>
       <x:c r="B445" s="4" t="n">
-        <x:v>3104000</x:v>
+        <x:v>1353900</x:v>
       </x:c>
       <x:c r="C445" s="4" t="n">
-        <x:v>3104000</x:v>
+        <x:v>1187976.96</x:v>
       </x:c>
       <x:c r="D445" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>87.74</x:v>
       </x:c>
       <x:c r="E445" s="4" t="n">
-        <x:v>2621700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F445" s="4" t="n">
-        <x:v>118.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G445" s="4" t="n">
-        <x:v>3104000</x:v>
+        <x:v>1353900</x:v>
       </x:c>
       <x:c r="H445" s="4" t="n">
-        <x:v>3104000</x:v>
+        <x:v>1187976.96</x:v>
       </x:c>
       <x:c r="I445" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>87.74</x:v>
       </x:c>
       <x:c r="J445" s="4" t="n">
-        <x:v>2621700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K445" s="4" t="n">
-        <x:v>118.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="446">
       <x:c r="A446" s="3" t="str">
-        <x:v>Субсидии бюджетам на модернизацию инфраструктуры общего образования в отдельных субъектах Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам на оснащение объектов спортивной инфраструктуры спортивно-технологическим оборудованием</x:v>
       </x:c>
       <x:c r="B446" s="4" t="n">
-        <x:v>9286300</x:v>
+        <x:v>4833800</x:v>
       </x:c>
       <x:c r="C446" s="4" t="n">
-        <x:v>9286300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D446" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E446" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F446" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G446" s="4" t="n">
-        <x:v>9286300</x:v>
+        <x:v>4833800</x:v>
       </x:c>
       <x:c r="H446" s="4" t="n">
-        <x:v>9286300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I446" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J446" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K446" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="447">
       <x:c r="A447" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на модернизацию инфраструктуры общего образования в отдельных субъектах Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение объектов спортивной инфраструктуры спортивно-технологическим оборудованием</x:v>
       </x:c>
       <x:c r="B447" s="4" t="n">
-        <x:v>9286300</x:v>
+        <x:v>4833800</x:v>
       </x:c>
       <x:c r="C447" s="4" t="n">
-        <x:v>9286300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D447" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E447" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F447" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G447" s="4" t="n">
-        <x:v>9286300</x:v>
+        <x:v>4833800</x:v>
       </x:c>
       <x:c r="H447" s="4" t="n">
-        <x:v>9286300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I447" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J447" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K447" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="448">
       <x:c r="A448" s="3" t="str">
-        <x:v>Субсидии бюджетам на строительство и реконструкцию (модернизацию) объектов питьевого водоснабжения</x:v>
+        <x:v>Субсидии бюджетам на приобретение спортивного оборудования и инвентаря для приведения организаций дополнительного образования со специальным наименованием "спортивная школа", использующих в своем наименовании слово "олимпийский" или образованные на его основе слова или словосочетания, в нормативное состояние</x:v>
       </x:c>
       <x:c r="B448" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3104000</x:v>
       </x:c>
       <x:c r="C448" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3104000</x:v>
       </x:c>
       <x:c r="D448" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E448" s="4" t="n">
-        <x:v>126567881.1</x:v>
+        <x:v>2621700</x:v>
       </x:c>
       <x:c r="F448" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>118.4</x:v>
       </x:c>
       <x:c r="G448" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3104000</x:v>
       </x:c>
       <x:c r="H448" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3104000</x:v>
       </x:c>
       <x:c r="I448" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J448" s="4" t="n">
-        <x:v>126567881.1</x:v>
+        <x:v>2621700</x:v>
       </x:c>
       <x:c r="K448" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>118.4</x:v>
       </x:c>
     </x:row>
     <x:row r="449">
       <x:c r="A449" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на строительство и реконструкцию (модернизацию) объектов питьевого водоснабжения</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на приобретение спортивного оборудования и инвентаря для приведения организаций дополнительного образования со специальным наименованием "спортивная школа", использующих в своем наименовании слово "олимпийский" или образованные на его основе слова или словосочетания, в нормативное состояние</x:v>
       </x:c>
       <x:c r="B449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3104000</x:v>
       </x:c>
       <x:c r="C449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3104000</x:v>
       </x:c>
       <x:c r="D449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E449" s="4" t="n">
-        <x:v>126567881.1</x:v>
+        <x:v>2621700</x:v>
       </x:c>
       <x:c r="F449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>118.4</x:v>
       </x:c>
       <x:c r="G449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3104000</x:v>
       </x:c>
       <x:c r="H449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3104000</x:v>
       </x:c>
       <x:c r="I449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J449" s="4" t="n">
-        <x:v>126567881.1</x:v>
+        <x:v>2621700</x:v>
       </x:c>
       <x:c r="K449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>118.4</x:v>
       </x:c>
     </x:row>
     <x:row r="450">
       <x:c r="A450" s="3" t="str">
-        <x:v>Субсидии бюджетам на государственную поддержку аккредитации ветеринарных лабораторий в национальной системе аккредитации</x:v>
+        <x:v>Субсидии бюджетам на модернизацию инфраструктуры общего образования в отдельных субъектах Российской Федерации</x:v>
       </x:c>
       <x:c r="B450" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9286300</x:v>
       </x:c>
       <x:c r="C450" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9286300</x:v>
       </x:c>
       <x:c r="D450" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E450" s="4" t="n">
-        <x:v>600600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F450" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G450" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9286300</x:v>
       </x:c>
       <x:c r="H450" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9286300</x:v>
       </x:c>
       <x:c r="I450" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J450" s="4" t="n">
-        <x:v>600600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K450" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="451">
       <x:c r="A451" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на государственную поддержку аккредитации ветеринарных лабораторий в национальной системе аккредитации</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на модернизацию инфраструктуры общего образования в отдельных субъектах Российской Федерации</x:v>
       </x:c>
       <x:c r="B451" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9286300</x:v>
       </x:c>
       <x:c r="C451" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9286300</x:v>
       </x:c>
       <x:c r="D451" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E451" s="4" t="n">
-        <x:v>600600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F451" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G451" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9286300</x:v>
       </x:c>
       <x:c r="H451" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9286300</x:v>
       </x:c>
       <x:c r="I451" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J451" s="4" t="n">
-        <x:v>600600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K451" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="452">
       <x:c r="A452" s="3" t="str">
-        <x:v>Субсидии бюджетам на обеспечение реализации мероприятий по осуществлению единовременных компенсационных выплат учителям, прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам на строительство и реконструкцию (модернизацию) объектов питьевого водоснабжения</x:v>
       </x:c>
       <x:c r="B452" s="4" t="n">
-        <x:v>7920000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C452" s="4" t="n">
-        <x:v>4950000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D452" s="4" t="n">
-        <x:v>62.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E452" s="4" t="n">
-        <x:v>3960000</x:v>
+        <x:v>130659906.47</x:v>
       </x:c>
       <x:c r="F452" s="4" t="n">
-        <x:v>125</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G452" s="4" t="n">
-        <x:v>7920000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H452" s="4" t="n">
-        <x:v>4950000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I452" s="4" t="n">
-        <x:v>62.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J452" s="4" t="n">
-        <x:v>3960000</x:v>
+        <x:v>130659906.47</x:v>
       </x:c>
       <x:c r="K452" s="4" t="n">
-        <x:v>125</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="453">
       <x:c r="A453" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение реализации мероприятий по осуществлению единовременных компенсационных выплат учителям, прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на строительство и реконструкцию (модернизацию) объектов питьевого водоснабжения</x:v>
       </x:c>
       <x:c r="B453" s="4" t="n">
-        <x:v>7920000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C453" s="4" t="n">
-        <x:v>4950000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D453" s="4" t="n">
-        <x:v>62.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E453" s="4" t="n">
-        <x:v>3960000</x:v>
+        <x:v>130659906.47</x:v>
       </x:c>
       <x:c r="F453" s="4" t="n">
-        <x:v>125</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G453" s="4" t="n">
-        <x:v>7920000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H453" s="4" t="n">
-        <x:v>4950000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I453" s="4" t="n">
-        <x:v>62.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J453" s="4" t="n">
-        <x:v>3960000</x:v>
+        <x:v>130659906.47</x:v>
       </x:c>
       <x:c r="K453" s="4" t="n">
-        <x:v>125</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="454">
       <x:c r="A454" s="3" t="str">
-        <x:v>Субсидии бюджетам на софинансирование расходных обязательств субъектов Российской Федерации, связанных с реализацией федеральной целевой программы "Увековечение памяти погибших при защите Отечества на 2019 - 2024 годы"</x:v>
+        <x:v>Субсидии бюджетам на государственную поддержку аккредитации ветеринарных лабораторий в национальной системе аккредитации</x:v>
       </x:c>
       <x:c r="B454" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C454" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D454" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E454" s="4" t="n">
-        <x:v>9102512.53</x:v>
+        <x:v>600600</x:v>
       </x:c>
       <x:c r="F454" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G454" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H454" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I454" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J454" s="4" t="n">
-        <x:v>9102512.53</x:v>
+        <x:v>600600</x:v>
       </x:c>
       <x:c r="K454" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="455">
       <x:c r="A455" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование расходных обязательств субъектов Российской Федерации, связанных с реализацией федеральной целевой программы "Увековечение памяти погибших при защите Отечества на 2019 - 2024 годы"</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на государственную поддержку аккредитации ветеринарных лабораторий в национальной системе аккредитации</x:v>
       </x:c>
       <x:c r="B455" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C455" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D455" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E455" s="4" t="n">
-        <x:v>9102512.53</x:v>
+        <x:v>600600</x:v>
       </x:c>
       <x:c r="F455" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G455" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H455" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I455" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J455" s="4" t="n">
-        <x:v>9102512.53</x:v>
+        <x:v>600600</x:v>
       </x:c>
       <x:c r="K455" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="456">
       <x:c r="A456" s="3" t="str">
-        <x:v>Субсидии бюджетам на организацию бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v>Субсидии бюджетам на обеспечение реализации мероприятий по осуществлению единовременных компенсационных выплат учителям, прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="B456" s="4" t="n">
-        <x:v>304977200</x:v>
+        <x:v>7920000</x:v>
       </x:c>
       <x:c r="C456" s="4" t="n">
-        <x:v>224027769.94</x:v>
+        <x:v>5940000</x:v>
       </x:c>
       <x:c r="D456" s="4" t="n">
-        <x:v>73.46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E456" s="4" t="n">
-        <x:v>197829015.7</x:v>
+        <x:v>3960000</x:v>
       </x:c>
       <x:c r="F456" s="4" t="n">
-        <x:v>113.24</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G456" s="4" t="n">
-        <x:v>304977200</x:v>
+        <x:v>7920000</x:v>
       </x:c>
       <x:c r="H456" s="4" t="n">
-        <x:v>224027769.94</x:v>
+        <x:v>5940000</x:v>
       </x:c>
       <x:c r="I456" s="4" t="n">
-        <x:v>73.46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J456" s="4" t="n">
-        <x:v>197829015.7</x:v>
+        <x:v>3960000</x:v>
       </x:c>
       <x:c r="K456" s="4" t="n">
-        <x:v>113.24</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="457">
       <x:c r="A457" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на организацию бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение реализации мероприятий по осуществлению единовременных компенсационных выплат учителям, прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="B457" s="4" t="n">
-        <x:v>304977200</x:v>
+        <x:v>7920000</x:v>
       </x:c>
       <x:c r="C457" s="4" t="n">
-        <x:v>224027769.94</x:v>
+        <x:v>5940000</x:v>
       </x:c>
       <x:c r="D457" s="4" t="n">
-        <x:v>73.46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E457" s="4" t="n">
-        <x:v>197829015.7</x:v>
+        <x:v>3960000</x:v>
       </x:c>
       <x:c r="F457" s="4" t="n">
-        <x:v>113.24</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G457" s="4" t="n">
-        <x:v>304977200</x:v>
+        <x:v>7920000</x:v>
       </x:c>
       <x:c r="H457" s="4" t="n">
-        <x:v>224027769.94</x:v>
+        <x:v>5940000</x:v>
       </x:c>
       <x:c r="I457" s="4" t="n">
-        <x:v>73.46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J457" s="4" t="n">
-        <x:v>197829015.7</x:v>
+        <x:v>3960000</x:v>
       </x:c>
       <x:c r="K457" s="4" t="n">
-        <x:v>113.24</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="458">
       <x:c r="A458" s="3" t="str">
-        <x:v>Субсидии бюджетам на создание новых мест в общеобразовательных организациях в связи с ростом числа обучающихся, вызванным демографическим фактором</x:v>
+        <x:v>Субсидии бюджетам на софинансирование расходных обязательств субъектов Российской Федерации, связанных с реализацией федеральной целевой программы "Увековечение памяти погибших при защите Отечества на 2019 - 2024 годы"</x:v>
       </x:c>
       <x:c r="B458" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C458" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D458" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E458" s="4" t="n">
-        <x:v>445919300</x:v>
+        <x:v>9102512.53</x:v>
       </x:c>
       <x:c r="F458" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G458" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H458" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I458" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J458" s="4" t="n">
-        <x:v>445919300</x:v>
+        <x:v>9102512.53</x:v>
       </x:c>
       <x:c r="K458" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="459">
       <x:c r="A459" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание новых мест в общеобразовательных организациях в связи с ростом числа обучающихся, вызванным демографическим фактором</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование расходных обязательств субъектов Российской Федерации, связанных с реализацией федеральной целевой программы "Увековечение памяти погибших при защите Отечества на 2019 - 2024 годы"</x:v>
       </x:c>
       <x:c r="B459" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C459" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D459" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E459" s="4" t="n">
-        <x:v>445919300</x:v>
+        <x:v>9102512.53</x:v>
       </x:c>
       <x:c r="F459" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G459" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H459" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I459" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J459" s="4" t="n">
-        <x:v>445919300</x:v>
+        <x:v>9102512.53</x:v>
       </x:c>
       <x:c r="K459" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="460">
       <x:c r="A460" s="3" t="str">
-        <x:v>Субсидии бюджетам на софинансирование региональных программ по повышению рождаемости в субъектах Российской Федерации, в которых суммарный коэффициент рождаемости ниже среднероссийского уровня</x:v>
+        <x:v>Субсидии бюджетам на организацию бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="B460" s="4" t="n">
-        <x:v>188846500</x:v>
+        <x:v>304977200</x:v>
       </x:c>
       <x:c r="C460" s="4" t="n">
-        <x:v>73626327.44</x:v>
+        <x:v>256592166.46</x:v>
       </x:c>
       <x:c r="D460" s="4" t="n">
-        <x:v>38.99</x:v>
+        <x:v>84.13</x:v>
       </x:c>
       <x:c r="E460" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>219861544.97</x:v>
       </x:c>
       <x:c r="F460" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>116.71</x:v>
       </x:c>
       <x:c r="G460" s="4" t="n">
-        <x:v>188846500</x:v>
+        <x:v>304977200</x:v>
       </x:c>
       <x:c r="H460" s="4" t="n">
-        <x:v>73626327.44</x:v>
+        <x:v>256592166.46</x:v>
       </x:c>
       <x:c r="I460" s="4" t="n">
-        <x:v>38.99</x:v>
+        <x:v>84.13</x:v>
       </x:c>
       <x:c r="J460" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>219861544.97</x:v>
       </x:c>
       <x:c r="K460" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>116.71</x:v>
       </x:c>
     </x:row>
     <x:row r="461">
       <x:c r="A461" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование региональных программ по повышению рождаемости в субъектах Российской Федерации, в которых суммарный коэффициент рождаемости ниже среднероссийского уровня</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на организацию бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="B461" s="4" t="n">
-        <x:v>188846500</x:v>
+        <x:v>304977200</x:v>
       </x:c>
       <x:c r="C461" s="4" t="n">
-        <x:v>73626327.44</x:v>
+        <x:v>256592166.46</x:v>
       </x:c>
       <x:c r="D461" s="4" t="n">
-        <x:v>38.99</x:v>
+        <x:v>84.13</x:v>
       </x:c>
       <x:c r="E461" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>219861544.97</x:v>
       </x:c>
       <x:c r="F461" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>116.71</x:v>
       </x:c>
       <x:c r="G461" s="4" t="n">
-        <x:v>188846500</x:v>
+        <x:v>304977200</x:v>
       </x:c>
       <x:c r="H461" s="4" t="n">
-        <x:v>73626327.44</x:v>
+        <x:v>256592166.46</x:v>
       </x:c>
       <x:c r="I461" s="4" t="n">
-        <x:v>38.99</x:v>
+        <x:v>84.13</x:v>
       </x:c>
       <x:c r="J461" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>219861544.97</x:v>
       </x:c>
       <x:c r="K461" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>116.71</x:v>
       </x:c>
     </x:row>
     <x:row r="462">
       <x:c r="A462" s="3" t="str">
-        <x:v>Субсидии бюджетам на создание женских консультаций, в том числе в составе других организаций, для оказания медицинской помощи женщинам, в том числе проживающим в сельской местности, поселках городского типа и малых городах</x:v>
+        <x:v>Субсидии бюджетам на создание новых мест в общеобразовательных организациях в связи с ростом числа обучающихся, вызванным демографическим фактором</x:v>
       </x:c>
       <x:c r="B462" s="4" t="n">
-        <x:v>300555300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C462" s="4" t="n">
-        <x:v>182679263.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D462" s="4" t="n">
-        <x:v>60.78</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E462" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>445919300</x:v>
       </x:c>
       <x:c r="F462" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G462" s="4" t="n">
-        <x:v>300555300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H462" s="4" t="n">
-        <x:v>182679263.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I462" s="4" t="n">
-        <x:v>60.78</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J462" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>445919300</x:v>
       </x:c>
       <x:c r="K462" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="463">
       <x:c r="A463" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание женских консультаций, в том числе в составе других организаций, для оказания медицинской помощи женщинам, в том числе проживающим в сельской местности, поселках городского типа и малых городах</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание новых мест в общеобразовательных организациях в связи с ростом числа обучающихся, вызванным демографическим фактором</x:v>
       </x:c>
       <x:c r="B463" s="4" t="n">
-        <x:v>300555300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C463" s="4" t="n">
-        <x:v>182679263.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D463" s="4" t="n">
-        <x:v>60.78</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E463" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>445919300</x:v>
       </x:c>
       <x:c r="F463" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G463" s="4" t="n">
-        <x:v>300555300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H463" s="4" t="n">
-        <x:v>182679263.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I463" s="4" t="n">
-        <x:v>60.78</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J463" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>445919300</x:v>
       </x:c>
       <x:c r="K463" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="464">
       <x:c r="A464" s="3" t="str">
-        <x:v>Субсидии бюджетам на осуществление капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
+        <x:v>Субсидии бюджетам на софинансирование региональных программ по повышению рождаемости в субъектах Российской Федерации, в которых суммарный коэффициент рождаемости ниже среднероссийского уровня</x:v>
       </x:c>
       <x:c r="B464" s="4" t="n">
-        <x:v>121035800</x:v>
+        <x:v>188846500</x:v>
       </x:c>
       <x:c r="C464" s="4" t="n">
-        <x:v>120580968.61</x:v>
+        <x:v>84650248.83</x:v>
       </x:c>
       <x:c r="D464" s="4" t="n">
-        <x:v>99.62</x:v>
+        <x:v>44.82</x:v>
       </x:c>
       <x:c r="E464" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F464" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G464" s="4" t="n">
-        <x:v>121035800</x:v>
+        <x:v>188846500</x:v>
       </x:c>
       <x:c r="H464" s="4" t="n">
-        <x:v>120580968.61</x:v>
+        <x:v>84650248.83</x:v>
       </x:c>
       <x:c r="I464" s="4" t="n">
-        <x:v>99.62</x:v>
+        <x:v>44.82</x:v>
       </x:c>
       <x:c r="J464" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K464" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="465">
       <x:c r="A465" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на осуществление капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование региональных программ по повышению рождаемости в субъектах Российской Федерации, в которых суммарный коэффициент рождаемости ниже среднероссийского уровня</x:v>
       </x:c>
       <x:c r="B465" s="4" t="n">
-        <x:v>121035800</x:v>
+        <x:v>188846500</x:v>
       </x:c>
       <x:c r="C465" s="4" t="n">
-        <x:v>120580968.61</x:v>
+        <x:v>84650248.83</x:v>
       </x:c>
       <x:c r="D465" s="4" t="n">
-        <x:v>99.62</x:v>
+        <x:v>44.82</x:v>
       </x:c>
       <x:c r="E465" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F465" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G465" s="4" t="n">
-        <x:v>121035800</x:v>
+        <x:v>188846500</x:v>
       </x:c>
       <x:c r="H465" s="4" t="n">
-        <x:v>120580968.61</x:v>
+        <x:v>84650248.83</x:v>
       </x:c>
       <x:c r="I465" s="4" t="n">
-        <x:v>99.62</x:v>
+        <x:v>44.82</x:v>
       </x:c>
       <x:c r="J465" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K465" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="466">
       <x:c r="A466" s="3" t="str">
-        <x:v>Субсидии бюджетам на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями перинатальных центров и родильных домов (отделений), в том числе в составе других организаций</x:v>
+        <x:v>Субсидии бюджетам на создание женских консультаций, в том числе в составе других организаций, для оказания медицинской помощи женщинам, в том числе проживающим в сельской местности, поселках городского типа и малых городах</x:v>
       </x:c>
       <x:c r="B466" s="4" t="n">
-        <x:v>174565700</x:v>
+        <x:v>300555300</x:v>
       </x:c>
       <x:c r="C466" s="4" t="n">
-        <x:v>169464383.13</x:v>
+        <x:v>193585126.79</x:v>
       </x:c>
       <x:c r="D466" s="4" t="n">
-        <x:v>97.08</x:v>
+        <x:v>64.41</x:v>
       </x:c>
       <x:c r="E466" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F466" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G466" s="4" t="n">
-        <x:v>174565700</x:v>
+        <x:v>300555300</x:v>
       </x:c>
       <x:c r="H466" s="4" t="n">
-        <x:v>169464383.13</x:v>
+        <x:v>193585126.79</x:v>
       </x:c>
       <x:c r="I466" s="4" t="n">
-        <x:v>97.08</x:v>
+        <x:v>64.41</x:v>
       </x:c>
       <x:c r="J466" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K466" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="467">
       <x:c r="A467" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями перинатальных центров и родильных домов (отделений), в том числе в составе других организаций</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание женских консультаций, в том числе в составе других организаций, для оказания медицинской помощи женщинам, в том числе проживающим в сельской местности, поселках городского типа и малых городах</x:v>
       </x:c>
       <x:c r="B467" s="4" t="n">
-        <x:v>174565700</x:v>
+        <x:v>300555300</x:v>
       </x:c>
       <x:c r="C467" s="4" t="n">
-        <x:v>169464383.13</x:v>
+        <x:v>193585126.79</x:v>
       </x:c>
       <x:c r="D467" s="4" t="n">
-        <x:v>97.08</x:v>
+        <x:v>64.41</x:v>
       </x:c>
       <x:c r="E467" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F467" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G467" s="4" t="n">
-        <x:v>174565700</x:v>
+        <x:v>300555300</x:v>
       </x:c>
       <x:c r="H467" s="4" t="n">
-        <x:v>169464383.13</x:v>
+        <x:v>193585126.79</x:v>
       </x:c>
       <x:c r="I467" s="4" t="n">
-        <x:v>97.08</x:v>
+        <x:v>64.41</x:v>
       </x:c>
       <x:c r="J467" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K467" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="468">
       <x:c r="A468" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию проектов комплексного развития территорий</x:v>
+        <x:v>Субсидии бюджетам на осуществление капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
       </x:c>
       <x:c r="B468" s="4" t="n">
-        <x:v>136046500</x:v>
+        <x:v>121035800</x:v>
       </x:c>
       <x:c r="C468" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>121035541.56</x:v>
       </x:c>
       <x:c r="D468" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E468" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F468" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G468" s="4" t="n">
-        <x:v>136046500</x:v>
+        <x:v>121035800</x:v>
       </x:c>
       <x:c r="H468" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>121035541.56</x:v>
       </x:c>
       <x:c r="I468" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J468" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K468" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="469">
       <x:c r="A469" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию проектов комплексного развития территорий</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на осуществление капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
       </x:c>
       <x:c r="B469" s="4" t="n">
-        <x:v>136046500</x:v>
+        <x:v>121035800</x:v>
       </x:c>
       <x:c r="C469" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>121035541.56</x:v>
       </x:c>
       <x:c r="D469" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E469" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F469" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G469" s="4" t="n">
-        <x:v>136046500</x:v>
+        <x:v>121035800</x:v>
       </x:c>
       <x:c r="H469" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>121035541.56</x:v>
       </x:c>
       <x:c r="I469" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J469" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K469" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="470">
       <x:c r="A470" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий индивидуальной программы социально-экономического развития Республики Адыгея (Адыгея)</x:v>
+        <x:v>Субсидии бюджетам на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями перинатальных центров и родильных домов (отделений), в том числе в составе других организаций</x:v>
       </x:c>
       <x:c r="B470" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>174565700</x:v>
       </x:c>
       <x:c r="C470" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>171988400.74</x:v>
       </x:c>
       <x:c r="D470" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>98.52</x:v>
       </x:c>
       <x:c r="E470" s="4" t="n">
-        <x:v>799921111.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F470" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G470" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>174565700</x:v>
       </x:c>
       <x:c r="H470" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>171988400.74</x:v>
       </x:c>
       <x:c r="I470" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>98.52</x:v>
       </x:c>
       <x:c r="J470" s="4" t="n">
-        <x:v>799921111.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K470" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="471">
       <x:c r="A471" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий индивидуальной программы социально-экономического развития Республики Адыгея (Адыгея)</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями перинатальных центров и родильных домов (отделений), в том числе в составе других организаций</x:v>
       </x:c>
       <x:c r="B471" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>174565700</x:v>
       </x:c>
       <x:c r="C471" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>171988400.74</x:v>
       </x:c>
       <x:c r="D471" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>98.52</x:v>
       </x:c>
       <x:c r="E471" s="4" t="n">
-        <x:v>799921111.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F471" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G471" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>174565700</x:v>
       </x:c>
       <x:c r="H471" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>171988400.74</x:v>
       </x:c>
       <x:c r="I471" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>98.52</x:v>
       </x:c>
       <x:c r="J471" s="4" t="n">
-        <x:v>799921111.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K471" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="472">
       <x:c r="A472" s="3" t="str">
-        <x:v>Субсидии бюджетам на поддержку субъектов Российской Федерации для создания инженерной и транспортной инфраструктуры в целях развития туристских кластеров</x:v>
+        <x:v>Субсидии бюджетам на реализацию проектов комплексного развития территорий</x:v>
       </x:c>
       <x:c r="B472" s="4" t="n">
-        <x:v>655480000</x:v>
+        <x:v>136046500</x:v>
       </x:c>
       <x:c r="C472" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D472" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E472" s="4" t="n">
-        <x:v>709313500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F472" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G472" s="4" t="n">
-        <x:v>655480000</x:v>
+        <x:v>136046500</x:v>
       </x:c>
       <x:c r="H472" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I472" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J472" s="4" t="n">
-        <x:v>709313500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K472" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="473">
       <x:c r="A473" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку субъектов Российской Федерации для создания инженерной и транспортной инфраструктуры в целях развития туристских кластеров</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию проектов комплексного развития территорий</x:v>
       </x:c>
       <x:c r="B473" s="4" t="n">
-        <x:v>655480000</x:v>
+        <x:v>136046500</x:v>
       </x:c>
       <x:c r="C473" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D473" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E473" s="4" t="n">
-        <x:v>709313500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F473" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G473" s="4" t="n">
-        <x:v>655480000</x:v>
+        <x:v>136046500</x:v>
       </x:c>
       <x:c r="H473" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I473" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J473" s="4" t="n">
-        <x:v>709313500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K473" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="474">
       <x:c r="A474" s="3" t="str">
-        <x:v>Субсидии бюджетам на развитие виноградарства и виноделия</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий индивидуальной программы социально-экономического развития Республики Адыгея (Адыгея)</x:v>
       </x:c>
       <x:c r="B474" s="4" t="n">
-        <x:v>1503300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C474" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D474" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E474" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>899911055.57</x:v>
       </x:c>
       <x:c r="F474" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G474" s="4" t="n">
-        <x:v>1503300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H474" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I474" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J474" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>899911055.57</x:v>
       </x:c>
       <x:c r="K474" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="475">
       <x:c r="A475" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие виноградарства и виноделия</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий индивидуальной программы социально-экономического развития Республики Адыгея (Адыгея)</x:v>
       </x:c>
       <x:c r="B475" s="4" t="n">
-        <x:v>1503300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C475" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D475" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E475" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>899911055.57</x:v>
       </x:c>
       <x:c r="F475" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G475" s="4" t="n">
-        <x:v>1503300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H475" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I475" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J475" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>899911055.57</x:v>
       </x:c>
       <x:c r="K475" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="476">
       <x:c r="A476" s="3" t="str">
-        <x:v>Субсидии бюджетам на развитие сельского туризма</x:v>
+        <x:v>Субсидии бюджетам на поддержку субъектов Российской Федерации для создания инженерной и транспортной инфраструктуры в целях развития туристских кластеров</x:v>
       </x:c>
       <x:c r="B476" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C476" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D476" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E476" s="4" t="n">
-        <x:v>9900000</x:v>
+        <x:v>788513500</x:v>
       </x:c>
       <x:c r="F476" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G476" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H476" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I476" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J476" s="4" t="n">
-        <x:v>9900000</x:v>
+        <x:v>788513500</x:v>
       </x:c>
       <x:c r="K476" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="477">
       <x:c r="A477" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие сельского туризма</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку субъектов Российской Федерации для создания инженерной и транспортной инфраструктуры в целях развития туристских кластеров</x:v>
       </x:c>
       <x:c r="B477" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C477" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D477" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E477" s="4" t="n">
-        <x:v>9900000</x:v>
+        <x:v>788513500</x:v>
       </x:c>
       <x:c r="F477" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G477" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H477" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I477" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J477" s="4" t="n">
-        <x:v>9900000</x:v>
+        <x:v>788513500</x:v>
       </x:c>
       <x:c r="K477" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="478">
       <x:c r="A478" s="3" t="str">
-        <x:v>Субсидии бюджетам на модернизацию региональных и муниципальных библиотек</x:v>
+        <x:v>Субсидии бюджетам на развитие виноградарства и виноделия</x:v>
       </x:c>
       <x:c r="B478" s="4" t="n">
-        <x:v>19418800</x:v>
+        <x:v>1503300</x:v>
       </x:c>
       <x:c r="C478" s="4" t="n">
-        <x:v>19418800</x:v>
+        <x:v>1503300</x:v>
       </x:c>
       <x:c r="D478" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E478" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F478" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G478" s="4" t="n">
-        <x:v>19418800</x:v>
+        <x:v>1503300</x:v>
       </x:c>
       <x:c r="H478" s="4" t="n">
-        <x:v>19418800</x:v>
+        <x:v>1503300</x:v>
       </x:c>
       <x:c r="I478" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J478" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K478" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="479">
       <x:c r="A479" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на модернизацию региональных и муниципальных библиотек</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие виноградарства и виноделия</x:v>
       </x:c>
       <x:c r="B479" s="4" t="n">
-        <x:v>19418800</x:v>
+        <x:v>1503300</x:v>
       </x:c>
       <x:c r="C479" s="4" t="n">
-        <x:v>19418800</x:v>
+        <x:v>1503300</x:v>
       </x:c>
       <x:c r="D479" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E479" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F479" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G479" s="4" t="n">
-        <x:v>19418800</x:v>
+        <x:v>1503300</x:v>
       </x:c>
       <x:c r="H479" s="4" t="n">
-        <x:v>19418800</x:v>
+        <x:v>1503300</x:v>
       </x:c>
       <x:c r="I479" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J479" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K479" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="480">
       <x:c r="A480" s="3" t="str">
-        <x:v>Субсидии бюджетам на создание школ креативных индустрий</x:v>
+        <x:v>Субсидии бюджетам на развитие сельского туризма</x:v>
       </x:c>
       <x:c r="B480" s="4" t="n">
-        <x:v>41145900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C480" s="4" t="n">
-        <x:v>41145900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D480" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E480" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9900000</x:v>
       </x:c>
       <x:c r="F480" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G480" s="4" t="n">
-        <x:v>41145900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H480" s="4" t="n">
-        <x:v>41145900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I480" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J480" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9900000</x:v>
       </x:c>
       <x:c r="K480" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="481">
       <x:c r="A481" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание школ креативных индустрий</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие сельского туризма</x:v>
       </x:c>
       <x:c r="B481" s="4" t="n">
-        <x:v>41145900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C481" s="4" t="n">
-        <x:v>41145900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D481" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E481" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9900000</x:v>
       </x:c>
       <x:c r="F481" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G481" s="4" t="n">
-        <x:v>41145900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H481" s="4" t="n">
-        <x:v>41145900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I481" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J481" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9900000</x:v>
       </x:c>
       <x:c r="K481" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="482">
       <x:c r="A482" s="3" t="str">
-        <x:v>Субсидии бюджетам на финансовое обеспечение (возмещение) производителям зерновых культур части затрат на производство и реализацию зерновых культур</x:v>
+        <x:v>Субсидии бюджетам на модернизацию региональных и муниципальных библиотек</x:v>
       </x:c>
       <x:c r="B482" s="4" t="n">
-        <x:v>39811000</x:v>
+        <x:v>19418800</x:v>
       </x:c>
       <x:c r="C482" s="4" t="n">
-        <x:v>39811000</x:v>
+        <x:v>19418800</x:v>
       </x:c>
       <x:c r="D482" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E482" s="4" t="n">
-        <x:v>44359800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F482" s="4" t="n">
-        <x:v>89.75</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G482" s="4" t="n">
-        <x:v>39811000</x:v>
+        <x:v>19418800</x:v>
       </x:c>
       <x:c r="H482" s="4" t="n">
-        <x:v>39811000</x:v>
+        <x:v>19418800</x:v>
       </x:c>
       <x:c r="I482" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J482" s="4" t="n">
-        <x:v>44359800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K482" s="4" t="n">
-        <x:v>89.75</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="483">
       <x:c r="A483" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на финансовое обеспечение (возмещение) производителям зерновых культур части затрат на производство и реализацию зерновых культур</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на модернизацию региональных и муниципальных библиотек</x:v>
       </x:c>
       <x:c r="B483" s="4" t="n">
-        <x:v>39811000</x:v>
+        <x:v>19418800</x:v>
       </x:c>
       <x:c r="C483" s="4" t="n">
-        <x:v>39811000</x:v>
+        <x:v>19418800</x:v>
       </x:c>
       <x:c r="D483" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E483" s="4" t="n">
-        <x:v>44359800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F483" s="4" t="n">
-        <x:v>89.75</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G483" s="4" t="n">
-        <x:v>39811000</x:v>
+        <x:v>19418800</x:v>
       </x:c>
       <x:c r="H483" s="4" t="n">
-        <x:v>39811000</x:v>
+        <x:v>19418800</x:v>
       </x:c>
       <x:c r="I483" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J483" s="4" t="n">
-        <x:v>44359800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K483" s="4" t="n">
-        <x:v>89.75</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="484">
       <x:c r="A484" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию региональных проектов модернизации первичного звена здравоохранения</x:v>
+        <x:v>Субсидии бюджетам на создание школ креативных индустрий</x:v>
       </x:c>
       <x:c r="B484" s="4" t="n">
-        <x:v>339988300</x:v>
+        <x:v>41145900</x:v>
       </x:c>
       <x:c r="C484" s="4" t="n">
-        <x:v>333144793.91</x:v>
+        <x:v>41145900</x:v>
       </x:c>
       <x:c r="D484" s="4" t="n">
-        <x:v>97.99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E484" s="4" t="n">
-        <x:v>277408805.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F484" s="4" t="n">
-        <x:v>120.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G484" s="4" t="n">
-        <x:v>339988300</x:v>
+        <x:v>41145900</x:v>
       </x:c>
       <x:c r="H484" s="4" t="n">
-        <x:v>333144793.91</x:v>
+        <x:v>41145900</x:v>
       </x:c>
       <x:c r="I484" s="4" t="n">
-        <x:v>97.99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J484" s="4" t="n">
-        <x:v>277408805.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K484" s="4" t="n">
-        <x:v>120.09</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="485">
       <x:c r="A485" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию региональных проектов модернизации первичного звена здравоохранения</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание школ креативных индустрий</x:v>
       </x:c>
       <x:c r="B485" s="4" t="n">
-        <x:v>339988300</x:v>
+        <x:v>41145900</x:v>
       </x:c>
       <x:c r="C485" s="4" t="n">
-        <x:v>333144793.91</x:v>
+        <x:v>41145900</x:v>
       </x:c>
       <x:c r="D485" s="4" t="n">
-        <x:v>97.99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E485" s="4" t="n">
-        <x:v>277408805.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F485" s="4" t="n">
-        <x:v>120.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G485" s="4" t="n">
-        <x:v>339988300</x:v>
+        <x:v>41145900</x:v>
       </x:c>
       <x:c r="H485" s="4" t="n">
-        <x:v>333144793.91</x:v>
+        <x:v>41145900</x:v>
       </x:c>
       <x:c r="I485" s="4" t="n">
-        <x:v>97.99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J485" s="4" t="n">
-        <x:v>277408805.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K485" s="4" t="n">
-        <x:v>120.09</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="486">
       <x:c r="A486" s="3" t="str">
-        <x:v>Субсидии бюджетам на развитие транспортной инфраструктуры на сельских территориях</x:v>
+        <x:v>Субсидии бюджетам на финансовое обеспечение (возмещение) производителям зерновых культур части затрат на производство и реализацию зерновых культур</x:v>
       </x:c>
       <x:c r="B486" s="4" t="n">
-        <x:v>305679500</x:v>
+        <x:v>39811000</x:v>
       </x:c>
       <x:c r="C486" s="4" t="n">
-        <x:v>305679496.27</x:v>
+        <x:v>39811000</x:v>
       </x:c>
       <x:c r="D486" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E486" s="4" t="n">
-        <x:v>128296300</x:v>
+        <x:v>44359800</x:v>
       </x:c>
       <x:c r="F486" s="4" t="n">
-        <x:v>238.26</x:v>
+        <x:v>89.75</x:v>
       </x:c>
       <x:c r="G486" s="4" t="n">
-        <x:v>305679500</x:v>
+        <x:v>39811000</x:v>
       </x:c>
       <x:c r="H486" s="4" t="n">
-        <x:v>305679496.27</x:v>
+        <x:v>39811000</x:v>
       </x:c>
       <x:c r="I486" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J486" s="4" t="n">
-        <x:v>128296300</x:v>
+        <x:v>44359800</x:v>
       </x:c>
       <x:c r="K486" s="4" t="n">
-        <x:v>238.26</x:v>
+        <x:v>89.75</x:v>
       </x:c>
     </x:row>
     <x:row r="487">
       <x:c r="A487" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие транспортной инфраструктуры на сельских территориях</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на финансовое обеспечение (возмещение) производителям зерновых культур части затрат на производство и реализацию зерновых культур</x:v>
       </x:c>
       <x:c r="B487" s="4" t="n">
-        <x:v>305679500</x:v>
+        <x:v>39811000</x:v>
       </x:c>
       <x:c r="C487" s="4" t="n">
-        <x:v>305679496.27</x:v>
+        <x:v>39811000</x:v>
       </x:c>
       <x:c r="D487" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E487" s="4" t="n">
-        <x:v>128296300</x:v>
+        <x:v>44359800</x:v>
       </x:c>
       <x:c r="F487" s="4" t="n">
-        <x:v>238.26</x:v>
+        <x:v>89.75</x:v>
       </x:c>
       <x:c r="G487" s="4" t="n">
-        <x:v>305679500</x:v>
+        <x:v>39811000</x:v>
       </x:c>
       <x:c r="H487" s="4" t="n">
-        <x:v>305679496.27</x:v>
+        <x:v>39811000</x:v>
       </x:c>
       <x:c r="I487" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J487" s="4" t="n">
-        <x:v>128296300</x:v>
+        <x:v>44359800</x:v>
       </x:c>
       <x:c r="K487" s="4" t="n">
-        <x:v>238.26</x:v>
+        <x:v>89.75</x:v>
       </x:c>
     </x:row>
     <x:row r="488">
       <x:c r="A488" s="3" t="str">
-        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по проведению массового обследования новорожденных на врожденные и (или) наследственные заболевания (расширенный неонатальный скрининг)</x:v>
+        <x:v>Субсидии бюджетам на реализацию региональных проектов модернизации первичного звена здравоохранения</x:v>
       </x:c>
       <x:c r="B488" s="4" t="n">
-        <x:v>10308900</x:v>
+        <x:v>339988300</x:v>
       </x:c>
       <x:c r="C488" s="4" t="n">
-        <x:v>10704664.18</x:v>
+        <x:v>336077215.41</x:v>
       </x:c>
       <x:c r="D488" s="4" t="n">
-        <x:v>103.84</x:v>
+        <x:v>98.85</x:v>
       </x:c>
       <x:c r="E488" s="4" t="n">
-        <x:v>9177100</x:v>
+        <x:v>283273648.04</x:v>
       </x:c>
       <x:c r="F488" s="4" t="n">
-        <x:v>116.65</x:v>
+        <x:v>118.64</x:v>
       </x:c>
       <x:c r="G488" s="4" t="n">
-        <x:v>10308900</x:v>
+        <x:v>339988300</x:v>
       </x:c>
       <x:c r="H488" s="4" t="n">
-        <x:v>10704664.18</x:v>
+        <x:v>336077215.41</x:v>
       </x:c>
       <x:c r="I488" s="4" t="n">
-        <x:v>103.84</x:v>
+        <x:v>98.85</x:v>
       </x:c>
       <x:c r="J488" s="4" t="n">
-        <x:v>9177100</x:v>
+        <x:v>283273648.04</x:v>
       </x:c>
       <x:c r="K488" s="4" t="n">
-        <x:v>116.65</x:v>
+        <x:v>118.64</x:v>
       </x:c>
     </x:row>
     <x:row r="489">
       <x:c r="A489" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по проведению массового обследования новорожденных на врожденные и (или) наследственные заболевания (расширенный неонатальный скрининг)</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию региональных проектов модернизации первичного звена здравоохранения</x:v>
       </x:c>
       <x:c r="B489" s="4" t="n">
-        <x:v>10308900</x:v>
+        <x:v>339988300</x:v>
       </x:c>
       <x:c r="C489" s="4" t="n">
-        <x:v>10704664.18</x:v>
+        <x:v>336077215.41</x:v>
       </x:c>
       <x:c r="D489" s="4" t="n">
-        <x:v>103.84</x:v>
+        <x:v>98.85</x:v>
       </x:c>
       <x:c r="E489" s="4" t="n">
-        <x:v>9177100</x:v>
+        <x:v>283273648.04</x:v>
       </x:c>
       <x:c r="F489" s="4" t="n">
-        <x:v>116.65</x:v>
+        <x:v>118.64</x:v>
       </x:c>
       <x:c r="G489" s="4" t="n">
-        <x:v>10308900</x:v>
+        <x:v>339988300</x:v>
       </x:c>
       <x:c r="H489" s="4" t="n">
-        <x:v>10704664.18</x:v>
+        <x:v>336077215.41</x:v>
       </x:c>
       <x:c r="I489" s="4" t="n">
-        <x:v>103.84</x:v>
+        <x:v>98.85</x:v>
       </x:c>
       <x:c r="J489" s="4" t="n">
-        <x:v>9177100</x:v>
+        <x:v>283273648.04</x:v>
       </x:c>
       <x:c r="K489" s="4" t="n">
-        <x:v>116.65</x:v>
+        <x:v>118.64</x:v>
       </x:c>
     </x:row>
     <x:row r="490">
       <x:c r="A490" s="3" t="str">
-        <x:v>Субсидии бюджетам на приведение в нормативное состояние автомобильных дорог и искусственных дорожных сооружений</x:v>
+        <x:v>Субсидии бюджетам на развитие транспортной инфраструктуры на сельских территориях</x:v>
       </x:c>
       <x:c r="B490" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>305679500</x:v>
       </x:c>
       <x:c r="C490" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>305679496.27</x:v>
       </x:c>
       <x:c r="D490" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E490" s="4" t="n">
-        <x:v>769328000</x:v>
+        <x:v>128296300</x:v>
       </x:c>
       <x:c r="F490" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>238.26</x:v>
       </x:c>
       <x:c r="G490" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>305679500</x:v>
       </x:c>
       <x:c r="H490" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>305679496.27</x:v>
       </x:c>
       <x:c r="I490" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J490" s="4" t="n">
-        <x:v>769328000</x:v>
+        <x:v>128296300</x:v>
       </x:c>
       <x:c r="K490" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>238.26</x:v>
       </x:c>
     </x:row>
     <x:row r="491">
       <x:c r="A491" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на приведение в нормативное состояние автомобильных дорог и искусственных дорожных сооружений</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие транспортной инфраструктуры на сельских территориях</x:v>
       </x:c>
       <x:c r="B491" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>305679500</x:v>
       </x:c>
       <x:c r="C491" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>305679496.27</x:v>
       </x:c>
       <x:c r="D491" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E491" s="4" t="n">
-        <x:v>769328000</x:v>
+        <x:v>128296300</x:v>
       </x:c>
       <x:c r="F491" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>238.26</x:v>
       </x:c>
       <x:c r="G491" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>305679500</x:v>
       </x:c>
       <x:c r="H491" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>305679496.27</x:v>
       </x:c>
       <x:c r="I491" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J491" s="4" t="n">
-        <x:v>769328000</x:v>
+        <x:v>128296300</x:v>
       </x:c>
       <x:c r="K491" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>238.26</x:v>
       </x:c>
     </x:row>
     <x:row r="492">
       <x:c r="A492" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходов, возникающих при оказании гражданам Российской Федерации высокотехнологичной медицинской помощи, не включенной в базовую программу обязательного медицинского страхования</x:v>
+        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по проведению массового обследования новорожденных на врожденные и (или) наследственные заболевания (расширенный неонатальный скрининг)</x:v>
       </x:c>
       <x:c r="B492" s="4" t="n">
-        <x:v>6638100</x:v>
+        <x:v>12252400</x:v>
       </x:c>
       <x:c r="C492" s="4" t="n">
-        <x:v>6220289.3</x:v>
+        <x:v>10706693.66</x:v>
       </x:c>
       <x:c r="D492" s="4" t="n">
-        <x:v>93.71</x:v>
+        <x:v>87.38</x:v>
       </x:c>
       <x:c r="E492" s="4" t="n">
-        <x:v>6676444.95</x:v>
+        <x:v>9177100</x:v>
       </x:c>
       <x:c r="F492" s="4" t="n">
-        <x:v>93.17</x:v>
+        <x:v>116.67</x:v>
       </x:c>
       <x:c r="G492" s="4" t="n">
-        <x:v>6638100</x:v>
+        <x:v>12252400</x:v>
       </x:c>
       <x:c r="H492" s="4" t="n">
-        <x:v>6220289.3</x:v>
+        <x:v>10706693.66</x:v>
       </x:c>
       <x:c r="I492" s="4" t="n">
-        <x:v>93.71</x:v>
+        <x:v>87.38</x:v>
       </x:c>
       <x:c r="J492" s="4" t="n">
-        <x:v>6676444.95</x:v>
+        <x:v>9177100</x:v>
       </x:c>
       <x:c r="K492" s="4" t="n">
-        <x:v>93.17</x:v>
+        <x:v>116.67</x:v>
       </x:c>
     </x:row>
     <x:row r="493">
       <x:c r="A493" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование расходов, связанных с оказанием государственной социальной помощи на основании социального контракта отдельным категориям граждан</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по проведению массового обследования новорожденных на врожденные и (или) наследственные заболевания (расширенный неонатальный скрининг)</x:v>
       </x:c>
       <x:c r="B493" s="4" t="n">
-        <x:v>230434000</x:v>
+        <x:v>12252400</x:v>
       </x:c>
       <x:c r="C493" s="4" t="n">
-        <x:v>126785735.07</x:v>
+        <x:v>10706693.66</x:v>
       </x:c>
       <x:c r="D493" s="4" t="n">
-        <x:v>55.02</x:v>
+        <x:v>87.38</x:v>
       </x:c>
       <x:c r="E493" s="4" t="n">
-        <x:v>122532414.84</x:v>
+        <x:v>9177100</x:v>
       </x:c>
       <x:c r="F493" s="4" t="n">
-        <x:v>103.47</x:v>
+        <x:v>116.67</x:v>
       </x:c>
       <x:c r="G493" s="4" t="n">
-        <x:v>230434000</x:v>
+        <x:v>12252400</x:v>
       </x:c>
       <x:c r="H493" s="4" t="n">
-        <x:v>126785735.07</x:v>
+        <x:v>10706693.66</x:v>
       </x:c>
       <x:c r="I493" s="4" t="n">
-        <x:v>55.02</x:v>
+        <x:v>87.38</x:v>
       </x:c>
       <x:c r="J493" s="4" t="n">
-        <x:v>122532414.84</x:v>
+        <x:v>9177100</x:v>
       </x:c>
       <x:c r="K493" s="4" t="n">
-        <x:v>103.47</x:v>
+        <x:v>116.67</x:v>
       </x:c>
     </x:row>
     <x:row r="494">
       <x:c r="A494" s="3" t="str">
-        <x:v>Субсидии бюджетам на создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
+        <x:v>Субсидии бюджетам на приведение в нормативное состояние автомобильных дорог и искусственных дорожных сооружений</x:v>
       </x:c>
       <x:c r="B494" s="4" t="n">
-        <x:v>174025200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C494" s="4" t="n">
-        <x:v>110010290.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D494" s="4" t="n">
-        <x:v>63.22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E494" s="4" t="n">
-        <x:v>161570117.95</x:v>
+        <x:v>769328000</x:v>
       </x:c>
       <x:c r="F494" s="4" t="n">
-        <x:v>68.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G494" s="4" t="n">
-        <x:v>174025200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H494" s="4" t="n">
-        <x:v>110010290.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I494" s="4" t="n">
-        <x:v>63.22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J494" s="4" t="n">
-        <x:v>161570117.95</x:v>
+        <x:v>769328000</x:v>
       </x:c>
       <x:c r="K494" s="4" t="n">
-        <x:v>68.09</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="495">
       <x:c r="A495" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на приведение в нормативное состояние автомобильных дорог и искусственных дорожных сооружений</x:v>
       </x:c>
       <x:c r="B495" s="4" t="n">
-        <x:v>174025200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C495" s="4" t="n">
-        <x:v>110010290.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D495" s="4" t="n">
-        <x:v>63.22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E495" s="4" t="n">
-        <x:v>161570117.95</x:v>
+        <x:v>769328000</x:v>
       </x:c>
       <x:c r="F495" s="4" t="n">
-        <x:v>68.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G495" s="4" t="n">
-        <x:v>174025200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H495" s="4" t="n">
-        <x:v>110010290.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I495" s="4" t="n">
-        <x:v>63.22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J495" s="4" t="n">
-        <x:v>161570117.95</x:v>
+        <x:v>769328000</x:v>
       </x:c>
       <x:c r="K495" s="4" t="n">
-        <x:v>68.09</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="496">
       <x:c r="A496" s="3" t="str">
-        <x:v>Субсидии бюджетам на развитие и приведение в нормативное состояние автомобильных дорог регионального или межмуниципального, местного значения, включающих искусственные дорожные сооружения</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходов, возникающих при оказании гражданам Российской Федерации высокотехнологичной медицинской помощи, не включенной в базовую программу обязательного медицинского страхования</x:v>
       </x:c>
       <x:c r="B496" s="4" t="n">
-        <x:v>682141700</x:v>
+        <x:v>6638100</x:v>
       </x:c>
       <x:c r="C496" s="4" t="n">
-        <x:v>682141700</x:v>
+        <x:v>6638100</x:v>
       </x:c>
       <x:c r="D496" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E496" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6970300</x:v>
       </x:c>
       <x:c r="F496" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.23</x:v>
       </x:c>
       <x:c r="G496" s="4" t="n">
-        <x:v>682141700</x:v>
+        <x:v>6638100</x:v>
       </x:c>
       <x:c r="H496" s="4" t="n">
-        <x:v>682141700</x:v>
+        <x:v>6638100</x:v>
       </x:c>
       <x:c r="I496" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J496" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6970300</x:v>
       </x:c>
       <x:c r="K496" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.23</x:v>
       </x:c>
     </x:row>
     <x:row r="497">
       <x:c r="A497" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие и приведение в нормативное состояние автомобильных дорог регионального или межмуниципального, местного значения, включающих искусственные дорожные сооружения</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование расходов, связанных с оказанием государственной социальной помощи на основании социального контракта отдельным категориям граждан</x:v>
       </x:c>
       <x:c r="B497" s="4" t="n">
-        <x:v>682141700</x:v>
+        <x:v>230434000</x:v>
       </x:c>
       <x:c r="C497" s="4" t="n">
-        <x:v>682141700</x:v>
+        <x:v>159747612.15</x:v>
       </x:c>
       <x:c r="D497" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>69.32</x:v>
       </x:c>
       <x:c r="E497" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>135978753.25</x:v>
       </x:c>
       <x:c r="F497" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>117.48</x:v>
       </x:c>
       <x:c r="G497" s="4" t="n">
-        <x:v>682141700</x:v>
+        <x:v>230434000</x:v>
       </x:c>
       <x:c r="H497" s="4" t="n">
-        <x:v>682141700</x:v>
+        <x:v>159747612.15</x:v>
       </x:c>
       <x:c r="I497" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>69.32</x:v>
       </x:c>
       <x:c r="J497" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>135978753.25</x:v>
       </x:c>
       <x:c r="K497" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>117.48</x:v>
       </x:c>
     </x:row>
     <x:row r="498">
       <x:c r="A498" s="3" t="str">
-        <x:v>Субсидии бюджетам на создание виртуальных концертных залов</x:v>
+        <x:v>Субсидии бюджетам на создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
       </x:c>
       <x:c r="B498" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>174025200</x:v>
       </x:c>
       <x:c r="C498" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110010290.54</x:v>
       </x:c>
       <x:c r="D498" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>63.22</x:v>
       </x:c>
       <x:c r="E498" s="4" t="n">
-        <x:v>600000</x:v>
+        <x:v>161570117.95</x:v>
       </x:c>
       <x:c r="F498" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>68.09</x:v>
       </x:c>
       <x:c r="G498" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>174025200</x:v>
       </x:c>
       <x:c r="H498" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110010290.54</x:v>
       </x:c>
       <x:c r="I498" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>63.22</x:v>
       </x:c>
       <x:c r="J498" s="4" t="n">
-        <x:v>600000</x:v>
+        <x:v>161570117.95</x:v>
       </x:c>
       <x:c r="K498" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>68.09</x:v>
       </x:c>
     </x:row>
     <x:row r="499">
       <x:c r="A499" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание виртуальных концертных залов</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
       </x:c>
       <x:c r="B499" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>174025200</x:v>
       </x:c>
       <x:c r="C499" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110010290.54</x:v>
       </x:c>
       <x:c r="D499" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>63.22</x:v>
       </x:c>
       <x:c r="E499" s="4" t="n">
-        <x:v>600000</x:v>
+        <x:v>161570117.95</x:v>
       </x:c>
       <x:c r="F499" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>68.09</x:v>
       </x:c>
       <x:c r="G499" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>174025200</x:v>
       </x:c>
       <x:c r="H499" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110010290.54</x:v>
       </x:c>
       <x:c r="I499" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>63.22</x:v>
       </x:c>
       <x:c r="J499" s="4" t="n">
-        <x:v>600000</x:v>
+        <x:v>161570117.95</x:v>
       </x:c>
       <x:c r="K499" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>68.09</x:v>
       </x:c>
     </x:row>
     <x:row r="500">
       <x:c r="A500" s="3" t="str">
-        <x:v>Субсидии бюджетам на создание модельных муниципальных библиотек</x:v>
+        <x:v>Субсидии бюджетам на завершение ранее начатых мероприятий по строительству (реконструкции) объектов обеспечивающей инфраструктуры с длительным сроком окупаемости</x:v>
       </x:c>
       <x:c r="B500" s="4" t="n">
-        <x:v>15840000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C500" s="4" t="n">
-        <x:v>15840000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D500" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E500" s="4" t="n">
-        <x:v>23760000</x:v>
+        <x:v>521088800</x:v>
       </x:c>
       <x:c r="F500" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G500" s="4" t="n">
-        <x:v>15840000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H500" s="4" t="n">
-        <x:v>15840000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I500" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J500" s="4" t="n">
-        <x:v>23760000</x:v>
+        <x:v>521088800</x:v>
       </x:c>
       <x:c r="K500" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="501">
       <x:c r="A501" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание модельных муниципальных библиотек</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на завершение ранее начатых мероприятий по строительству (реконструкции) объектов обеспечивающей инфраструктуры с длительным сроком окупаемости</x:v>
       </x:c>
       <x:c r="B501" s="4" t="n">
-        <x:v>15840000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C501" s="4" t="n">
-        <x:v>15840000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D501" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E501" s="4" t="n">
-        <x:v>23760000</x:v>
+        <x:v>521088800</x:v>
       </x:c>
       <x:c r="F501" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G501" s="4" t="n">
-        <x:v>15840000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H501" s="4" t="n">
-        <x:v>15840000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I501" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J501" s="4" t="n">
-        <x:v>23760000</x:v>
+        <x:v>521088800</x:v>
       </x:c>
       <x:c r="K501" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="502">
       <x:c r="A502" s="3" t="str">
-        <x:v>Субсидии бюджетам на реновацию учреждений отрасли культуры</x:v>
+        <x:v>Субсидии бюджетам на развитие и приведение в нормативное состояние автомобильных дорог регионального или межмуниципального, местного значения, включающих искусственные дорожные сооружения</x:v>
       </x:c>
       <x:c r="B502" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1182141700</x:v>
       </x:c>
       <x:c r="C502" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>682141700</x:v>
       </x:c>
       <x:c r="D502" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>57.7</x:v>
       </x:c>
       <x:c r="E502" s="4" t="n">
-        <x:v>143052100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F502" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G502" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1182141700</x:v>
       </x:c>
       <x:c r="H502" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>682141700</x:v>
       </x:c>
       <x:c r="I502" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>57.7</x:v>
       </x:c>
       <x:c r="J502" s="4" t="n">
-        <x:v>143052100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K502" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="503">
       <x:c r="A503" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реновацию учреждений отрасли культуры</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие и приведение в нормативное состояние автомобильных дорог регионального или межмуниципального, местного значения, включающих искусственные дорожные сооружения</x:v>
       </x:c>
       <x:c r="B503" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1182141700</x:v>
       </x:c>
       <x:c r="C503" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>682141700</x:v>
       </x:c>
       <x:c r="D503" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>57.7</x:v>
       </x:c>
       <x:c r="E503" s="4" t="n">
-        <x:v>143052100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F503" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G503" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1182141700</x:v>
       </x:c>
       <x:c r="H503" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>682141700</x:v>
       </x:c>
       <x:c r="I503" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>57.7</x:v>
       </x:c>
       <x:c r="J503" s="4" t="n">
-        <x:v>143052100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K503" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="504">
       <x:c r="A504" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на компенсацию отдельным категориям граждан оплаты взноса на капитальный ремонт общего имущества в многоквартирном доме</x:v>
+        <x:v>Субсидии бюджетам на создание виртуальных концертных залов</x:v>
       </x:c>
       <x:c r="B504" s="4" t="n">
-        <x:v>1671700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C504" s="4" t="n">
-        <x:v>1671700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D504" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E504" s="4" t="n">
-        <x:v>1554597.04</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="F504" s="4" t="n">
-        <x:v>107.53</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G504" s="4" t="n">
-        <x:v>1671700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H504" s="4" t="n">
-        <x:v>1671700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I504" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J504" s="4" t="n">
-        <x:v>1554597.04</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="K504" s="4" t="n">
-        <x:v>107.53</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="505">
       <x:c r="A505" s="3" t="str">
-        <x:v>Субсидии бюджетам на поддержку творческой деятельности и укрепление материально-технической базы муниципальных театров в населенных пунктах с численностью населения до 300 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание виртуальных концертных залов</x:v>
       </x:c>
       <x:c r="B505" s="4" t="n">
-        <x:v>12053300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C505" s="4" t="n">
-        <x:v>12053300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D505" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E505" s="4" t="n">
-        <x:v>12528200</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="F505" s="4" t="n">
-        <x:v>96.21</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G505" s="4" t="n">
-        <x:v>12053300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H505" s="4" t="n">
-        <x:v>12053300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I505" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J505" s="4" t="n">
-        <x:v>12528200</x:v>
+        <x:v>600000</x:v>
       </x:c>
       <x:c r="K505" s="4" t="n">
-        <x:v>96.21</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="506">
       <x:c r="A506" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку творческой деятельности и укрепление материально-технической базы муниципальных театров в населенных пунктах с численностью населения до 300 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам на создание модельных муниципальных библиотек</x:v>
       </x:c>
       <x:c r="B506" s="4" t="n">
-        <x:v>12053300</x:v>
+        <x:v>15840000</x:v>
       </x:c>
       <x:c r="C506" s="4" t="n">
-        <x:v>12053300</x:v>
+        <x:v>15840000</x:v>
       </x:c>
       <x:c r="D506" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E506" s="4" t="n">
-        <x:v>12528200</x:v>
+        <x:v>23760000</x:v>
       </x:c>
       <x:c r="F506" s="4" t="n">
-        <x:v>96.21</x:v>
+        <x:v>66.67</x:v>
       </x:c>
       <x:c r="G506" s="4" t="n">
-        <x:v>12053300</x:v>
+        <x:v>15840000</x:v>
       </x:c>
       <x:c r="H506" s="4" t="n">
-        <x:v>12053300</x:v>
+        <x:v>15840000</x:v>
       </x:c>
       <x:c r="I506" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J506" s="4" t="n">
-        <x:v>12528200</x:v>
+        <x:v>23760000</x:v>
       </x:c>
       <x:c r="K506" s="4" t="n">
-        <x:v>96.21</x:v>
+        <x:v>66.67</x:v>
       </x:c>
     </x:row>
     <x:row r="507">
       <x:c r="A507" s="3" t="str">
-        <x:v>Субсидии бюджетам на обеспечение развития и укрепления материально-технической базы домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание модельных муниципальных библиотек</x:v>
       </x:c>
       <x:c r="B507" s="4" t="n">
-        <x:v>5045400</x:v>
+        <x:v>15840000</x:v>
       </x:c>
       <x:c r="C507" s="4" t="n">
-        <x:v>5045399.97</x:v>
+        <x:v>15840000</x:v>
       </x:c>
       <x:c r="D507" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E507" s="4" t="n">
-        <x:v>4791099.96</x:v>
+        <x:v>23760000</x:v>
       </x:c>
       <x:c r="F507" s="4" t="n">
-        <x:v>105.31</x:v>
+        <x:v>66.67</x:v>
       </x:c>
       <x:c r="G507" s="4" t="n">
-        <x:v>5045400</x:v>
+        <x:v>15840000</x:v>
       </x:c>
       <x:c r="H507" s="4" t="n">
-        <x:v>5045399.97</x:v>
+        <x:v>15840000</x:v>
       </x:c>
       <x:c r="I507" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J507" s="4" t="n">
-        <x:v>4791099.96</x:v>
+        <x:v>23760000</x:v>
       </x:c>
       <x:c r="K507" s="4" t="n">
-        <x:v>105.31</x:v>
+        <x:v>66.67</x:v>
       </x:c>
     </x:row>
     <x:row r="508">
       <x:c r="A508" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение развития и укрепления материально-технической базы домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам на реновацию учреждений отрасли культуры</x:v>
       </x:c>
       <x:c r="B508" s="4" t="n">
-        <x:v>5045400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C508" s="4" t="n">
-        <x:v>5045399.97</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D508" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E508" s="4" t="n">
-        <x:v>4791099.96</x:v>
+        <x:v>143052100</x:v>
       </x:c>
       <x:c r="F508" s="4" t="n">
-        <x:v>105.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G508" s="4" t="n">
-        <x:v>5045400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H508" s="4" t="n">
-        <x:v>5045399.97</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I508" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J508" s="4" t="n">
-        <x:v>4791099.96</x:v>
+        <x:v>143052100</x:v>
       </x:c>
       <x:c r="K508" s="4" t="n">
-        <x:v>105.31</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="509">
       <x:c r="A509" s="3" t="str">
-        <x:v>Субсидии бюджетам на проведение вакцинации против пневмококковой инфекции граждан старше трудоспособного возраста из групп риска, проживающих в организациях социального обслуживания</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реновацию учреждений отрасли культуры</x:v>
       </x:c>
       <x:c r="B509" s="4" t="n">
-        <x:v>55300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C509" s="4" t="n">
-        <x:v>54955.64</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D509" s="4" t="n">
-        <x:v>99.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E509" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>143052100</x:v>
       </x:c>
       <x:c r="F509" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G509" s="4" t="n">
-        <x:v>55300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H509" s="4" t="n">
-        <x:v>54955.64</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I509" s="4" t="n">
-        <x:v>99.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J509" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>143052100</x:v>
       </x:c>
       <x:c r="K509" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="510">
       <x:c r="A510" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на проведение вакцинации против пневмококковой инфекции граждан старше трудоспособного возраста из групп риска, проживающих в организациях социального обслуживания</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на компенсацию отдельным категориям граждан оплаты взноса на капитальный ремонт общего имущества в многоквартирном доме</x:v>
       </x:c>
       <x:c r="B510" s="4" t="n">
-        <x:v>55300</x:v>
+        <x:v>1671700</x:v>
       </x:c>
       <x:c r="C510" s="4" t="n">
-        <x:v>54955.64</x:v>
+        <x:v>1671700</x:v>
       </x:c>
       <x:c r="D510" s="4" t="n">
-        <x:v>99.38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E510" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1554597.04</x:v>
       </x:c>
       <x:c r="F510" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>107.53</x:v>
       </x:c>
       <x:c r="G510" s="4" t="n">
-        <x:v>55300</x:v>
+        <x:v>1671700</x:v>
       </x:c>
       <x:c r="H510" s="4" t="n">
-        <x:v>54955.64</x:v>
+        <x:v>1671700</x:v>
       </x:c>
       <x:c r="I510" s="4" t="n">
-        <x:v>99.38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J510" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1554597.04</x:v>
       </x:c>
       <x:c r="K510" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="511">
       <x:c r="A511" s="3" t="str">
-        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации по возмещению части прямых понесенных затрат на создание и (или) модернизацию объектов агропромышленного комплекса, а также на приобретение и ввод в промышленную эксплуатацию маркировочного оборудования для внедрения обязательной маркировки отдельных видов молочной продукции</x:v>
+        <x:v>Субсидии бюджетам на поддержку творческой деятельности и укрепление материально-технической базы муниципальных театров в населенных пунктах с численностью населения до 300 тысяч человек</x:v>
       </x:c>
       <x:c r="B511" s="4" t="n">
-        <x:v>74250000</x:v>
+        <x:v>12053300</x:v>
       </x:c>
       <x:c r="C511" s="4" t="n">
-        <x:v>74250000</x:v>
+        <x:v>12053300</x:v>
       </x:c>
       <x:c r="D511" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E511" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12528200</x:v>
       </x:c>
       <x:c r="F511" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>96.21</x:v>
       </x:c>
       <x:c r="G511" s="4" t="n">
-        <x:v>74250000</x:v>
+        <x:v>12053300</x:v>
       </x:c>
       <x:c r="H511" s="4" t="n">
-        <x:v>74250000</x:v>
+        <x:v>12053300</x:v>
       </x:c>
       <x:c r="I511" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J511" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12528200</x:v>
       </x:c>
       <x:c r="K511" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>96.21</x:v>
       </x:c>
     </x:row>
     <x:row r="512">
       <x:c r="A512" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации по возмещению части прямых понесенных затрат на создание и (или) модернизацию объектов агропромышленного комплекса, а также на приобретение и ввод в промышленную эксплуатацию маркировочного оборудования для внедрения обязательной маркировки отдельных видов молочной продукции</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку творческой деятельности и укрепление материально-технической базы муниципальных театров в населенных пунктах с численностью населения до 300 тысяч человек</x:v>
       </x:c>
       <x:c r="B512" s="4" t="n">
-        <x:v>74250000</x:v>
+        <x:v>12053300</x:v>
       </x:c>
       <x:c r="C512" s="4" t="n">
-        <x:v>74250000</x:v>
+        <x:v>12053300</x:v>
       </x:c>
       <x:c r="D512" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E512" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12528200</x:v>
       </x:c>
       <x:c r="F512" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>96.21</x:v>
       </x:c>
       <x:c r="G512" s="4" t="n">
-        <x:v>74250000</x:v>
+        <x:v>12053300</x:v>
       </x:c>
       <x:c r="H512" s="4" t="n">
-        <x:v>74250000</x:v>
+        <x:v>12053300</x:v>
       </x:c>
       <x:c r="I512" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J512" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12528200</x:v>
       </x:c>
       <x:c r="K512" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>96.21</x:v>
       </x:c>
     </x:row>
     <x:row r="513">
       <x:c r="A513" s="3" t="str">
-        <x:v>Субсидии бюджетам на создание системы поддержки фермеров и развитие сельской кооперации</x:v>
+        <x:v>Субсидии бюджетам на обеспечение развития и укрепления материально-технической базы домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="B513" s="4" t="n">
-        <x:v>114168000</x:v>
+        <x:v>5045400</x:v>
       </x:c>
       <x:c r="C513" s="4" t="n">
-        <x:v>108368000</x:v>
+        <x:v>5045399.97</x:v>
       </x:c>
       <x:c r="D513" s="4" t="n">
-        <x:v>94.92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E513" s="4" t="n">
-        <x:v>123205058.05</x:v>
+        <x:v>4791099.96</x:v>
       </x:c>
       <x:c r="F513" s="4" t="n">
-        <x:v>87.96</x:v>
+        <x:v>105.31</x:v>
       </x:c>
       <x:c r="G513" s="4" t="n">
-        <x:v>114168000</x:v>
+        <x:v>5045400</x:v>
       </x:c>
       <x:c r="H513" s="4" t="n">
-        <x:v>108368000</x:v>
+        <x:v>5045399.97</x:v>
       </x:c>
       <x:c r="I513" s="4" t="n">
-        <x:v>94.92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J513" s="4" t="n">
-        <x:v>123205058.05</x:v>
+        <x:v>4791099.96</x:v>
       </x:c>
       <x:c r="K513" s="4" t="n">
-        <x:v>87.96</x:v>
+        <x:v>105.31</x:v>
       </x:c>
     </x:row>
     <x:row r="514">
       <x:c r="A514" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание системы поддержки фермеров и развитие сельской кооперации</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение развития и укрепления материально-технической базы домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="B514" s="4" t="n">
-        <x:v>114168000</x:v>
+        <x:v>5045400</x:v>
       </x:c>
       <x:c r="C514" s="4" t="n">
-        <x:v>108368000</x:v>
+        <x:v>5045399.97</x:v>
       </x:c>
       <x:c r="D514" s="4" t="n">
-        <x:v>94.92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E514" s="4" t="n">
-        <x:v>123205058.05</x:v>
+        <x:v>4791099.96</x:v>
       </x:c>
       <x:c r="F514" s="4" t="n">
-        <x:v>87.96</x:v>
+        <x:v>105.31</x:v>
       </x:c>
       <x:c r="G514" s="4" t="n">
-        <x:v>114168000</x:v>
+        <x:v>5045400</x:v>
       </x:c>
       <x:c r="H514" s="4" t="n">
-        <x:v>108368000</x:v>
+        <x:v>5045399.97</x:v>
       </x:c>
       <x:c r="I514" s="4" t="n">
-        <x:v>94.92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J514" s="4" t="n">
-        <x:v>123205058.05</x:v>
+        <x:v>4791099.96</x:v>
       </x:c>
       <x:c r="K514" s="4" t="n">
-        <x:v>87.96</x:v>
+        <x:v>105.31</x:v>
       </x:c>
     </x:row>
     <x:row r="515">
       <x:c r="A515" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Субсидии бюджетам на проведение вакцинации против пневмококковой инфекции граждан старше трудоспособного возраста из групп риска, проживающих в организациях социального обслуживания</x:v>
       </x:c>
       <x:c r="B515" s="4" t="n">
-        <x:v>79093800</x:v>
+        <x:v>55300</x:v>
       </x:c>
       <x:c r="C515" s="4" t="n">
-        <x:v>76137476.44</x:v>
+        <x:v>54955.64</x:v>
       </x:c>
       <x:c r="D515" s="4" t="n">
-        <x:v>96.26</x:v>
+        <x:v>99.38</x:v>
       </x:c>
       <x:c r="E515" s="4" t="n">
-        <x:v>90191261.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F515" s="4" t="n">
-        <x:v>84.42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G515" s="4" t="n">
-        <x:v>79093800</x:v>
+        <x:v>55300</x:v>
       </x:c>
       <x:c r="H515" s="4" t="n">
-        <x:v>76137476.44</x:v>
+        <x:v>54955.64</x:v>
       </x:c>
       <x:c r="I515" s="4" t="n">
-        <x:v>96.26</x:v>
+        <x:v>99.38</x:v>
       </x:c>
       <x:c r="J515" s="4" t="n">
-        <x:v>90191261.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K515" s="4" t="n">
-        <x:v>84.42</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="516">
       <x:c r="A516" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на проведение вакцинации против пневмококковой инфекции граждан старше трудоспособного возраста из групп риска, проживающих в организациях социального обслуживания</x:v>
       </x:c>
       <x:c r="B516" s="4" t="n">
-        <x:v>79093800</x:v>
+        <x:v>55300</x:v>
       </x:c>
       <x:c r="C516" s="4" t="n">
-        <x:v>76137476.44</x:v>
+        <x:v>54955.64</x:v>
       </x:c>
       <x:c r="D516" s="4" t="n">
-        <x:v>96.26</x:v>
+        <x:v>99.38</x:v>
       </x:c>
       <x:c r="E516" s="4" t="n">
-        <x:v>90191261.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F516" s="4" t="n">
-        <x:v>84.42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G516" s="4" t="n">
-        <x:v>79093800</x:v>
+        <x:v>55300</x:v>
       </x:c>
       <x:c r="H516" s="4" t="n">
-        <x:v>76137476.44</x:v>
+        <x:v>54955.64</x:v>
       </x:c>
       <x:c r="I516" s="4" t="n">
-        <x:v>96.26</x:v>
+        <x:v>99.38</x:v>
       </x:c>
       <x:c r="J516" s="4" t="n">
-        <x:v>90191261.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K516" s="4" t="n">
-        <x:v>84.42</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="517">
       <x:c r="A517" s="3" t="str">
-        <x:v>Субсидии бюджетам на поддержку приоритетных направлений агропромышленного комплекса и развитие малых форм хозяйствования</x:v>
+        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации по возмещению части прямых понесенных затрат на создание и (или) модернизацию объектов агропромышленного комплекса, а также на приобретение и ввод в промышленную эксплуатацию маркировочного оборудования для внедрения обязательной маркировки отдельных видов молочной продукции</x:v>
       </x:c>
       <x:c r="B517" s="4" t="n">
-        <x:v>440110100</x:v>
+        <x:v>74250000</x:v>
       </x:c>
       <x:c r="C517" s="4" t="n">
-        <x:v>309303281.39</x:v>
+        <x:v>74250000</x:v>
       </x:c>
       <x:c r="D517" s="4" t="n">
-        <x:v>70.28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E517" s="4" t="n">
-        <x:v>193300026.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F517" s="4" t="n">
-        <x:v>160.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G517" s="4" t="n">
-        <x:v>440110100</x:v>
+        <x:v>74250000</x:v>
       </x:c>
       <x:c r="H517" s="4" t="n">
-        <x:v>309303281.39</x:v>
+        <x:v>74250000</x:v>
       </x:c>
       <x:c r="I517" s="4" t="n">
-        <x:v>70.28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J517" s="4" t="n">
-        <x:v>193300026.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K517" s="4" t="n">
-        <x:v>160.01</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="518">
       <x:c r="A518" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку приоритетных направлений агропромышленного комплекса и развитие малых форм хозяйствования</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации по возмещению части прямых понесенных затрат на создание и (или) модернизацию объектов агропромышленного комплекса, а также на приобретение и ввод в промышленную эксплуатацию маркировочного оборудования для внедрения обязательной маркировки отдельных видов молочной продукции</x:v>
       </x:c>
       <x:c r="B518" s="4" t="n">
-        <x:v>440110100</x:v>
+        <x:v>74250000</x:v>
       </x:c>
       <x:c r="C518" s="4" t="n">
-        <x:v>309303281.39</x:v>
+        <x:v>74250000</x:v>
       </x:c>
       <x:c r="D518" s="4" t="n">
-        <x:v>70.28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E518" s="4" t="n">
-        <x:v>193300026.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F518" s="4" t="n">
-        <x:v>160.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G518" s="4" t="n">
-        <x:v>440110100</x:v>
+        <x:v>74250000</x:v>
       </x:c>
       <x:c r="H518" s="4" t="n">
-        <x:v>309303281.39</x:v>
+        <x:v>74250000</x:v>
       </x:c>
       <x:c r="I518" s="4" t="n">
-        <x:v>70.28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J518" s="4" t="n">
-        <x:v>193300026.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K518" s="4" t="n">
-        <x:v>160.01</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="519">
       <x:c r="A519" s="3" t="str">
-        <x:v>Субсидии бюджетам на развитие сети учреждений культурно-досугового типа</x:v>
+        <x:v>Субсидии бюджетам на создание системы поддержки фермеров и развитие сельской кооперации</x:v>
       </x:c>
       <x:c r="B519" s="4" t="n">
-        <x:v>14000000</x:v>
+        <x:v>114168000</x:v>
       </x:c>
       <x:c r="C519" s="4" t="n">
-        <x:v>14000000</x:v>
+        <x:v>108368000</x:v>
       </x:c>
       <x:c r="D519" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>94.92</x:v>
       </x:c>
       <x:c r="E519" s="4" t="n">
-        <x:v>173904733.36</x:v>
+        <x:v>123755058.08</x:v>
       </x:c>
       <x:c r="F519" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>87.57</x:v>
       </x:c>
       <x:c r="G519" s="4" t="n">
-        <x:v>14000000</x:v>
+        <x:v>114168000</x:v>
       </x:c>
       <x:c r="H519" s="4" t="n">
-        <x:v>14000000</x:v>
+        <x:v>108368000</x:v>
       </x:c>
       <x:c r="I519" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>94.92</x:v>
       </x:c>
       <x:c r="J519" s="4" t="n">
-        <x:v>173904733.36</x:v>
+        <x:v>123755058.08</x:v>
       </x:c>
       <x:c r="K519" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>87.57</x:v>
       </x:c>
     </x:row>
     <x:row r="520">
       <x:c r="A520" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие сети учреждений культурно-досугового типа</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание системы поддержки фермеров и развитие сельской кооперации</x:v>
       </x:c>
       <x:c r="B520" s="4" t="n">
-        <x:v>14000000</x:v>
+        <x:v>114168000</x:v>
       </x:c>
       <x:c r="C520" s="4" t="n">
-        <x:v>14000000</x:v>
+        <x:v>108368000</x:v>
       </x:c>
       <x:c r="D520" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>94.92</x:v>
       </x:c>
       <x:c r="E520" s="4" t="n">
-        <x:v>173904733.36</x:v>
+        <x:v>123755058.08</x:v>
       </x:c>
       <x:c r="F520" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>87.57</x:v>
       </x:c>
       <x:c r="G520" s="4" t="n">
-        <x:v>14000000</x:v>
+        <x:v>114168000</x:v>
       </x:c>
       <x:c r="H520" s="4" t="n">
-        <x:v>14000000</x:v>
+        <x:v>108368000</x:v>
       </x:c>
       <x:c r="I520" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>94.92</x:v>
       </x:c>
       <x:c r="J520" s="4" t="n">
-        <x:v>173904733.36</x:v>
+        <x:v>123755058.08</x:v>
       </x:c>
       <x:c r="K520" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>87.57</x:v>
       </x:c>
     </x:row>
     <x:row r="521">
       <x:c r="A521" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий субъектов Российской Федерации в сфере реабилитации и абилитации инвалидов</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="B521" s="4" t="n">
-        <x:v>6554100</x:v>
+        <x:v>79093800</x:v>
       </x:c>
       <x:c r="C521" s="4" t="n">
-        <x:v>6554097.87</x:v>
+        <x:v>76137476.44</x:v>
       </x:c>
       <x:c r="D521" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>96.26</x:v>
       </x:c>
       <x:c r="E521" s="4" t="n">
-        <x:v>6410966.13</x:v>
+        <x:v>90608192.62</x:v>
       </x:c>
       <x:c r="F521" s="4" t="n">
-        <x:v>102.23</x:v>
+        <x:v>84.03</x:v>
       </x:c>
       <x:c r="G521" s="4" t="n">
-        <x:v>6554100</x:v>
+        <x:v>79093800</x:v>
       </x:c>
       <x:c r="H521" s="4" t="n">
-        <x:v>6554097.87</x:v>
+        <x:v>76137476.44</x:v>
       </x:c>
       <x:c r="I521" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>96.26</x:v>
       </x:c>
       <x:c r="J521" s="4" t="n">
-        <x:v>6410966.13</x:v>
+        <x:v>90608192.62</x:v>
       </x:c>
       <x:c r="K521" s="4" t="n">
-        <x:v>102.23</x:v>
+        <x:v>84.03</x:v>
       </x:c>
     </x:row>
     <x:row r="522">
       <x:c r="A522" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий субъектов Российской Федерации в сфере реабилитации и абилитации инвалидов</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="B522" s="4" t="n">
-        <x:v>6554100</x:v>
+        <x:v>79093800</x:v>
       </x:c>
       <x:c r="C522" s="4" t="n">
-        <x:v>6554097.87</x:v>
+        <x:v>76137476.44</x:v>
       </x:c>
       <x:c r="D522" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>96.26</x:v>
       </x:c>
       <x:c r="E522" s="4" t="n">
-        <x:v>6410966.13</x:v>
+        <x:v>90608192.62</x:v>
       </x:c>
       <x:c r="F522" s="4" t="n">
-        <x:v>102.23</x:v>
+        <x:v>84.03</x:v>
       </x:c>
       <x:c r="G522" s="4" t="n">
-        <x:v>6554100</x:v>
+        <x:v>79093800</x:v>
       </x:c>
       <x:c r="H522" s="4" t="n">
-        <x:v>6554097.87</x:v>
+        <x:v>76137476.44</x:v>
       </x:c>
       <x:c r="I522" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>96.26</x:v>
       </x:c>
       <x:c r="J522" s="4" t="n">
-        <x:v>6410966.13</x:v>
+        <x:v>90608192.62</x:v>
       </x:c>
       <x:c r="K522" s="4" t="n">
-        <x:v>102.23</x:v>
+        <x:v>84.03</x:v>
       </x:c>
     </x:row>
     <x:row r="523">
       <x:c r="A523" s="3" t="str">
-        <x:v>Субсидии бюджетам на поддержку творческой деятельности и техническое оснащение детских и кукольных театров</x:v>
+        <x:v>Субсидии бюджетам на поддержку приоритетных направлений агропромышленного комплекса и развитие малых форм хозяйствования</x:v>
       </x:c>
       <x:c r="B523" s="4" t="n">
-        <x:v>5011700</x:v>
+        <x:v>395364900</x:v>
       </x:c>
       <x:c r="C523" s="4" t="n">
-        <x:v>5011700</x:v>
+        <x:v>360668601.43</x:v>
       </x:c>
       <x:c r="D523" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>91.22</x:v>
       </x:c>
       <x:c r="E523" s="4" t="n">
-        <x:v>9203300</x:v>
+        <x:v>205852149.33</x:v>
       </x:c>
       <x:c r="F523" s="4" t="n">
-        <x:v>54.46</x:v>
+        <x:v>175.21</x:v>
       </x:c>
       <x:c r="G523" s="4" t="n">
-        <x:v>5011700</x:v>
+        <x:v>395364900</x:v>
       </x:c>
       <x:c r="H523" s="4" t="n">
-        <x:v>5011700</x:v>
+        <x:v>360668601.43</x:v>
       </x:c>
       <x:c r="I523" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>91.22</x:v>
       </x:c>
       <x:c r="J523" s="4" t="n">
-        <x:v>9203300</x:v>
+        <x:v>205852149.33</x:v>
       </x:c>
       <x:c r="K523" s="4" t="n">
-        <x:v>54.46</x:v>
+        <x:v>175.21</x:v>
       </x:c>
     </x:row>
     <x:row r="524">
       <x:c r="A524" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку творческой деятельности и техническое оснащение детских и кукольных театров</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку приоритетных направлений агропромышленного комплекса и развитие малых форм хозяйствования</x:v>
       </x:c>
       <x:c r="B524" s="4" t="n">
-        <x:v>5011700</x:v>
+        <x:v>395364900</x:v>
       </x:c>
       <x:c r="C524" s="4" t="n">
-        <x:v>5011700</x:v>
+        <x:v>360668601.43</x:v>
       </x:c>
       <x:c r="D524" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>91.22</x:v>
       </x:c>
       <x:c r="E524" s="4" t="n">
-        <x:v>9203300</x:v>
+        <x:v>205852149.33</x:v>
       </x:c>
       <x:c r="F524" s="4" t="n">
-        <x:v>54.46</x:v>
+        <x:v>175.21</x:v>
       </x:c>
       <x:c r="G524" s="4" t="n">
-        <x:v>5011700</x:v>
+        <x:v>395364900</x:v>
       </x:c>
       <x:c r="H524" s="4" t="n">
-        <x:v>5011700</x:v>
+        <x:v>360668601.43</x:v>
       </x:c>
       <x:c r="I524" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>91.22</x:v>
       </x:c>
       <x:c r="J524" s="4" t="n">
-        <x:v>9203300</x:v>
+        <x:v>205852149.33</x:v>
       </x:c>
       <x:c r="K524" s="4" t="n">
-        <x:v>54.46</x:v>
+        <x:v>175.21</x:v>
       </x:c>
     </x:row>
     <x:row r="525">
       <x:c r="A525" s="3" t="str">
-        <x:v>Субсидия бюджетам субъектов Российской Федерации на достижение показателей государственной программы Российской Федерации "Реализация государственной национальной политики"</x:v>
+        <x:v>Субсидии бюджетам на развитие сети учреждений культурно-досугового типа</x:v>
       </x:c>
       <x:c r="B525" s="4" t="n">
-        <x:v>5219500</x:v>
+        <x:v>14000000</x:v>
       </x:c>
       <x:c r="C525" s="4" t="n">
-        <x:v>3860943.05</x:v>
+        <x:v>14000000</x:v>
       </x:c>
       <x:c r="D525" s="4" t="n">
-        <x:v>73.97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E525" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>173904733.37</x:v>
       </x:c>
       <x:c r="F525" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="G525" s="4" t="n">
-        <x:v>5219500</x:v>
+        <x:v>14000000</x:v>
       </x:c>
       <x:c r="H525" s="4" t="n">
-        <x:v>3860943.05</x:v>
+        <x:v>14000000</x:v>
       </x:c>
       <x:c r="I525" s="4" t="n">
-        <x:v>73.97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J525" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>173904733.37</x:v>
       </x:c>
       <x:c r="K525" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>8.05</x:v>
       </x:c>
     </x:row>
     <x:row r="526">
       <x:c r="A526" s="3" t="str">
-        <x:v>Субсидии бюджетам на поддержку отрасли культуры</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на развитие сети учреждений культурно-досугового типа</x:v>
       </x:c>
       <x:c r="B526" s="4" t="n">
-        <x:v>2847100</x:v>
+        <x:v>14000000</x:v>
       </x:c>
       <x:c r="C526" s="4" t="n">
-        <x:v>2847100</x:v>
+        <x:v>14000000</x:v>
       </x:c>
       <x:c r="D526" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E526" s="4" t="n">
-        <x:v>108621600</x:v>
+        <x:v>173904733.37</x:v>
       </x:c>
       <x:c r="F526" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="G526" s="4" t="n">
-        <x:v>2847100</x:v>
+        <x:v>14000000</x:v>
       </x:c>
       <x:c r="H526" s="4" t="n">
-        <x:v>2847100</x:v>
+        <x:v>14000000</x:v>
       </x:c>
       <x:c r="I526" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J526" s="4" t="n">
-        <x:v>108621600</x:v>
+        <x:v>173904733.37</x:v>
       </x:c>
       <x:c r="K526" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>8.05</x:v>
       </x:c>
     </x:row>
     <x:row r="527">
       <x:c r="A527" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку отрасли культуры</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий субъектов Российской Федерации в сфере реабилитации и абилитации инвалидов</x:v>
       </x:c>
       <x:c r="B527" s="4" t="n">
-        <x:v>2847100</x:v>
+        <x:v>6554100</x:v>
       </x:c>
       <x:c r="C527" s="4" t="n">
-        <x:v>2847100</x:v>
+        <x:v>6554097.87</x:v>
       </x:c>
       <x:c r="D527" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E527" s="4" t="n">
-        <x:v>108621600</x:v>
+        <x:v>6410966.13</x:v>
       </x:c>
       <x:c r="F527" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>102.23</x:v>
       </x:c>
       <x:c r="G527" s="4" t="n">
-        <x:v>2847100</x:v>
+        <x:v>6554100</x:v>
       </x:c>
       <x:c r="H527" s="4" t="n">
-        <x:v>2847100</x:v>
+        <x:v>6554097.87</x:v>
       </x:c>
       <x:c r="I527" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J527" s="4" t="n">
-        <x:v>108621600</x:v>
+        <x:v>6410966.13</x:v>
       </x:c>
       <x:c r="K527" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>102.23</x:v>
       </x:c>
     </x:row>
     <x:row r="528">
       <x:c r="A528" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий по созданию в субъектах Российской Федерации новых мест в общеобразовательных организациях</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий субъектов Российской Федерации в сфере реабилитации и абилитации инвалидов</x:v>
       </x:c>
       <x:c r="B528" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6554100</x:v>
       </x:c>
       <x:c r="C528" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6554097.87</x:v>
       </x:c>
       <x:c r="D528" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E528" s="4" t="n">
-        <x:v>23874240.12</x:v>
+        <x:v>6410966.13</x:v>
       </x:c>
       <x:c r="F528" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102.23</x:v>
       </x:c>
       <x:c r="G528" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6554100</x:v>
       </x:c>
       <x:c r="H528" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6554097.87</x:v>
       </x:c>
       <x:c r="I528" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J528" s="4" t="n">
-        <x:v>23874240.12</x:v>
+        <x:v>6410966.13</x:v>
       </x:c>
       <x:c r="K528" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102.23</x:v>
       </x:c>
     </x:row>
     <x:row r="529">
       <x:c r="A529" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по созданию в субъектах Российской Федерации новых мест в общеобразовательных организациях</x:v>
+        <x:v>Субсидии бюджетам на поддержку творческой деятельности и техническое оснащение детских и кукольных театров</x:v>
       </x:c>
       <x:c r="B529" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5011700</x:v>
       </x:c>
       <x:c r="C529" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5011700</x:v>
       </x:c>
       <x:c r="D529" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E529" s="4" t="n">
-        <x:v>23874240.12</x:v>
+        <x:v>9203300</x:v>
       </x:c>
       <x:c r="F529" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>54.46</x:v>
       </x:c>
       <x:c r="G529" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5011700</x:v>
       </x:c>
       <x:c r="H529" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5011700</x:v>
       </x:c>
       <x:c r="I529" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J529" s="4" t="n">
-        <x:v>23874240.12</x:v>
+        <x:v>9203300</x:v>
       </x:c>
       <x:c r="K529" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>54.46</x:v>
       </x:c>
     </x:row>
     <x:row r="530">
       <x:c r="A530" s="3" t="str">
-        <x:v>Субсидии бюджетам на создание модульных некапитальных средств размещения при реализации инвестиционных проектов</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку творческой деятельности и техническое оснащение детских и кукольных театров</x:v>
       </x:c>
       <x:c r="B530" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5011700</x:v>
       </x:c>
       <x:c r="C530" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5011700</x:v>
       </x:c>
       <x:c r="D530" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E530" s="4" t="n">
-        <x:v>102558290.1</x:v>
+        <x:v>9203300</x:v>
       </x:c>
       <x:c r="F530" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>54.46</x:v>
       </x:c>
       <x:c r="G530" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5011700</x:v>
       </x:c>
       <x:c r="H530" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5011700</x:v>
       </x:c>
       <x:c r="I530" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J530" s="4" t="n">
-        <x:v>102558290.1</x:v>
+        <x:v>9203300</x:v>
       </x:c>
       <x:c r="K530" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>54.46</x:v>
       </x:c>
     </x:row>
     <x:row r="531">
       <x:c r="A531" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание модульных некапитальных средств размещения при реализации инвестиционных проектов</x:v>
+        <x:v>Субсидия бюджетам субъектов Российской Федерации на достижение показателей государственной программы Российской Федерации "Реализация государственной национальной политики"</x:v>
       </x:c>
       <x:c r="B531" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5219500</x:v>
       </x:c>
       <x:c r="C531" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3860943.05</x:v>
       </x:c>
       <x:c r="D531" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>73.97</x:v>
       </x:c>
       <x:c r="E531" s="4" t="n">
-        <x:v>102558290.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F531" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G531" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5219500</x:v>
       </x:c>
       <x:c r="H531" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3860943.05</x:v>
       </x:c>
       <x:c r="I531" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>73.97</x:v>
       </x:c>
       <x:c r="J531" s="4" t="n">
-        <x:v>102558290.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K531" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="532">
       <x:c r="A532" s="3" t="str">
-        <x:v>Субсидии бюджетам на государственную поддержку малого и среднего предпринимательства в субъектах Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам на поддержку отрасли культуры</x:v>
       </x:c>
       <x:c r="B532" s="4" t="n">
-        <x:v>18497300</x:v>
+        <x:v>2847100</x:v>
       </x:c>
       <x:c r="C532" s="4" t="n">
-        <x:v>18497300</x:v>
+        <x:v>2847100</x:v>
       </x:c>
       <x:c r="D532" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E532" s="4" t="n">
-        <x:v>31061800</x:v>
+        <x:v>108475998.83</x:v>
       </x:c>
       <x:c r="F532" s="4" t="n">
-        <x:v>59.55</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="G532" s="4" t="n">
-        <x:v>18497300</x:v>
+        <x:v>2847100</x:v>
       </x:c>
       <x:c r="H532" s="4" t="n">
-        <x:v>18497300</x:v>
+        <x:v>2847100</x:v>
       </x:c>
       <x:c r="I532" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J532" s="4" t="n">
-        <x:v>31061800</x:v>
+        <x:v>108475998.83</x:v>
       </x:c>
       <x:c r="K532" s="4" t="n">
-        <x:v>59.55</x:v>
+        <x:v>2.62</x:v>
       </x:c>
     </x:row>
     <x:row r="533">
       <x:c r="A533" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на государственную поддержку малого и среднего предпринимательства в субъектах Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку отрасли культуры</x:v>
       </x:c>
       <x:c r="B533" s="4" t="n">
-        <x:v>18497300</x:v>
+        <x:v>2847100</x:v>
       </x:c>
       <x:c r="C533" s="4" t="n">
-        <x:v>18497300</x:v>
+        <x:v>2847100</x:v>
       </x:c>
       <x:c r="D533" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E533" s="4" t="n">
-        <x:v>31061800</x:v>
+        <x:v>108475998.83</x:v>
       </x:c>
       <x:c r="F533" s="4" t="n">
-        <x:v>59.55</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="G533" s="4" t="n">
-        <x:v>18497300</x:v>
+        <x:v>2847100</x:v>
       </x:c>
       <x:c r="H533" s="4" t="n">
-        <x:v>18497300</x:v>
+        <x:v>2847100</x:v>
       </x:c>
       <x:c r="I533" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J533" s="4" t="n">
-        <x:v>31061800</x:v>
+        <x:v>108475998.83</x:v>
       </x:c>
       <x:c r="K533" s="4" t="n">
-        <x:v>59.55</x:v>
+        <x:v>2.62</x:v>
       </x:c>
     </x:row>
     <x:row r="534">
       <x:c r="A534" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий по содействию повышения кадровой обеспеченности предприятий агропромышленного комплекса</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий по созданию в субъектах Российской Федерации новых мест в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="B534" s="4" t="n">
-        <x:v>6325900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C534" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D534" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E534" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>23874240.12</x:v>
       </x:c>
       <x:c r="F534" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G534" s="4" t="n">
-        <x:v>6325900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H534" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I534" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J534" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>23874240.12</x:v>
       </x:c>
       <x:c r="K534" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="535">
       <x:c r="A535" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по содействию повышения кадровой обеспеченности предприятий агропромышленного комплекса</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по созданию в субъектах Российской Федерации новых мест в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="B535" s="4" t="n">
-        <x:v>6325900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C535" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D535" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E535" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>23874240.12</x:v>
       </x:c>
       <x:c r="F535" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G535" s="4" t="n">
-        <x:v>6325900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H535" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I535" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J535" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>23874240.12</x:v>
       </x:c>
       <x:c r="K535" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="536">
       <x:c r="A536" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий индивидуальных программ социально-экономического развития субъектов Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам на создание модульных некапитальных средств размещения при реализации инвестиционных проектов</x:v>
       </x:c>
       <x:c r="B536" s="4" t="n">
-        <x:v>1000000000</x:v>
+        <x:v>30957000</x:v>
       </x:c>
       <x:c r="C536" s="4" t="n">
-        <x:v>950500000</x:v>
+        <x:v>30957000</x:v>
       </x:c>
       <x:c r="D536" s="4" t="n">
-        <x:v>95.05</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E536" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102558290.1</x:v>
       </x:c>
       <x:c r="F536" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30.18</x:v>
       </x:c>
       <x:c r="G536" s="4" t="n">
-        <x:v>1000000000</x:v>
+        <x:v>30957000</x:v>
       </x:c>
       <x:c r="H536" s="4" t="n">
-        <x:v>950500000</x:v>
+        <x:v>30957000</x:v>
       </x:c>
       <x:c r="I536" s="4" t="n">
-        <x:v>95.05</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J536" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102558290.1</x:v>
       </x:c>
       <x:c r="K536" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30.18</x:v>
       </x:c>
     </x:row>
     <x:row r="537">
       <x:c r="A537" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий индивидуальных программ социально-экономического развития субъектов Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на создание модульных некапитальных средств размещения при реализации инвестиционных проектов</x:v>
       </x:c>
       <x:c r="B537" s="4" t="n">
-        <x:v>1000000000</x:v>
+        <x:v>30957000</x:v>
       </x:c>
       <x:c r="C537" s="4" t="n">
-        <x:v>950500000</x:v>
+        <x:v>30957000</x:v>
       </x:c>
       <x:c r="D537" s="4" t="n">
-        <x:v>95.05</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E537" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102558290.1</x:v>
       </x:c>
       <x:c r="F537" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30.18</x:v>
       </x:c>
       <x:c r="G537" s="4" t="n">
-        <x:v>1000000000</x:v>
+        <x:v>30957000</x:v>
       </x:c>
       <x:c r="H537" s="4" t="n">
-        <x:v>950500000</x:v>
+        <x:v>30957000</x:v>
       </x:c>
       <x:c r="I537" s="4" t="n">
-        <x:v>95.05</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J537" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102558290.1</x:v>
       </x:c>
       <x:c r="K537" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30.18</x:v>
       </x:c>
     </x:row>
     <x:row r="538">
       <x:c r="A538" s="3" t="str">
-        <x:v>Субсидии бюджетам на поддержку работников отрасли культуры, прибывших (переехавших) в населенные пункты регионов Российской Федерации с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам на государственную поддержку малого и среднего предпринимательства в субъектах Российской Федерации</x:v>
       </x:c>
       <x:c r="B538" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>18497300</x:v>
       </x:c>
       <x:c r="C538" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>18497300</x:v>
       </x:c>
       <x:c r="D538" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E538" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>31061800</x:v>
       </x:c>
       <x:c r="F538" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="G538" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>18497300</x:v>
       </x:c>
       <x:c r="H538" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>18497300</x:v>
       </x:c>
       <x:c r="I538" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J538" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>31061800</x:v>
       </x:c>
       <x:c r="K538" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>59.55</x:v>
       </x:c>
     </x:row>
     <x:row r="539">
       <x:c r="A539" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку работников отрасли культуры, прибывших (переехавших) в населенные пункты регионов Российской Федерации с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на государственную поддержку малого и среднего предпринимательства в субъектах Российской Федерации</x:v>
       </x:c>
       <x:c r="B539" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>18497300</x:v>
       </x:c>
       <x:c r="C539" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>18497300</x:v>
       </x:c>
       <x:c r="D539" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E539" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>31061800</x:v>
       </x:c>
       <x:c r="F539" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>59.55</x:v>
       </x:c>
       <x:c r="G539" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>18497300</x:v>
       </x:c>
       <x:c r="H539" s="4" t="n">
-        <x:v>20790000</x:v>
+        <x:v>18497300</x:v>
       </x:c>
       <x:c r="I539" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J539" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>31061800</x:v>
       </x:c>
       <x:c r="K539" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>59.55</x:v>
       </x:c>
     </x:row>
     <x:row r="540">
       <x:c r="A540" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение закупки авиационных работ в целях оказания медицинской помощи</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий по содействию повышения кадровой обеспеченности предприятий агропромышленного комплекса</x:v>
       </x:c>
       <x:c r="B540" s="4" t="n">
-        <x:v>5739200</x:v>
+        <x:v>6325900</x:v>
       </x:c>
       <x:c r="C540" s="4" t="n">
-        <x:v>5733048.56</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D540" s="4" t="n">
-        <x:v>99.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E540" s="4" t="n">
-        <x:v>20527948.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F540" s="4" t="n">
-        <x:v>27.93</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G540" s="4" t="n">
-        <x:v>5739200</x:v>
+        <x:v>6325900</x:v>
       </x:c>
       <x:c r="H540" s="4" t="n">
-        <x:v>5733048.56</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I540" s="4" t="n">
-        <x:v>99.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J540" s="4" t="n">
-        <x:v>20527948.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K540" s="4" t="n">
-        <x:v>27.93</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="541">
       <x:c r="A541" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию программ формирования современной городской среды</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по содействию повышения кадровой обеспеченности предприятий агропромышленного комплекса</x:v>
       </x:c>
       <x:c r="B541" s="4" t="n">
-        <x:v>140331800</x:v>
+        <x:v>6325900</x:v>
       </x:c>
       <x:c r="C541" s="4" t="n">
-        <x:v>94627035.94</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D541" s="4" t="n">
-        <x:v>67.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E541" s="4" t="n">
-        <x:v>120680500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F541" s="4" t="n">
-        <x:v>78.41</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G541" s="4" t="n">
-        <x:v>140331800</x:v>
+        <x:v>6325900</x:v>
       </x:c>
       <x:c r="H541" s="4" t="n">
-        <x:v>94627035.94</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I541" s="4" t="n">
-        <x:v>67.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J541" s="4" t="n">
-        <x:v>120680500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K541" s="4" t="n">
-        <x:v>78.41</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="542">
       <x:c r="A542" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию программ формирования современной городской среды</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий индивидуальных программ социально-экономического развития субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B542" s="4" t="n">
-        <x:v>140331800</x:v>
+        <x:v>1000000000</x:v>
       </x:c>
       <x:c r="C542" s="4" t="n">
-        <x:v>94627035.94</x:v>
+        <x:v>967558908.3</x:v>
       </x:c>
       <x:c r="D542" s="4" t="n">
-        <x:v>67.43</x:v>
+        <x:v>96.76</x:v>
       </x:c>
       <x:c r="E542" s="4" t="n">
-        <x:v>120680500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F542" s="4" t="n">
-        <x:v>78.41</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G542" s="4" t="n">
-        <x:v>140331800</x:v>
+        <x:v>1000000000</x:v>
       </x:c>
       <x:c r="H542" s="4" t="n">
-        <x:v>94627035.94</x:v>
+        <x:v>967558908.3</x:v>
       </x:c>
       <x:c r="I542" s="4" t="n">
-        <x:v>67.43</x:v>
+        <x:v>96.76</x:v>
       </x:c>
       <x:c r="J542" s="4" t="n">
-        <x:v>120680500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K542" s="4" t="n">
-        <x:v>78.41</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="543">
       <x:c r="A543" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на достижение показателей государственной программы Российской Федерации "Развитие туризма"</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий индивидуальных программ социально-экономического развития субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B543" s="4" t="n">
-        <x:v>143862800</x:v>
+        <x:v>1000000000</x:v>
       </x:c>
       <x:c r="C543" s="4" t="n">
-        <x:v>27420286.97</x:v>
+        <x:v>967558908.3</x:v>
       </x:c>
       <x:c r="D543" s="4" t="n">
-        <x:v>19.06</x:v>
+        <x:v>96.76</x:v>
       </x:c>
       <x:c r="E543" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F543" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G543" s="4" t="n">
-        <x:v>143862800</x:v>
+        <x:v>1000000000</x:v>
       </x:c>
       <x:c r="H543" s="4" t="n">
-        <x:v>27420286.97</x:v>
+        <x:v>967558908.3</x:v>
       </x:c>
       <x:c r="I543" s="4" t="n">
-        <x:v>19.06</x:v>
+        <x:v>96.76</x:v>
       </x:c>
       <x:c r="J543" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K543" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="544">
       <x:c r="A544" s="3" t="str">
-        <x:v>Субсидии бюджетам на оснащение предметных кабинетов общеобразовательных организаций средствами обучения и воспитания</x:v>
+        <x:v>Субсидии бюджетам на поддержку работников отрасли культуры, прибывших (переехавших) в населенные пункты регионов Российской Федерации с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="B544" s="4" t="n">
-        <x:v>20082800</x:v>
+        <x:v>20790000</x:v>
       </x:c>
       <x:c r="C544" s="4" t="n">
-        <x:v>4459657.95</x:v>
+        <x:v>20790000</x:v>
       </x:c>
       <x:c r="D544" s="4" t="n">
-        <x:v>22.21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E544" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F544" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G544" s="4" t="n">
-        <x:v>20082800</x:v>
+        <x:v>20790000</x:v>
       </x:c>
       <x:c r="H544" s="4" t="n">
-        <x:v>4459657.95</x:v>
+        <x:v>20790000</x:v>
       </x:c>
       <x:c r="I544" s="4" t="n">
-        <x:v>22.21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J544" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K544" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="545">
       <x:c r="A545" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение предметных кабинетов общеобразовательных организаций средствами обучения и воспитания</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на поддержку работников отрасли культуры, прибывших (переехавших) в населенные пункты регионов Российской Федерации с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="B545" s="4" t="n">
-        <x:v>20082800</x:v>
+        <x:v>20790000</x:v>
       </x:c>
       <x:c r="C545" s="4" t="n">
-        <x:v>4459657.95</x:v>
+        <x:v>20790000</x:v>
       </x:c>
       <x:c r="D545" s="4" t="n">
-        <x:v>22.21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E545" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F545" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G545" s="4" t="n">
-        <x:v>20082800</x:v>
+        <x:v>20790000</x:v>
       </x:c>
       <x:c r="H545" s="4" t="n">
-        <x:v>4459657.95</x:v>
+        <x:v>20790000</x:v>
       </x:c>
       <x:c r="I545" s="4" t="n">
-        <x:v>22.21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J545" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K545" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="546">
       <x:c r="A546" s="3" t="str">
-        <x:v>Субсидии бюджетам на обеспечение комплексного развития сельских территорий</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение закупки авиационных работ в целях оказания медицинской помощи</x:v>
       </x:c>
       <x:c r="B546" s="4" t="n">
-        <x:v>582288900</x:v>
+        <x:v>5739200</x:v>
       </x:c>
       <x:c r="C546" s="4" t="n">
-        <x:v>549274411.75</x:v>
+        <x:v>5733048.56</x:v>
       </x:c>
       <x:c r="D546" s="4" t="n">
-        <x:v>94.33</x:v>
+        <x:v>99.89</x:v>
       </x:c>
       <x:c r="E546" s="4" t="n">
-        <x:v>156655300</x:v>
+        <x:v>20527948.86</x:v>
       </x:c>
       <x:c r="F546" s="4" t="n">
-        <x:v>350.63</x:v>
+        <x:v>27.93</x:v>
       </x:c>
       <x:c r="G546" s="4" t="n">
-        <x:v>582288900</x:v>
+        <x:v>5739200</x:v>
       </x:c>
       <x:c r="H546" s="4" t="n">
-        <x:v>549274411.75</x:v>
+        <x:v>5733048.56</x:v>
       </x:c>
       <x:c r="I546" s="4" t="n">
-        <x:v>94.33</x:v>
+        <x:v>99.89</x:v>
       </x:c>
       <x:c r="J546" s="4" t="n">
-        <x:v>156655300</x:v>
+        <x:v>20527948.86</x:v>
       </x:c>
       <x:c r="K546" s="4" t="n">
-        <x:v>350.63</x:v>
+        <x:v>27.93</x:v>
       </x:c>
     </x:row>
     <x:row r="547">
       <x:c r="A547" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение комплексного развития сельских территорий</x:v>
+        <x:v>Субсидии бюджетам на реализацию программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="B547" s="4" t="n">
-        <x:v>582288900</x:v>
+        <x:v>140331800</x:v>
       </x:c>
       <x:c r="C547" s="4" t="n">
-        <x:v>549274411.75</x:v>
+        <x:v>96434685.38</x:v>
       </x:c>
       <x:c r="D547" s="4" t="n">
-        <x:v>94.33</x:v>
+        <x:v>68.72</x:v>
       </x:c>
       <x:c r="E547" s="4" t="n">
-        <x:v>156655300</x:v>
+        <x:v>120680500</x:v>
       </x:c>
       <x:c r="F547" s="4" t="n">
-        <x:v>350.63</x:v>
+        <x:v>79.91</x:v>
       </x:c>
       <x:c r="G547" s="4" t="n">
-        <x:v>582288900</x:v>
+        <x:v>140331800</x:v>
       </x:c>
       <x:c r="H547" s="4" t="n">
-        <x:v>549274411.75</x:v>
+        <x:v>96434685.38</x:v>
       </x:c>
       <x:c r="I547" s="4" t="n">
-        <x:v>94.33</x:v>
+        <x:v>68.72</x:v>
       </x:c>
       <x:c r="J547" s="4" t="n">
-        <x:v>156655300</x:v>
+        <x:v>120680500</x:v>
       </x:c>
       <x:c r="K547" s="4" t="n">
-        <x:v>350.63</x:v>
+        <x:v>79.91</x:v>
       </x:c>
     </x:row>
     <x:row r="548">
       <x:c r="A548" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение профилактики развития сердечно-сосудистых заболеваний и сердечно-сосудистых осложнений у пациентов высокого риска, находящихся на диспансерном наблюдении</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="B548" s="4" t="n">
-        <x:v>48286600</x:v>
+        <x:v>140331800</x:v>
       </x:c>
       <x:c r="C548" s="4" t="n">
-        <x:v>43433563.54</x:v>
+        <x:v>96434685.38</x:v>
       </x:c>
       <x:c r="D548" s="4" t="n">
-        <x:v>89.95</x:v>
+        <x:v>68.72</x:v>
       </x:c>
       <x:c r="E548" s="4" t="n">
-        <x:v>42283614.76</x:v>
+        <x:v>120680500</x:v>
       </x:c>
       <x:c r="F548" s="4" t="n">
-        <x:v>102.72</x:v>
+        <x:v>79.91</x:v>
       </x:c>
       <x:c r="G548" s="4" t="n">
-        <x:v>48286600</x:v>
+        <x:v>140331800</x:v>
       </x:c>
       <x:c r="H548" s="4" t="n">
-        <x:v>43433563.54</x:v>
+        <x:v>96434685.38</x:v>
       </x:c>
       <x:c r="I548" s="4" t="n">
-        <x:v>89.95</x:v>
+        <x:v>68.72</x:v>
       </x:c>
       <x:c r="J548" s="4" t="n">
-        <x:v>42283614.76</x:v>
+        <x:v>120680500</x:v>
       </x:c>
       <x:c r="K548" s="4" t="n">
-        <x:v>102.72</x:v>
+        <x:v>79.91</x:v>
       </x:c>
     </x:row>
     <x:row r="549">
       <x:c r="A549" s="3" t="str">
-        <x:v>Субсидии бюджетам на техническое оснащение региональных и муниципальных музеев</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на достижение показателей государственной программы Российской Федерации "Развитие туризма"</x:v>
       </x:c>
       <x:c r="B549" s="4" t="n">
-        <x:v>3838900</x:v>
+        <x:v>173527100</x:v>
       </x:c>
       <x:c r="C549" s="4" t="n">
-        <x:v>3838900</x:v>
+        <x:v>46453362.97</x:v>
       </x:c>
       <x:c r="D549" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>26.77</x:v>
       </x:c>
       <x:c r="E549" s="4" t="n">
-        <x:v>20700000</x:v>
+        <x:v>3672682.4</x:v>
       </x:c>
       <x:c r="F549" s="4" t="n">
-        <x:v>18.55</x:v>
+        <x:v>1264.83</x:v>
       </x:c>
       <x:c r="G549" s="4" t="n">
-        <x:v>3838900</x:v>
+        <x:v>173527100</x:v>
       </x:c>
       <x:c r="H549" s="4" t="n">
-        <x:v>3838900</x:v>
+        <x:v>46453362.97</x:v>
       </x:c>
       <x:c r="I549" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>26.77</x:v>
       </x:c>
       <x:c r="J549" s="4" t="n">
-        <x:v>20700000</x:v>
+        <x:v>3672682.4</x:v>
       </x:c>
       <x:c r="K549" s="4" t="n">
-        <x:v>18.55</x:v>
+        <x:v>1264.83</x:v>
       </x:c>
     </x:row>
     <x:row r="550">
       <x:c r="A550" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на техническое оснащение региональных и муниципальных музеев</x:v>
+        <x:v>Субсидии бюджетам на оснащение предметных кабинетов общеобразовательных организаций средствами обучения и воспитания</x:v>
       </x:c>
       <x:c r="B550" s="4" t="n">
-        <x:v>3838900</x:v>
+        <x:v>20082800</x:v>
       </x:c>
       <x:c r="C550" s="4" t="n">
-        <x:v>3838900</x:v>
+        <x:v>11832088.95</x:v>
       </x:c>
       <x:c r="D550" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="E550" s="4" t="n">
-        <x:v>20700000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F550" s="4" t="n">
-        <x:v>18.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G550" s="4" t="n">
-        <x:v>3838900</x:v>
+        <x:v>20082800</x:v>
       </x:c>
       <x:c r="H550" s="4" t="n">
-        <x:v>3838900</x:v>
+        <x:v>11832088.95</x:v>
       </x:c>
       <x:c r="I550" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="J550" s="4" t="n">
-        <x:v>20700000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K550" s="4" t="n">
-        <x:v>18.55</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="551">
       <x:c r="A551" s="3" t="str">
-        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации региональных программ развития промышленности</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение предметных кабинетов общеобразовательных организаций средствами обучения и воспитания</x:v>
       </x:c>
       <x:c r="B551" s="4" t="n">
-        <x:v>64666600</x:v>
+        <x:v>20082800</x:v>
       </x:c>
       <x:c r="C551" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11832088.95</x:v>
       </x:c>
       <x:c r="D551" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="E551" s="4" t="n">
-        <x:v>49500000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F551" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G551" s="4" t="n">
-        <x:v>64666600</x:v>
+        <x:v>20082800</x:v>
       </x:c>
       <x:c r="H551" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11832088.95</x:v>
       </x:c>
       <x:c r="I551" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="J551" s="4" t="n">
-        <x:v>49500000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K551" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="552">
       <x:c r="A552" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации региональных программ развития промышленности</x:v>
+        <x:v>Субсидии бюджетам на обеспечение комплексного развития сельских территорий</x:v>
       </x:c>
       <x:c r="B552" s="4" t="n">
-        <x:v>64666600</x:v>
+        <x:v>582268600</x:v>
       </x:c>
       <x:c r="C552" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>549689862.98</x:v>
       </x:c>
       <x:c r="D552" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94.4</x:v>
       </x:c>
       <x:c r="E552" s="4" t="n">
-        <x:v>49500000</x:v>
+        <x:v>156655300</x:v>
       </x:c>
       <x:c r="F552" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>350.89</x:v>
       </x:c>
       <x:c r="G552" s="4" t="n">
-        <x:v>64666600</x:v>
+        <x:v>582268600</x:v>
       </x:c>
       <x:c r="H552" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>549689862.98</x:v>
       </x:c>
       <x:c r="I552" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>94.4</x:v>
       </x:c>
       <x:c r="J552" s="4" t="n">
-        <x:v>49500000</x:v>
+        <x:v>156655300</x:v>
       </x:c>
       <x:c r="K552" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>350.89</x:v>
       </x:c>
     </x:row>
     <x:row r="553">
       <x:c r="A553" s="3" t="str">
-        <x:v>Субсидии бюджетам на проведение мелиоративных мероприятий</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение комплексного развития сельских территорий</x:v>
       </x:c>
       <x:c r="B553" s="4" t="n">
-        <x:v>92106700</x:v>
+        <x:v>582268600</x:v>
       </x:c>
       <x:c r="C553" s="4" t="n">
-        <x:v>92106700</x:v>
+        <x:v>549689862.98</x:v>
       </x:c>
       <x:c r="D553" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>94.4</x:v>
       </x:c>
       <x:c r="E553" s="4" t="n">
-        <x:v>11552400</x:v>
+        <x:v>156655300</x:v>
       </x:c>
       <x:c r="F553" s="4" t="n">
-        <x:v>797.29</x:v>
+        <x:v>350.89</x:v>
       </x:c>
       <x:c r="G553" s="4" t="n">
-        <x:v>92106700</x:v>
+        <x:v>582268600</x:v>
       </x:c>
       <x:c r="H553" s="4" t="n">
-        <x:v>92106700</x:v>
+        <x:v>549689862.98</x:v>
       </x:c>
       <x:c r="I553" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>94.4</x:v>
       </x:c>
       <x:c r="J553" s="4" t="n">
-        <x:v>11552400</x:v>
+        <x:v>156655300</x:v>
       </x:c>
       <x:c r="K553" s="4" t="n">
-        <x:v>797.29</x:v>
+        <x:v>350.89</x:v>
       </x:c>
     </x:row>
     <x:row r="554">
       <x:c r="A554" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на проведение мелиоративных мероприятий</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на обеспечение профилактики развития сердечно-сосудистых заболеваний и сердечно-сосудистых осложнений у пациентов высокого риска, находящихся на диспансерном наблюдении</x:v>
       </x:c>
       <x:c r="B554" s="4" t="n">
-        <x:v>92106700</x:v>
+        <x:v>48286600</x:v>
       </x:c>
       <x:c r="C554" s="4" t="n">
-        <x:v>92106700</x:v>
+        <x:v>46858088.36</x:v>
       </x:c>
       <x:c r="D554" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>97.04</x:v>
       </x:c>
       <x:c r="E554" s="4" t="n">
-        <x:v>11552400</x:v>
+        <x:v>43224572.97</x:v>
       </x:c>
       <x:c r="F554" s="4" t="n">
-        <x:v>797.29</x:v>
+        <x:v>108.41</x:v>
       </x:c>
       <x:c r="G554" s="4" t="n">
-        <x:v>92106700</x:v>
+        <x:v>48286600</x:v>
       </x:c>
       <x:c r="H554" s="4" t="n">
-        <x:v>92106700</x:v>
+        <x:v>46858088.36</x:v>
       </x:c>
       <x:c r="I554" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>97.04</x:v>
       </x:c>
       <x:c r="J554" s="4" t="n">
-        <x:v>11552400</x:v>
+        <x:v>43224572.97</x:v>
       </x:c>
       <x:c r="K554" s="4" t="n">
-        <x:v>797.29</x:v>
+        <x:v>108.41</x:v>
       </x:c>
     </x:row>
     <x:row r="555">
       <x:c r="A555" s="3" t="str">
-        <x:v>Субсидии бюджетам на реализацию мероприятий по модернизации школьных систем образования</x:v>
+        <x:v>Субсидии бюджетам на техническое оснащение региональных и муниципальных музеев</x:v>
       </x:c>
       <x:c r="B555" s="4" t="n">
-        <x:v>894042200</x:v>
+        <x:v>3838900</x:v>
       </x:c>
       <x:c r="C555" s="4" t="n">
-        <x:v>891736009.77</x:v>
+        <x:v>3838900</x:v>
       </x:c>
       <x:c r="D555" s="4" t="n">
-        <x:v>99.74</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E555" s="4" t="n">
-        <x:v>488250058.17</x:v>
+        <x:v>20700000</x:v>
       </x:c>
       <x:c r="F555" s="4" t="n">
-        <x:v>182.64</x:v>
+        <x:v>18.55</x:v>
       </x:c>
       <x:c r="G555" s="4" t="n">
-        <x:v>894042200</x:v>
+        <x:v>3838900</x:v>
       </x:c>
       <x:c r="H555" s="4" t="n">
-        <x:v>891736009.77</x:v>
+        <x:v>3838900</x:v>
       </x:c>
       <x:c r="I555" s="4" t="n">
-        <x:v>99.74</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J555" s="4" t="n">
-        <x:v>488250058.17</x:v>
+        <x:v>20700000</x:v>
       </x:c>
       <x:c r="K555" s="4" t="n">
-        <x:v>182.64</x:v>
+        <x:v>18.55</x:v>
       </x:c>
     </x:row>
     <x:row r="556">
       <x:c r="A556" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по модернизации школьных систем образования</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на техническое оснащение региональных и муниципальных музеев</x:v>
       </x:c>
       <x:c r="B556" s="4" t="n">
-        <x:v>894042200</x:v>
+        <x:v>3838900</x:v>
       </x:c>
       <x:c r="C556" s="4" t="n">
-        <x:v>891736009.77</x:v>
+        <x:v>3838900</x:v>
       </x:c>
       <x:c r="D556" s="4" t="n">
-        <x:v>99.74</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E556" s="4" t="n">
-        <x:v>488250058.17</x:v>
+        <x:v>20700000</x:v>
       </x:c>
       <x:c r="F556" s="4" t="n">
-        <x:v>182.64</x:v>
+        <x:v>18.55</x:v>
       </x:c>
       <x:c r="G556" s="4" t="n">
-        <x:v>894042200</x:v>
+        <x:v>3838900</x:v>
       </x:c>
       <x:c r="H556" s="4" t="n">
-        <x:v>891736009.77</x:v>
+        <x:v>3838900</x:v>
       </x:c>
       <x:c r="I556" s="4" t="n">
-        <x:v>99.74</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J556" s="4" t="n">
-        <x:v>488250058.17</x:v>
+        <x:v>20700000</x:v>
       </x:c>
       <x:c r="K556" s="4" t="n">
-        <x:v>182.64</x:v>
+        <x:v>18.55</x:v>
       </x:c>
     </x:row>
     <x:row r="557">
       <x:c r="A557" s="3" t="str">
-        <x:v>Субсидии бюджетам на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями медицинских организаций, имеющих в своей структуре подразделения, оказывающие медицинскую помощь по медицинской реабилитации</x:v>
+        <x:v>Субсидии бюджетам в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации региональных программ развития промышленности</x:v>
       </x:c>
       <x:c r="B557" s="4" t="n">
-        <x:v>16684700</x:v>
+        <x:v>64666600</x:v>
       </x:c>
       <x:c r="C557" s="4" t="n">
-        <x:v>15663677.4</x:v>
+        <x:v>26315353.7</x:v>
       </x:c>
       <x:c r="D557" s="4" t="n">
-        <x:v>93.88</x:v>
+        <x:v>40.69</x:v>
       </x:c>
       <x:c r="E557" s="4" t="n">
-        <x:v>50786542.63</x:v>
+        <x:v>49500000</x:v>
       </x:c>
       <x:c r="F557" s="4" t="n">
-        <x:v>30.84</x:v>
+        <x:v>53.16</x:v>
       </x:c>
       <x:c r="G557" s="4" t="n">
-        <x:v>16684700</x:v>
+        <x:v>64666600</x:v>
       </x:c>
       <x:c r="H557" s="4" t="n">
-        <x:v>15663677.4</x:v>
+        <x:v>26315353.7</x:v>
       </x:c>
       <x:c r="I557" s="4" t="n">
-        <x:v>93.88</x:v>
+        <x:v>40.69</x:v>
       </x:c>
       <x:c r="J557" s="4" t="n">
-        <x:v>50786542.63</x:v>
+        <x:v>49500000</x:v>
       </x:c>
       <x:c r="K557" s="4" t="n">
-        <x:v>30.84</x:v>
+        <x:v>53.16</x:v>
       </x:c>
     </x:row>
     <x:row r="558">
       <x:c r="A558" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями медицинских организаций, имеющих в своей структуре подразделения, оказывающие медицинскую помощь по медицинской реабилитации</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации региональных программ развития промышленности</x:v>
       </x:c>
       <x:c r="B558" s="4" t="n">
-        <x:v>16684700</x:v>
+        <x:v>64666600</x:v>
       </x:c>
       <x:c r="C558" s="4" t="n">
-        <x:v>15663677.4</x:v>
+        <x:v>26315353.7</x:v>
       </x:c>
       <x:c r="D558" s="4" t="n">
-        <x:v>93.88</x:v>
+        <x:v>40.69</x:v>
       </x:c>
       <x:c r="E558" s="4" t="n">
-        <x:v>50786542.63</x:v>
+        <x:v>49500000</x:v>
       </x:c>
       <x:c r="F558" s="4" t="n">
-        <x:v>30.84</x:v>
+        <x:v>53.16</x:v>
       </x:c>
       <x:c r="G558" s="4" t="n">
-        <x:v>16684700</x:v>
+        <x:v>64666600</x:v>
       </x:c>
       <x:c r="H558" s="4" t="n">
-        <x:v>15663677.4</x:v>
+        <x:v>26315353.7</x:v>
       </x:c>
       <x:c r="I558" s="4" t="n">
-        <x:v>93.88</x:v>
+        <x:v>40.69</x:v>
       </x:c>
       <x:c r="J558" s="4" t="n">
-        <x:v>50786542.63</x:v>
+        <x:v>49500000</x:v>
       </x:c>
       <x:c r="K558" s="4" t="n">
-        <x:v>30.84</x:v>
+        <x:v>53.16</x:v>
       </x:c>
     </x:row>
     <x:row r="559">
       <x:c r="A559" s="3" t="str">
-        <x:v>Субсидии бюджетам на софинансирование закупки и монтажа оборудования для создания "умных" спортивных площадок</x:v>
+        <x:v>Субсидии бюджетам на проведение мелиоративных мероприятий</x:v>
       </x:c>
       <x:c r="B559" s="4" t="n">
-        <x:v>145530000</x:v>
+        <x:v>92106700</x:v>
       </x:c>
       <x:c r="C559" s="4" t="n">
-        <x:v>133650000</x:v>
+        <x:v>92106700</x:v>
       </x:c>
       <x:c r="D559" s="4" t="n">
-        <x:v>91.84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E559" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12957100</x:v>
       </x:c>
       <x:c r="F559" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>710.86</x:v>
       </x:c>
       <x:c r="G559" s="4" t="n">
-        <x:v>145530000</x:v>
+        <x:v>92106700</x:v>
       </x:c>
       <x:c r="H559" s="4" t="n">
-        <x:v>133650000</x:v>
+        <x:v>92106700</x:v>
       </x:c>
       <x:c r="I559" s="4" t="n">
-        <x:v>91.84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J559" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12957100</x:v>
       </x:c>
       <x:c r="K559" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>710.86</x:v>
       </x:c>
     </x:row>
     <x:row r="560">
       <x:c r="A560" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование закупки и монтажа оборудования для создания "умных" спортивных площадок</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на проведение мелиоративных мероприятий</x:v>
       </x:c>
       <x:c r="B560" s="4" t="n">
-        <x:v>145530000</x:v>
+        <x:v>92106700</x:v>
       </x:c>
       <x:c r="C560" s="4" t="n">
-        <x:v>133650000</x:v>
+        <x:v>92106700</x:v>
       </x:c>
       <x:c r="D560" s="4" t="n">
-        <x:v>91.84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E560" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12957100</x:v>
       </x:c>
       <x:c r="F560" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>710.86</x:v>
       </x:c>
       <x:c r="G560" s="4" t="n">
-        <x:v>145530000</x:v>
+        <x:v>92106700</x:v>
       </x:c>
       <x:c r="H560" s="4" t="n">
-        <x:v>133650000</x:v>
+        <x:v>92106700</x:v>
       </x:c>
       <x:c r="I560" s="4" t="n">
-        <x:v>91.84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J560" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12957100</x:v>
       </x:c>
       <x:c r="K560" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>710.86</x:v>
       </x:c>
     </x:row>
     <x:row r="561">
       <x:c r="A561" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной собственности субъектов Российской Федерации (муниципальной собственности)</x:v>
+        <x:v>Субсидии бюджетам на реализацию мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="B561" s="4" t="n">
-        <x:v>232644800</x:v>
+        <x:v>894042200</x:v>
       </x:c>
       <x:c r="C561" s="4" t="n">
-        <x:v>232644800</x:v>
+        <x:v>892198267.24</x:v>
       </x:c>
       <x:c r="D561" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>99.79</x:v>
       </x:c>
       <x:c r="E561" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>490623875.32</x:v>
       </x:c>
       <x:c r="F561" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>181.85</x:v>
       </x:c>
       <x:c r="G561" s="4" t="n">
-        <x:v>232644800</x:v>
+        <x:v>894042200</x:v>
       </x:c>
       <x:c r="H561" s="4" t="n">
-        <x:v>232644800</x:v>
+        <x:v>892198267.24</x:v>
       </x:c>
       <x:c r="I561" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>99.79</x:v>
       </x:c>
       <x:c r="J561" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>490623875.32</x:v>
       </x:c>
       <x:c r="K561" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="562">
       <x:c r="A562" s="3" t="str">
-        <x:v>Субсидии бюджетам на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках финансового обеспечения программ, направленных на обеспечение безопасных и комфортных условий предоставления социальных услуг в сфере социального обслуживания</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на реализацию мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="B562" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>894042200</x:v>
       </x:c>
       <x:c r="C562" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>892198267.24</x:v>
       </x:c>
       <x:c r="D562" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.79</x:v>
       </x:c>
       <x:c r="E562" s="4" t="n">
-        <x:v>347044553.42</x:v>
+        <x:v>490623875.32</x:v>
       </x:c>
       <x:c r="F562" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>181.85</x:v>
       </x:c>
       <x:c r="G562" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>894042200</x:v>
       </x:c>
       <x:c r="H562" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>892198267.24</x:v>
       </x:c>
       <x:c r="I562" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.79</x:v>
       </x:c>
       <x:c r="J562" s="4" t="n">
-        <x:v>347044553.42</x:v>
+        <x:v>490623875.32</x:v>
       </x:c>
       <x:c r="K562" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="563">
       <x:c r="A563" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках финансового обеспечения программ, направленных на обеспечение безопасных и комфортных условий предоставления социальных услуг в сфере социального обслуживания</x:v>
+        <x:v>Субсидии бюджетам на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями медицинских организаций, имеющих в своей структуре подразделения, оказывающие медицинскую помощь по медицинской реабилитации</x:v>
       </x:c>
       <x:c r="B563" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16684700</x:v>
       </x:c>
       <x:c r="C563" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16231527.24</x:v>
       </x:c>
       <x:c r="D563" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>97.28</x:v>
       </x:c>
       <x:c r="E563" s="4" t="n">
-        <x:v>347044553.42</x:v>
+        <x:v>53851707.76</x:v>
       </x:c>
       <x:c r="F563" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30.14</x:v>
       </x:c>
       <x:c r="G563" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16684700</x:v>
       </x:c>
       <x:c r="H563" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16231527.24</x:v>
       </x:c>
       <x:c r="I563" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>97.28</x:v>
       </x:c>
       <x:c r="J563" s="4" t="n">
-        <x:v>347044553.42</x:v>
+        <x:v>53851707.76</x:v>
       </x:c>
       <x:c r="K563" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30.14</x:v>
       </x:c>
     </x:row>
     <x:row r="564">
       <x:c r="A564" s="3" t="str">
-        <x:v>Субсидии бюджетам на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках создания и модернизации объектов спортивной инфраструктуры региональной собственности (муниципальной собственности) для занятий физической культурой и спортом</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями медицинских организаций, имеющих в своей структуре подразделения, оказывающие медицинскую помощь по медицинской реабилитации</x:v>
       </x:c>
       <x:c r="B564" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16684700</x:v>
       </x:c>
       <x:c r="C564" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16231527.24</x:v>
       </x:c>
       <x:c r="D564" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>97.28</x:v>
       </x:c>
       <x:c r="E564" s="4" t="n">
-        <x:v>79858698.81</x:v>
+        <x:v>53851707.76</x:v>
       </x:c>
       <x:c r="F564" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30.14</x:v>
       </x:c>
       <x:c r="G564" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16684700</x:v>
       </x:c>
       <x:c r="H564" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16231527.24</x:v>
       </x:c>
       <x:c r="I564" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>97.28</x:v>
       </x:c>
       <x:c r="J564" s="4" t="n">
-        <x:v>79858698.81</x:v>
+        <x:v>53851707.76</x:v>
       </x:c>
       <x:c r="K564" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30.14</x:v>
       </x:c>
     </x:row>
     <x:row r="565">
       <x:c r="A565" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках создания и модернизации объектов спортивной инфраструктуры региональной собственности (муниципальной собственности) для занятий физической культурой и спортом</x:v>
+        <x:v>Субсидии бюджетам на софинансирование закупки и монтажа оборудования для создания "умных" спортивных площадок</x:v>
       </x:c>
       <x:c r="B565" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>145530000</x:v>
       </x:c>
       <x:c r="C565" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>133650000</x:v>
       </x:c>
       <x:c r="D565" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>91.84</x:v>
       </x:c>
       <x:c r="E565" s="4" t="n">
-        <x:v>79858698.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F565" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G565" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>145530000</x:v>
       </x:c>
       <x:c r="H565" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>133650000</x:v>
       </x:c>
       <x:c r="I565" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>91.84</x:v>
       </x:c>
       <x:c r="J565" s="4" t="n">
-        <x:v>79858698.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K565" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="566">
       <x:c r="A566" s="3" t="str">
-        <x:v>Субсидии бюджетам на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках обеспечения комплексного развития сельских территорий</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование закупки и монтажа оборудования для создания "умных" спортивных площадок</x:v>
       </x:c>
       <x:c r="B566" s="4" t="n">
-        <x:v>456221000</x:v>
+        <x:v>145530000</x:v>
       </x:c>
       <x:c r="C566" s="4" t="n">
-        <x:v>348023732.84</x:v>
+        <x:v>133650000</x:v>
       </x:c>
       <x:c r="D566" s="4" t="n">
-        <x:v>76.28</x:v>
+        <x:v>91.84</x:v>
       </x:c>
       <x:c r="E566" s="4" t="n">
-        <x:v>399405642.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F566" s="4" t="n">
-        <x:v>87.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G566" s="4" t="n">
-        <x:v>456221000</x:v>
+        <x:v>145530000</x:v>
       </x:c>
       <x:c r="H566" s="4" t="n">
-        <x:v>348023732.84</x:v>
+        <x:v>133650000</x:v>
       </x:c>
       <x:c r="I566" s="4" t="n">
-        <x:v>76.28</x:v>
+        <x:v>91.84</x:v>
       </x:c>
       <x:c r="J566" s="4" t="n">
-        <x:v>399405642.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K566" s="4" t="n">
-        <x:v>87.14</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="567">
       <x:c r="A567" s="3" t="str">
-        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках обеспечения комплексного развития сельских территорий</x:v>
+        <x:v>Субсидии бюджетам на софинансирование капитальных вложений в объекты государственной собственности субъектов Российской Федерации (муниципальной собственности)</x:v>
       </x:c>
       <x:c r="B567" s="4" t="n">
-        <x:v>456221000</x:v>
+        <x:v>232644800</x:v>
       </x:c>
       <x:c r="C567" s="4" t="n">
-        <x:v>348023732.84</x:v>
+        <x:v>232644800</x:v>
       </x:c>
       <x:c r="D567" s="4" t="n">
-        <x:v>76.28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E567" s="4" t="n">
-        <x:v>399405642.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F567" s="4" t="n">
-        <x:v>87.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G567" s="4" t="n">
-        <x:v>456221000</x:v>
+        <x:v>232644800</x:v>
       </x:c>
       <x:c r="H567" s="4" t="n">
-        <x:v>348023732.84</x:v>
+        <x:v>232644800</x:v>
       </x:c>
       <x:c r="I567" s="4" t="n">
-        <x:v>76.28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J567" s="4" t="n">
-        <x:v>399405642.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K567" s="4" t="n">
-        <x:v>87.14</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="568">
       <x:c r="A568" s="3" t="str">
-        <x:v>Прочие субсидии</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной собственности субъектов Российской Федерации (муниципальной собственности)</x:v>
       </x:c>
       <x:c r="B568" s="4" t="n">
-        <x:v>18165200</x:v>
+        <x:v>232644800</x:v>
       </x:c>
       <x:c r="C568" s="4" t="n">
-        <x:v>18151233.04</x:v>
+        <x:v>232644800</x:v>
       </x:c>
       <x:c r="D568" s="4" t="n">
-        <x:v>99.92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E568" s="4" t="n">
-        <x:v>20011332.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F568" s="4" t="n">
-        <x:v>90.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G568" s="4" t="n">
-        <x:v>18165200</x:v>
+        <x:v>232644800</x:v>
       </x:c>
       <x:c r="H568" s="4" t="n">
-        <x:v>18151233.04</x:v>
+        <x:v>232644800</x:v>
       </x:c>
       <x:c r="I568" s="4" t="n">
-        <x:v>99.92</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J568" s="4" t="n">
-        <x:v>20011332.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K568" s="4" t="n">
-        <x:v>90.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="569">
       <x:c r="A569" s="3" t="str">
-        <x:v>Прочие субсидии бюджетам субъектов Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках финансового обеспечения программ, направленных на обеспечение безопасных и комфортных условий предоставления социальных услуг в сфере социального обслуживания</x:v>
       </x:c>
       <x:c r="B569" s="4" t="n">
-        <x:v>18165200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C569" s="4" t="n">
-        <x:v>18151233.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D569" s="4" t="n">
-        <x:v>99.92</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E569" s="4" t="n">
-        <x:v>20011332.05</x:v>
+        <x:v>371759166.97</x:v>
       </x:c>
       <x:c r="F569" s="4" t="n">
-        <x:v>90.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G569" s="4" t="n">
-        <x:v>18165200</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H569" s="4" t="n">
-        <x:v>18151233.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I569" s="4" t="n">
-        <x:v>99.92</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J569" s="4" t="n">
-        <x:v>20011332.05</x:v>
+        <x:v>371759166.97</x:v>
       </x:c>
       <x:c r="K569" s="4" t="n">
-        <x:v>90.7</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="570">
       <x:c r="A570" s="3" t="str">
-        <x:v>Субвенции бюджетам бюджетной системы Российской Федерации</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках финансового обеспечения программ, направленных на обеспечение безопасных и комфортных условий предоставления социальных услуг в сфере социального обслуживания</x:v>
       </x:c>
       <x:c r="B570" s="4" t="n">
-        <x:v>777598400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C570" s="4" t="n">
-        <x:v>581109242.91</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D570" s="4" t="n">
-        <x:v>74.73</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E570" s="4" t="n">
-        <x:v>519290146.36</x:v>
+        <x:v>371759166.97</x:v>
       </x:c>
       <x:c r="F570" s="4" t="n">
-        <x:v>111.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G570" s="4" t="n">
-        <x:v>777598400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H570" s="4" t="n">
-        <x:v>581109242.91</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I570" s="4" t="n">
-        <x:v>74.73</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J570" s="4" t="n">
-        <x:v>519290146.36</x:v>
+        <x:v>371759166.97</x:v>
       </x:c>
       <x:c r="K570" s="4" t="n">
-        <x:v>111.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="571">
       <x:c r="A571" s="3" t="str">
-        <x:v>Субвенции бюджетам на улучшение экологического состояния гидрографической сети</x:v>
+        <x:v>Субсидии бюджетам на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках создания и модернизации объектов спортивной инфраструктуры региональной собственности (муниципальной собственности) для занятий физической культурой и спортом</x:v>
       </x:c>
       <x:c r="B571" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C571" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D571" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E571" s="4" t="n">
-        <x:v>5858600</x:v>
+        <x:v>79858698.81</x:v>
       </x:c>
       <x:c r="F571" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G571" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H571" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I571" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J571" s="4" t="n">
-        <x:v>5858600</x:v>
+        <x:v>79858698.81</x:v>
       </x:c>
       <x:c r="K571" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="572">
       <x:c r="A572" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на улучшение экологического состояния гидрографической сети</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках создания и модернизации объектов спортивной инфраструктуры региональной собственности (муниципальной собственности) для занятий физической культурой и спортом</x:v>
       </x:c>
       <x:c r="B572" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C572" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D572" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E572" s="4" t="n">
-        <x:v>5858600</x:v>
+        <x:v>79858698.81</x:v>
       </x:c>
       <x:c r="F572" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G572" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H572" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I572" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J572" s="4" t="n">
-        <x:v>5858600</x:v>
+        <x:v>79858698.81</x:v>
       </x:c>
       <x:c r="K572" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="573">
       <x:c r="A573" s="3" t="str">
-        <x:v>Субвенции бюджетам на осуществление первичного воинского учета органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субсидии бюджетам на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках обеспечения комплексного развития сельских территорий</x:v>
       </x:c>
       <x:c r="B573" s="4" t="n">
-        <x:v>23308000</x:v>
+        <x:v>456221000</x:v>
       </x:c>
       <x:c r="C573" s="4" t="n">
-        <x:v>17366700</x:v>
+        <x:v>395241472.87</x:v>
       </x:c>
       <x:c r="D573" s="4" t="n">
-        <x:v>74.51</x:v>
+        <x:v>86.63</x:v>
       </x:c>
       <x:c r="E573" s="4" t="n">
-        <x:v>14729400</x:v>
+        <x:v>396907770.43</x:v>
       </x:c>
       <x:c r="F573" s="4" t="n">
-        <x:v>117.9</x:v>
+        <x:v>99.58</x:v>
       </x:c>
       <x:c r="G573" s="4" t="n">
-        <x:v>23308000</x:v>
+        <x:v>456221000</x:v>
       </x:c>
       <x:c r="H573" s="4" t="n">
-        <x:v>17366700</x:v>
+        <x:v>395241472.87</x:v>
       </x:c>
       <x:c r="I573" s="4" t="n">
-        <x:v>74.51</x:v>
+        <x:v>86.63</x:v>
       </x:c>
       <x:c r="J573" s="4" t="n">
-        <x:v>14729400</x:v>
+        <x:v>396907770.43</x:v>
       </x:c>
       <x:c r="K573" s="4" t="n">
-        <x:v>117.9</x:v>
+        <x:v>99.58</x:v>
       </x:c>
     </x:row>
     <x:row r="574">
       <x:c r="A574" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление первичного воинского учета органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субсидии бюджетам субъектов Российской Федерации на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках обеспечения комплексного развития сельских территорий</x:v>
       </x:c>
       <x:c r="B574" s="4" t="n">
-        <x:v>23308000</x:v>
+        <x:v>456221000</x:v>
       </x:c>
       <x:c r="C574" s="4" t="n">
-        <x:v>17366700</x:v>
+        <x:v>395241472.87</x:v>
       </x:c>
       <x:c r="D574" s="4" t="n">
-        <x:v>74.51</x:v>
+        <x:v>86.63</x:v>
       </x:c>
       <x:c r="E574" s="4" t="n">
-        <x:v>14729400</x:v>
+        <x:v>396907770.43</x:v>
       </x:c>
       <x:c r="F574" s="4" t="n">
-        <x:v>117.9</x:v>
+        <x:v>99.58</x:v>
       </x:c>
       <x:c r="G574" s="4" t="n">
-        <x:v>23308000</x:v>
+        <x:v>456221000</x:v>
       </x:c>
       <x:c r="H574" s="4" t="n">
-        <x:v>17366700</x:v>
+        <x:v>395241472.87</x:v>
       </x:c>
       <x:c r="I574" s="4" t="n">
-        <x:v>74.51</x:v>
+        <x:v>86.63</x:v>
       </x:c>
       <x:c r="J574" s="4" t="n">
-        <x:v>14729400</x:v>
+        <x:v>396907770.43</x:v>
       </x:c>
       <x:c r="K574" s="4" t="n">
-        <x:v>117.9</x:v>
+        <x:v>99.58</x:v>
       </x:c>
     </x:row>
     <x:row r="575">
       <x:c r="A575" s="3" t="str">
-        <x:v>Субвенции бюджетам на осуществление полномочий по составлению (изменению) списков кандидатов в присяжные заседатели федеральных судов общей юрисдикции в Российской Федерации</x:v>
+        <x:v>Прочие субсидии</x:v>
       </x:c>
       <x:c r="B575" s="4" t="n">
-        <x:v>81300</x:v>
+        <x:v>18165200</x:v>
       </x:c>
       <x:c r="C575" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18151233.04</x:v>
       </x:c>
       <x:c r="D575" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.92</x:v>
       </x:c>
       <x:c r="E575" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20011332.06</x:v>
       </x:c>
       <x:c r="F575" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>90.7</x:v>
       </x:c>
       <x:c r="G575" s="4" t="n">
-        <x:v>81300</x:v>
+        <x:v>18165200</x:v>
       </x:c>
       <x:c r="H575" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18151233.04</x:v>
       </x:c>
       <x:c r="I575" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.92</x:v>
       </x:c>
       <x:c r="J575" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20011332.06</x:v>
       </x:c>
       <x:c r="K575" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>90.7</x:v>
       </x:c>
     </x:row>
     <x:row r="576">
       <x:c r="A576" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление полномочий по составлению (изменению) списков кандидатов в присяжные заседатели федеральных судов общей юрисдикции в Российской Федерации</x:v>
+        <x:v>Прочие субсидии бюджетам субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B576" s="4" t="n">
-        <x:v>81300</x:v>
+        <x:v>18165200</x:v>
       </x:c>
       <x:c r="C576" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18151233.04</x:v>
       </x:c>
       <x:c r="D576" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.92</x:v>
       </x:c>
       <x:c r="E576" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20011332.06</x:v>
       </x:c>
       <x:c r="F576" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>90.7</x:v>
       </x:c>
       <x:c r="G576" s="4" t="n">
-        <x:v>81300</x:v>
+        <x:v>18165200</x:v>
       </x:c>
       <x:c r="H576" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>18151233.04</x:v>
       </x:c>
       <x:c r="I576" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.92</x:v>
       </x:c>
       <x:c r="J576" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20011332.06</x:v>
       </x:c>
       <x:c r="K576" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>90.7</x:v>
       </x:c>
     </x:row>
     <x:row r="577">
       <x:c r="A577" s="3" t="str">
-        <x:v>Субвенции бюджетам на приобретение беспилотных авиационных систем органами исполнительной власти субъектов Российской Федерации в области лесных отношений</x:v>
+        <x:v>Субвенции бюджетам бюджетной системы Российской Федерации</x:v>
       </x:c>
       <x:c r="B577" s="4" t="n">
-        <x:v>4499700</x:v>
+        <x:v>751374700</x:v>
       </x:c>
       <x:c r="C577" s="4" t="n">
-        <x:v>4499649</x:v>
+        <x:v>625106220.32</x:v>
       </x:c>
       <x:c r="D577" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="E577" s="4" t="n">
-        <x:v>4499649</x:v>
+        <x:v>569432514.09</x:v>
       </x:c>
       <x:c r="F577" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>109.78</x:v>
       </x:c>
       <x:c r="G577" s="4" t="n">
-        <x:v>4499700</x:v>
+        <x:v>751374700</x:v>
       </x:c>
       <x:c r="H577" s="4" t="n">
-        <x:v>4499649</x:v>
+        <x:v>625106220.32</x:v>
       </x:c>
       <x:c r="I577" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>83.2</x:v>
       </x:c>
       <x:c r="J577" s="4" t="n">
-        <x:v>4499649</x:v>
+        <x:v>569432514.09</x:v>
       </x:c>
       <x:c r="K577" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>109.78</x:v>
       </x:c>
     </x:row>
     <x:row r="578">
       <x:c r="A578" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на приобретение беспилотных авиационных систем органами исполнительной власти субъектов Российской Федерации в области лесных отношений</x:v>
+        <x:v>Субвенции бюджетам на улучшение экологического состояния гидрографической сети</x:v>
       </x:c>
       <x:c r="B578" s="4" t="n">
-        <x:v>4499700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C578" s="4" t="n">
-        <x:v>4499649</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D578" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E578" s="4" t="n">
-        <x:v>4499649</x:v>
+        <x:v>10858505</x:v>
       </x:c>
       <x:c r="F578" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G578" s="4" t="n">
-        <x:v>4499700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H578" s="4" t="n">
-        <x:v>4499649</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I578" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J578" s="4" t="n">
-        <x:v>4499649</x:v>
+        <x:v>10858505</x:v>
       </x:c>
       <x:c r="K578" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="579">
       <x:c r="A579" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление отдельных полномочий в области водных отношений</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на улучшение экологического состояния гидрографической сети</x:v>
       </x:c>
       <x:c r="B579" s="4" t="n">
-        <x:v>16603900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C579" s="4" t="n">
-        <x:v>10524980</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D579" s="4" t="n">
-        <x:v>63.39</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E579" s="4" t="n">
-        <x:v>3049500</x:v>
+        <x:v>10858505</x:v>
       </x:c>
       <x:c r="F579" s="4" t="n">
-        <x:v>345.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G579" s="4" t="n">
-        <x:v>16603900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H579" s="4" t="n">
-        <x:v>10524980</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I579" s="4" t="n">
-        <x:v>63.39</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J579" s="4" t="n">
-        <x:v>3049500</x:v>
+        <x:v>10858505</x:v>
       </x:c>
       <x:c r="K579" s="4" t="n">
-        <x:v>345.14</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="580">
       <x:c r="A580" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление отдельных полномочий в области лесных отношений</x:v>
+        <x:v>Субвенции бюджетам на осуществление первичного воинского учета органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="B580" s="4" t="n">
-        <x:v>117943400</x:v>
+        <x:v>23308000</x:v>
       </x:c>
       <x:c r="C580" s="4" t="n">
-        <x:v>94759952.25</x:v>
+        <x:v>23200550</x:v>
       </x:c>
       <x:c r="D580" s="4" t="n">
-        <x:v>80.34</x:v>
+        <x:v>99.54</x:v>
       </x:c>
       <x:c r="E580" s="4" t="n">
-        <x:v>79800992.32</x:v>
+        <x:v>19639000</x:v>
       </x:c>
       <x:c r="F580" s="4" t="n">
-        <x:v>118.75</x:v>
+        <x:v>118.14</x:v>
       </x:c>
       <x:c r="G580" s="4" t="n">
-        <x:v>117943400</x:v>
+        <x:v>23308000</x:v>
       </x:c>
       <x:c r="H580" s="4" t="n">
-        <x:v>94759952.25</x:v>
+        <x:v>23200550</x:v>
       </x:c>
       <x:c r="I580" s="4" t="n">
-        <x:v>80.34</x:v>
+        <x:v>99.54</x:v>
       </x:c>
       <x:c r="J580" s="4" t="n">
-        <x:v>79800992.32</x:v>
+        <x:v>19639000</x:v>
       </x:c>
       <x:c r="K580" s="4" t="n">
-        <x:v>118.75</x:v>
+        <x:v>118.14</x:v>
       </x:c>
     </x:row>
     <x:row r="581">
       <x:c r="A581" s="3" t="str">
-        <x:v>Субвенции бюджетам на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 12 января 1995 года № 5-ФЗ "О ветеранах", в соответствии с Указом Президента Российской Федерации от 7 мая 2008 года № 714 "Об обеспечении жильем ветеранов Великой Отечественной войны 1941 - 1945 годов"</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление первичного воинского учета органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="B581" s="4" t="n">
-        <x:v>3829200</x:v>
+        <x:v>23308000</x:v>
       </x:c>
       <x:c r="C581" s="4" t="n">
-        <x:v>3620772</x:v>
+        <x:v>23200550</x:v>
       </x:c>
       <x:c r="D581" s="4" t="n">
-        <x:v>94.56</x:v>
+        <x:v>99.54</x:v>
       </x:c>
       <x:c r="E581" s="4" t="n">
-        <x:v>3185316</x:v>
+        <x:v>19639000</x:v>
       </x:c>
       <x:c r="F581" s="4" t="n">
-        <x:v>113.67</x:v>
+        <x:v>118.14</x:v>
       </x:c>
       <x:c r="G581" s="4" t="n">
-        <x:v>3829200</x:v>
+        <x:v>23308000</x:v>
       </x:c>
       <x:c r="H581" s="4" t="n">
-        <x:v>3620772</x:v>
+        <x:v>23200550</x:v>
       </x:c>
       <x:c r="I581" s="4" t="n">
-        <x:v>94.56</x:v>
+        <x:v>99.54</x:v>
       </x:c>
       <x:c r="J581" s="4" t="n">
-        <x:v>3185316</x:v>
+        <x:v>19639000</x:v>
       </x:c>
       <x:c r="K581" s="4" t="n">
-        <x:v>113.67</x:v>
+        <x:v>118.14</x:v>
       </x:c>
     </x:row>
     <x:row r="582">
       <x:c r="A582" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 12 января 1995 года № 5-ФЗ "О ветеранах", в соответствии с Указом Президента Российской Федерации от 7 мая 2008 года № 714 "Об обеспечении жильем ветеранов Великой Отечественной войны 1941 - 1945 годов"</x:v>
+        <x:v>Субвенции бюджетам на осуществление полномочий по составлению (изменению) списков кандидатов в присяжные заседатели федеральных судов общей юрисдикции в Российской Федерации</x:v>
       </x:c>
       <x:c r="B582" s="4" t="n">
-        <x:v>3829200</x:v>
+        <x:v>81300</x:v>
       </x:c>
       <x:c r="C582" s="4" t="n">
-        <x:v>3620772</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D582" s="4" t="n">
-        <x:v>94.56</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E582" s="4" t="n">
-        <x:v>3185316</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F582" s="4" t="n">
-        <x:v>113.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G582" s="4" t="n">
-        <x:v>3829200</x:v>
+        <x:v>81300</x:v>
       </x:c>
       <x:c r="H582" s="4" t="n">
-        <x:v>3620772</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I582" s="4" t="n">
-        <x:v>94.56</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J582" s="4" t="n">
-        <x:v>3185316</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K582" s="4" t="n">
-        <x:v>113.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="583">
       <x:c r="A583" s="3" t="str">
-        <x:v>Субвенции бюджетам на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 12 января 1995 года № 5-ФЗ "О ветеранах"</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление полномочий по составлению (изменению) списков кандидатов в присяжные заседатели федеральных судов общей юрисдикции в Российской Федерации</x:v>
       </x:c>
       <x:c r="B583" s="4" t="n">
-        <x:v>1914600</x:v>
+        <x:v>81300</x:v>
       </x:c>
       <x:c r="C583" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D583" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E583" s="4" t="n">
-        <x:v>3228588</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F583" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G583" s="4" t="n">
-        <x:v>1914600</x:v>
+        <x:v>81300</x:v>
       </x:c>
       <x:c r="H583" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I583" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J583" s="4" t="n">
-        <x:v>3228588</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K583" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="584">
       <x:c r="A584" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 12 января 1995 года № 5-ФЗ "О ветеранах"</x:v>
+        <x:v>Субвенции бюджетам на приобретение беспилотных авиационных систем органами исполнительной власти субъектов Российской Федерации в области лесных отношений</x:v>
       </x:c>
       <x:c r="B584" s="4" t="n">
-        <x:v>1914600</x:v>
+        <x:v>4499700</x:v>
       </x:c>
       <x:c r="C584" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4499649</x:v>
       </x:c>
       <x:c r="D584" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E584" s="4" t="n">
-        <x:v>3228588</x:v>
+        <x:v>4499649</x:v>
       </x:c>
       <x:c r="F584" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G584" s="4" t="n">
-        <x:v>1914600</x:v>
+        <x:v>4499700</x:v>
       </x:c>
       <x:c r="H584" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4499649</x:v>
       </x:c>
       <x:c r="I584" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J584" s="4" t="n">
-        <x:v>3228588</x:v>
+        <x:v>4499649</x:v>
       </x:c>
       <x:c r="K584" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="585">
       <x:c r="A585" s="3" t="str">
-        <x:v>Субвенции бюджетам на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 24 ноября 1995 года № 181-ФЗ "О социальной защите инвалидов в Российской Федерации"</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на приобретение беспилотных авиационных систем органами исполнительной власти субъектов Российской Федерации в области лесных отношений</x:v>
       </x:c>
       <x:c r="B585" s="4" t="n">
-        <x:v>11270600</x:v>
+        <x:v>4499700</x:v>
       </x:c>
       <x:c r="C585" s="4" t="n">
-        <x:v>11249100</x:v>
+        <x:v>4499649</x:v>
       </x:c>
       <x:c r="D585" s="4" t="n">
-        <x:v>99.81</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E585" s="4" t="n">
-        <x:v>11204640</x:v>
+        <x:v>4499649</x:v>
       </x:c>
       <x:c r="F585" s="4" t="n">
-        <x:v>100.4</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G585" s="4" t="n">
-        <x:v>11270600</x:v>
+        <x:v>4499700</x:v>
       </x:c>
       <x:c r="H585" s="4" t="n">
-        <x:v>11249100</x:v>
+        <x:v>4499649</x:v>
       </x:c>
       <x:c r="I585" s="4" t="n">
-        <x:v>99.81</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J585" s="4" t="n">
-        <x:v>11204640</x:v>
+        <x:v>4499649</x:v>
       </x:c>
       <x:c r="K585" s="4" t="n">
-        <x:v>100.4</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="586">
       <x:c r="A586" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 24 ноября 1995 года № 181-ФЗ "О социальной защите инвалидов в Российской Федерации"</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление отдельных полномочий в области водных отношений</x:v>
       </x:c>
       <x:c r="B586" s="4" t="n">
-        <x:v>11270600</x:v>
+        <x:v>16603900</x:v>
       </x:c>
       <x:c r="C586" s="4" t="n">
-        <x:v>11249100</x:v>
+        <x:v>10524980</x:v>
       </x:c>
       <x:c r="D586" s="4" t="n">
-        <x:v>99.81</x:v>
+        <x:v>63.39</x:v>
       </x:c>
       <x:c r="E586" s="4" t="n">
-        <x:v>11204640</x:v>
+        <x:v>8355700</x:v>
       </x:c>
       <x:c r="F586" s="4" t="n">
-        <x:v>100.4</x:v>
+        <x:v>125.96</x:v>
       </x:c>
       <x:c r="G586" s="4" t="n">
-        <x:v>11270600</x:v>
+        <x:v>16603900</x:v>
       </x:c>
       <x:c r="H586" s="4" t="n">
-        <x:v>11249100</x:v>
+        <x:v>10524980</x:v>
       </x:c>
       <x:c r="I586" s="4" t="n">
-        <x:v>99.81</x:v>
+        <x:v>63.39</x:v>
       </x:c>
       <x:c r="J586" s="4" t="n">
-        <x:v>11204640</x:v>
+        <x:v>8355700</x:v>
       </x:c>
       <x:c r="K586" s="4" t="n">
-        <x:v>100.4</x:v>
+        <x:v>125.96</x:v>
       </x:c>
     </x:row>
     <x:row r="587">
       <x:c r="A587" s="3" t="str">
-        <x:v>Субвенции бюджетам на осуществление переданного полномочия Российской Федерации по осуществлению ежегодной денежной выплаты лицам, награжденным нагрудным знаком "Почетный донор России"</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление отдельных полномочий в области лесных отношений</x:v>
       </x:c>
       <x:c r="B587" s="4" t="n">
-        <x:v>34618800</x:v>
+        <x:v>117943400</x:v>
       </x:c>
       <x:c r="C587" s="4" t="n">
-        <x:v>31986872.32</x:v>
+        <x:v>101765487.76</x:v>
       </x:c>
       <x:c r="D587" s="4" t="n">
-        <x:v>92.4</x:v>
+        <x:v>86.28</x:v>
       </x:c>
       <x:c r="E587" s="4" t="n">
-        <x:v>29959983.65</x:v>
+        <x:v>89206696.13</x:v>
       </x:c>
       <x:c r="F587" s="4" t="n">
-        <x:v>106.77</x:v>
+        <x:v>114.08</x:v>
       </x:c>
       <x:c r="G587" s="4" t="n">
-        <x:v>34618800</x:v>
+        <x:v>117943400</x:v>
       </x:c>
       <x:c r="H587" s="4" t="n">
-        <x:v>31986872.32</x:v>
+        <x:v>101765487.76</x:v>
       </x:c>
       <x:c r="I587" s="4" t="n">
-        <x:v>92.4</x:v>
+        <x:v>86.28</x:v>
       </x:c>
       <x:c r="J587" s="4" t="n">
-        <x:v>29959983.65</x:v>
+        <x:v>89206696.13</x:v>
       </x:c>
       <x:c r="K587" s="4" t="n">
-        <x:v>106.77</x:v>
+        <x:v>114.08</x:v>
       </x:c>
     </x:row>
     <x:row r="588">
       <x:c r="A588" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление переданного полномочия Российской Федерации по осуществлению ежегодной денежной выплаты лицам, награжденным нагрудным знаком "Почетный донор России"</x:v>
+        <x:v>Субвенции бюджетам на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 12 января 1995 года № 5-ФЗ "О ветеранах", в соответствии с Указом Президента Российской Федерации от 7 мая 2008 года № 714 "Об обеспечении жильем ветеранов Великой Отечественной войны 1941 - 1945 годов"</x:v>
       </x:c>
       <x:c r="B588" s="4" t="n">
-        <x:v>34618800</x:v>
+        <x:v>3829200</x:v>
       </x:c>
       <x:c r="C588" s="4" t="n">
-        <x:v>31986872.32</x:v>
+        <x:v>3620772</x:v>
       </x:c>
       <x:c r="D588" s="4" t="n">
-        <x:v>92.4</x:v>
+        <x:v>94.56</x:v>
       </x:c>
       <x:c r="E588" s="4" t="n">
-        <x:v>29959983.65</x:v>
+        <x:v>3185316</x:v>
       </x:c>
       <x:c r="F588" s="4" t="n">
-        <x:v>106.77</x:v>
+        <x:v>113.67</x:v>
       </x:c>
       <x:c r="G588" s="4" t="n">
-        <x:v>34618800</x:v>
+        <x:v>3829200</x:v>
       </x:c>
       <x:c r="H588" s="4" t="n">
-        <x:v>31986872.32</x:v>
+        <x:v>3620772</x:v>
       </x:c>
       <x:c r="I588" s="4" t="n">
-        <x:v>92.4</x:v>
+        <x:v>94.56</x:v>
       </x:c>
       <x:c r="J588" s="4" t="n">
-        <x:v>29959983.65</x:v>
+        <x:v>3185316</x:v>
       </x:c>
       <x:c r="K588" s="4" t="n">
-        <x:v>106.77</x:v>
+        <x:v>113.67</x:v>
       </x:c>
     </x:row>
     <x:row r="589">
       <x:c r="A589" s="3" t="str">
-        <x:v>Субвенции бюджетам на выплату государственного единовременного пособия и ежемесячной денежной компенсации гражданам при возникновении поствакцинальных осложнений в соответствии с Федеральным законом от 17 сентября 1998 года № 157-ФЗ "Об иммунопрофилактике инфекционных болезней"</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 12 января 1995 года № 5-ФЗ "О ветеранах", в соответствии с Указом Президента Российской Федерации от 7 мая 2008 года № 714 "Об обеспечении жильем ветеранов Великой Отечественной войны 1941 - 1945 годов"</x:v>
       </x:c>
       <x:c r="B589" s="4" t="n">
-        <x:v>21300</x:v>
+        <x:v>3829200</x:v>
       </x:c>
       <x:c r="C589" s="4" t="n">
-        <x:v>15478.2</x:v>
+        <x:v>3620772</x:v>
       </x:c>
       <x:c r="D589" s="4" t="n">
-        <x:v>72.67</x:v>
+        <x:v>94.56</x:v>
       </x:c>
       <x:c r="E589" s="4" t="n">
-        <x:v>14736.37</x:v>
+        <x:v>3185316</x:v>
       </x:c>
       <x:c r="F589" s="4" t="n">
-        <x:v>105.03</x:v>
+        <x:v>113.67</x:v>
       </x:c>
       <x:c r="G589" s="4" t="n">
-        <x:v>21300</x:v>
+        <x:v>3829200</x:v>
       </x:c>
       <x:c r="H589" s="4" t="n">
-        <x:v>15478.2</x:v>
+        <x:v>3620772</x:v>
       </x:c>
       <x:c r="I589" s="4" t="n">
-        <x:v>72.67</x:v>
+        <x:v>94.56</x:v>
       </x:c>
       <x:c r="J589" s="4" t="n">
-        <x:v>14736.37</x:v>
+        <x:v>3185316</x:v>
       </x:c>
       <x:c r="K589" s="4" t="n">
-        <x:v>105.03</x:v>
+        <x:v>113.67</x:v>
       </x:c>
     </x:row>
     <x:row r="590">
       <x:c r="A590" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на выплату государственного единовременного пособия и ежемесячной денежной компенсации гражданам при возникновении поствакцинальных осложнений в соответствии с Федеральным законом от 17 сентября 1998 года № 157-ФЗ "Об иммунопрофилактике инфекционных болезней"</x:v>
+        <x:v>Субвенции бюджетам на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 12 января 1995 года № 5-ФЗ "О ветеранах"</x:v>
       </x:c>
       <x:c r="B590" s="4" t="n">
-        <x:v>21300</x:v>
+        <x:v>1914600</x:v>
       </x:c>
       <x:c r="C590" s="4" t="n">
-        <x:v>15478.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D590" s="4" t="n">
-        <x:v>72.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E590" s="4" t="n">
-        <x:v>14736.37</x:v>
+        <x:v>3228588</x:v>
       </x:c>
       <x:c r="F590" s="4" t="n">
-        <x:v>105.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G590" s="4" t="n">
-        <x:v>21300</x:v>
+        <x:v>1914600</x:v>
       </x:c>
       <x:c r="H590" s="4" t="n">
-        <x:v>15478.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I590" s="4" t="n">
-        <x:v>72.67</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J590" s="4" t="n">
-        <x:v>14736.37</x:v>
+        <x:v>3228588</x:v>
       </x:c>
       <x:c r="K590" s="4" t="n">
-        <x:v>105.03</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="591">
       <x:c r="A591" s="3" t="str">
-        <x:v>Субвенции бюджетам на оплату жилищно-коммунальных услуг отдельным категориям граждан</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 12 января 1995 года № 5-ФЗ "О ветеранах"</x:v>
       </x:c>
       <x:c r="B591" s="4" t="n">
-        <x:v>229687900</x:v>
+        <x:v>1914600</x:v>
       </x:c>
       <x:c r="C591" s="4" t="n">
-        <x:v>164209085.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D591" s="4" t="n">
-        <x:v>71.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E591" s="4" t="n">
-        <x:v>148226496.6</x:v>
+        <x:v>3228588</x:v>
       </x:c>
       <x:c r="F591" s="4" t="n">
-        <x:v>110.78</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G591" s="4" t="n">
-        <x:v>229687900</x:v>
+        <x:v>1914600</x:v>
       </x:c>
       <x:c r="H591" s="4" t="n">
-        <x:v>164209085.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I591" s="4" t="n">
-        <x:v>71.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J591" s="4" t="n">
-        <x:v>148226496.6</x:v>
+        <x:v>3228588</x:v>
       </x:c>
       <x:c r="K591" s="4" t="n">
-        <x:v>110.78</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="592">
       <x:c r="A592" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на оплату жилищно-коммунальных услуг отдельным категориям граждан</x:v>
+        <x:v>Субвенции бюджетам на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 24 ноября 1995 года № 181-ФЗ "О социальной защите инвалидов в Российской Федерации"</x:v>
       </x:c>
       <x:c r="B592" s="4" t="n">
-        <x:v>229687900</x:v>
+        <x:v>11270600</x:v>
       </x:c>
       <x:c r="C592" s="4" t="n">
-        <x:v>164209085.4</x:v>
+        <x:v>11249100</x:v>
       </x:c>
       <x:c r="D592" s="4" t="n">
-        <x:v>71.49</x:v>
+        <x:v>99.81</x:v>
       </x:c>
       <x:c r="E592" s="4" t="n">
-        <x:v>148226496.6</x:v>
+        <x:v>11204640</x:v>
       </x:c>
       <x:c r="F592" s="4" t="n">
-        <x:v>110.78</x:v>
+        <x:v>100.4</x:v>
       </x:c>
       <x:c r="G592" s="4" t="n">
-        <x:v>229687900</x:v>
+        <x:v>11270600</x:v>
       </x:c>
       <x:c r="H592" s="4" t="n">
-        <x:v>164209085.4</x:v>
+        <x:v>11249100</x:v>
       </x:c>
       <x:c r="I592" s="4" t="n">
-        <x:v>71.49</x:v>
+        <x:v>99.81</x:v>
       </x:c>
       <x:c r="J592" s="4" t="n">
-        <x:v>148226496.6</x:v>
+        <x:v>11204640</x:v>
       </x:c>
       <x:c r="K592" s="4" t="n">
-        <x:v>110.78</x:v>
+        <x:v>100.4</x:v>
       </x:c>
     </x:row>
     <x:row r="593">
       <x:c r="A593" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на социальные выплаты безработным гражданам и иным категориям граждан в соответствии с законодательством о занятости населения</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 24 ноября 1995 года № 181-ФЗ "О социальной защите инвалидов в Российской Федерации"</x:v>
       </x:c>
       <x:c r="B593" s="4" t="n">
-        <x:v>104142700</x:v>
+        <x:v>11270600</x:v>
       </x:c>
       <x:c r="C593" s="4" t="n">
-        <x:v>55236882.69</x:v>
+        <x:v>11249100</x:v>
       </x:c>
       <x:c r="D593" s="4" t="n">
-        <x:v>53.04</x:v>
+        <x:v>99.81</x:v>
       </x:c>
       <x:c r="E593" s="4" t="n">
-        <x:v>55937127.03</x:v>
+        <x:v>11204640</x:v>
       </x:c>
       <x:c r="F593" s="4" t="n">
-        <x:v>98.75</x:v>
+        <x:v>100.4</x:v>
       </x:c>
       <x:c r="G593" s="4" t="n">
-        <x:v>104142700</x:v>
+        <x:v>11270600</x:v>
       </x:c>
       <x:c r="H593" s="4" t="n">
-        <x:v>55236882.69</x:v>
+        <x:v>11249100</x:v>
       </x:c>
       <x:c r="I593" s="4" t="n">
-        <x:v>53.04</x:v>
+        <x:v>99.81</x:v>
       </x:c>
       <x:c r="J593" s="4" t="n">
-        <x:v>55937127.03</x:v>
+        <x:v>11204640</x:v>
       </x:c>
       <x:c r="K593" s="4" t="n">
-        <x:v>98.75</x:v>
+        <x:v>100.4</x:v>
       </x:c>
     </x:row>
     <x:row r="594">
       <x:c r="A594" s="3" t="str">
-        <x:v>Субвенции бюджетам на осуществление мер пожарной безопасности и тушение лесных пожаров</x:v>
+        <x:v>Субвенции бюджетам на осуществление переданного полномочия Российской Федерации по осуществлению ежегодной денежной выплаты лицам, награжденным нагрудным знаком "Почетный донор России"</x:v>
       </x:c>
       <x:c r="B594" s="4" t="n">
-        <x:v>10669500</x:v>
+        <x:v>34618800</x:v>
       </x:c>
       <x:c r="C594" s="4" t="n">
-        <x:v>7781746</x:v>
+        <x:v>32024467.33</x:v>
       </x:c>
       <x:c r="D594" s="4" t="n">
-        <x:v>72.93</x:v>
+        <x:v>92.51</x:v>
       </x:c>
       <x:c r="E594" s="4" t="n">
-        <x:v>7913300</x:v>
+        <x:v>30064525.13</x:v>
       </x:c>
       <x:c r="F594" s="4" t="n">
-        <x:v>98.34</x:v>
+        <x:v>106.52</x:v>
       </x:c>
       <x:c r="G594" s="4" t="n">
-        <x:v>10669500</x:v>
+        <x:v>34618800</x:v>
       </x:c>
       <x:c r="H594" s="4" t="n">
-        <x:v>7781746</x:v>
+        <x:v>32024467.33</x:v>
       </x:c>
       <x:c r="I594" s="4" t="n">
-        <x:v>72.93</x:v>
+        <x:v>92.51</x:v>
       </x:c>
       <x:c r="J594" s="4" t="n">
-        <x:v>7913300</x:v>
+        <x:v>30064525.13</x:v>
       </x:c>
       <x:c r="K594" s="4" t="n">
-        <x:v>98.34</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="595">
       <x:c r="A595" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление мер пожарной безопасности и тушение лесных пожаров</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление переданного полномочия Российской Федерации по осуществлению ежегодной денежной выплаты лицам, награжденным нагрудным знаком "Почетный донор России"</x:v>
       </x:c>
       <x:c r="B595" s="4" t="n">
-        <x:v>10669500</x:v>
+        <x:v>34618800</x:v>
       </x:c>
       <x:c r="C595" s="4" t="n">
-        <x:v>7781746</x:v>
+        <x:v>32024467.33</x:v>
       </x:c>
       <x:c r="D595" s="4" t="n">
-        <x:v>72.93</x:v>
+        <x:v>92.51</x:v>
       </x:c>
       <x:c r="E595" s="4" t="n">
-        <x:v>7913300</x:v>
+        <x:v>30064525.13</x:v>
       </x:c>
       <x:c r="F595" s="4" t="n">
-        <x:v>98.34</x:v>
+        <x:v>106.52</x:v>
       </x:c>
       <x:c r="G595" s="4" t="n">
-        <x:v>10669500</x:v>
+        <x:v>34618800</x:v>
       </x:c>
       <x:c r="H595" s="4" t="n">
-        <x:v>7781746</x:v>
+        <x:v>32024467.33</x:v>
       </x:c>
       <x:c r="I595" s="4" t="n">
-        <x:v>72.93</x:v>
+        <x:v>92.51</x:v>
       </x:c>
       <x:c r="J595" s="4" t="n">
-        <x:v>7913300</x:v>
+        <x:v>30064525.13</x:v>
       </x:c>
       <x:c r="K595" s="4" t="n">
-        <x:v>98.34</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="596">
       <x:c r="A596" s="3" t="str">
-        <x:v>Субвенции бюджетам на проведение мероприятий по увеличению площади лесовосстановления на лесных участках, не переданных в аренду, в том числе вокруг городов и промышленных центров</x:v>
+        <x:v>Субвенции бюджетам на выплату государственного единовременного пособия и ежемесячной денежной компенсации гражданам при возникновении поствакцинальных осложнений в соответствии с Федеральным законом от 17 сентября 1998 года № 157-ФЗ "Об иммунопрофилактике инфекционных болезней"</x:v>
       </x:c>
       <x:c r="B596" s="4" t="n">
-        <x:v>9000</x:v>
+        <x:v>21300</x:v>
       </x:c>
       <x:c r="C596" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17708.1</x:v>
       </x:c>
       <x:c r="D596" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>83.14</x:v>
       </x:c>
       <x:c r="E596" s="4" t="n">
-        <x:v>265500</x:v>
+        <x:v>16382.1</x:v>
       </x:c>
       <x:c r="F596" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>108.09</x:v>
       </x:c>
       <x:c r="G596" s="4" t="n">
-        <x:v>9000</x:v>
+        <x:v>21300</x:v>
       </x:c>
       <x:c r="H596" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17708.1</x:v>
       </x:c>
       <x:c r="I596" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>83.14</x:v>
       </x:c>
       <x:c r="J596" s="4" t="n">
-        <x:v>265500</x:v>
+        <x:v>16382.1</x:v>
       </x:c>
       <x:c r="K596" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="597">
       <x:c r="A597" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на проведение мероприятий по увеличению площади лесовосстановления на лесных участках, не переданных в аренду, в том числе вокруг городов и промышленных центров</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на выплату государственного единовременного пособия и ежемесячной денежной компенсации гражданам при возникновении поствакцинальных осложнений в соответствии с Федеральным законом от 17 сентября 1998 года № 157-ФЗ "Об иммунопрофилактике инфекционных болезней"</x:v>
       </x:c>
       <x:c r="B597" s="4" t="n">
-        <x:v>9000</x:v>
+        <x:v>21300</x:v>
       </x:c>
       <x:c r="C597" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17708.1</x:v>
       </x:c>
       <x:c r="D597" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>83.14</x:v>
       </x:c>
       <x:c r="E597" s="4" t="n">
-        <x:v>265500</x:v>
+        <x:v>16382.1</x:v>
       </x:c>
       <x:c r="F597" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>108.09</x:v>
       </x:c>
       <x:c r="G597" s="4" t="n">
-        <x:v>9000</x:v>
+        <x:v>21300</x:v>
       </x:c>
       <x:c r="H597" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17708.1</x:v>
       </x:c>
       <x:c r="I597" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>83.14</x:v>
       </x:c>
       <x:c r="J597" s="4" t="n">
-        <x:v>265500</x:v>
+        <x:v>16382.1</x:v>
       </x:c>
       <x:c r="K597" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="598">
       <x:c r="A598" s="3" t="str">
-        <x:v>Субвенции бюджетам на приобретение специализированной пожарной техники в целях оснащения учреждений органов государственной власти субъектов Российской Федерации для проведения комплекса мероприятий по охране лесов от пожаров</x:v>
+        <x:v>Субвенции бюджетам на оплату жилищно-коммунальных услуг отдельным категориям граждан</x:v>
       </x:c>
       <x:c r="B598" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>229687900</x:v>
       </x:c>
       <x:c r="C598" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>175589380.67</x:v>
       </x:c>
       <x:c r="D598" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>76.45</x:v>
       </x:c>
       <x:c r="E598" s="4" t="n">
-        <x:v>1193800</x:v>
+        <x:v>158589913.47</x:v>
       </x:c>
       <x:c r="F598" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110.72</x:v>
       </x:c>
       <x:c r="G598" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>229687900</x:v>
       </x:c>
       <x:c r="H598" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>175589380.67</x:v>
       </x:c>
       <x:c r="I598" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>76.45</x:v>
       </x:c>
       <x:c r="J598" s="4" t="n">
-        <x:v>1193800</x:v>
+        <x:v>158589913.47</x:v>
       </x:c>
       <x:c r="K598" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110.72</x:v>
       </x:c>
     </x:row>
     <x:row r="599">
       <x:c r="A599" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на приобретение специализированной пожарной техники в целях оснащения учреждений органов государственной власти субъектов Российской Федерации для проведения комплекса мероприятий по охране лесов от пожаров</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на оплату жилищно-коммунальных услуг отдельным категориям граждан</x:v>
       </x:c>
       <x:c r="B599" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>229687900</x:v>
       </x:c>
       <x:c r="C599" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>175589380.67</x:v>
       </x:c>
       <x:c r="D599" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>76.45</x:v>
       </x:c>
       <x:c r="E599" s="4" t="n">
-        <x:v>1193800</x:v>
+        <x:v>158589913.47</x:v>
       </x:c>
       <x:c r="F599" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110.72</x:v>
       </x:c>
       <x:c r="G599" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>229687900</x:v>
       </x:c>
       <x:c r="H599" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>175589380.67</x:v>
       </x:c>
       <x:c r="I599" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>76.45</x:v>
       </x:c>
       <x:c r="J599" s="4" t="n">
-        <x:v>1193800</x:v>
+        <x:v>158589913.47</x:v>
       </x:c>
       <x:c r="K599" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>110.72</x:v>
       </x:c>
     </x:row>
     <x:row r="600">
       <x:c r="A600" s="3" t="str">
-        <x:v>Субвенции бюджетам на оказание отдельным категориям граждан социальной услуги по обеспечению лекарственными препаратами для медицинского применения по рецептам на лекарственные препараты, медицинскими изделиями по рецептам на медицинские изделия, а также специализированными продуктами лечебного питания для детей-инвалидов</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на социальные выплаты безработным гражданам и иным категориям граждан в соответствии с законодательством о занятости населения</x:v>
       </x:c>
       <x:c r="B600" s="4" t="n">
-        <x:v>139892500</x:v>
+        <x:v>77919000</x:v>
       </x:c>
       <x:c r="C600" s="4" t="n">
-        <x:v>131750709.06</x:v>
+        <x:v>62039926.35</x:v>
       </x:c>
       <x:c r="D600" s="4" t="n">
-        <x:v>94.18</x:v>
+        <x:v>79.62</x:v>
       </x:c>
       <x:c r="E600" s="4" t="n">
-        <x:v>122058135.57</x:v>
+        <x:v>61837400.83</x:v>
       </x:c>
       <x:c r="F600" s="4" t="n">
-        <x:v>107.94</x:v>
+        <x:v>100.33</x:v>
       </x:c>
       <x:c r="G600" s="4" t="n">
-        <x:v>139892500</x:v>
+        <x:v>77919000</x:v>
       </x:c>
       <x:c r="H600" s="4" t="n">
-        <x:v>131750709.06</x:v>
+        <x:v>62039926.35</x:v>
       </x:c>
       <x:c r="I600" s="4" t="n">
-        <x:v>94.18</x:v>
+        <x:v>79.62</x:v>
       </x:c>
       <x:c r="J600" s="4" t="n">
-        <x:v>122058135.57</x:v>
+        <x:v>61837400.83</x:v>
       </x:c>
       <x:c r="K600" s="4" t="n">
-        <x:v>107.94</x:v>
+        <x:v>100.33</x:v>
       </x:c>
     </x:row>
     <x:row r="601">
       <x:c r="A601" s="3" t="str">
-        <x:v>Субвенции бюджетам субъектов Российской Федерации на оказание отдельным категориям граждан социальной услуги по обеспечению лекарственными препаратами для медицинского применения по рецептам на лекарственные препараты, медицинскими изделиями по рецептам на медицинские изделия, а также специализированными продуктами лечебного питания для детей-инвалидов</x:v>
+        <x:v>Субвенции бюджетам на осуществление мер пожарной безопасности и тушение лесных пожаров</x:v>
       </x:c>
       <x:c r="B601" s="4" t="n">
-        <x:v>139892500</x:v>
+        <x:v>10669500</x:v>
       </x:c>
       <x:c r="C601" s="4" t="n">
-        <x:v>131750709.06</x:v>
+        <x:v>10376892</x:v>
       </x:c>
       <x:c r="D601" s="4" t="n">
-        <x:v>94.18</x:v>
+        <x:v>97.26</x:v>
       </x:c>
       <x:c r="E601" s="4" t="n">
-        <x:v>122058135.57</x:v>
+        <x:v>10701100</x:v>
       </x:c>
       <x:c r="F601" s="4" t="n">
-        <x:v>107.94</x:v>
+        <x:v>96.97</x:v>
       </x:c>
       <x:c r="G601" s="4" t="n">
-        <x:v>139892500</x:v>
+        <x:v>10669500</x:v>
       </x:c>
       <x:c r="H601" s="4" t="n">
-        <x:v>131750709.06</x:v>
+        <x:v>10376892</x:v>
       </x:c>
       <x:c r="I601" s="4" t="n">
-        <x:v>94.18</x:v>
+        <x:v>97.26</x:v>
       </x:c>
       <x:c r="J601" s="4" t="n">
-        <x:v>122058135.57</x:v>
+        <x:v>10701100</x:v>
       </x:c>
       <x:c r="K601" s="4" t="n">
-        <x:v>107.94</x:v>
+        <x:v>96.97</x:v>
       </x:c>
     </x:row>
     <x:row r="602">
       <x:c r="A602" s="3" t="str">
-        <x:v>Единая субвенция бюджетам субъектов Российской Федерации и бюджету города Байконура</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на осуществление мер пожарной безопасности и тушение лесных пожаров</x:v>
       </x:c>
       <x:c r="B602" s="4" t="n">
-        <x:v>79106000</x:v>
+        <x:v>10669500</x:v>
       </x:c>
       <x:c r="C602" s="4" t="n">
-        <x:v>48107315.99</x:v>
+        <x:v>10376892</x:v>
       </x:c>
       <x:c r="D602" s="4" t="n">
-        <x:v>60.81</x:v>
+        <x:v>97.26</x:v>
       </x:c>
       <x:c r="E602" s="4" t="n">
-        <x:v>28164381.82</x:v>
+        <x:v>10701100</x:v>
       </x:c>
       <x:c r="F602" s="4" t="n">
-        <x:v>170.81</x:v>
+        <x:v>96.97</x:v>
       </x:c>
       <x:c r="G602" s="4" t="n">
-        <x:v>79106000</x:v>
+        <x:v>10669500</x:v>
       </x:c>
       <x:c r="H602" s="4" t="n">
-        <x:v>48107315.99</x:v>
+        <x:v>10376892</x:v>
       </x:c>
       <x:c r="I602" s="4" t="n">
-        <x:v>60.81</x:v>
+        <x:v>97.26</x:v>
       </x:c>
       <x:c r="J602" s="4" t="n">
-        <x:v>28164381.82</x:v>
+        <x:v>10701100</x:v>
       </x:c>
       <x:c r="K602" s="4" t="n">
-        <x:v>170.81</x:v>
+        <x:v>96.97</x:v>
       </x:c>
     </x:row>
     <x:row r="603">
       <x:c r="A603" s="3" t="str">
-        <x:v>Иные межбюджетные трансферты</x:v>
+        <x:v>Субвенции бюджетам на проведение мероприятий по увеличению площади лесовосстановления на лесных участках, не переданных в аренду, в том числе вокруг городов и промышленных центров</x:v>
       </x:c>
       <x:c r="B603" s="4" t="n">
-        <x:v>481179700</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="C603" s="4" t="n">
-        <x:v>372451142.46</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="D603" s="4" t="n">
-        <x:v>77.4</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E603" s="4" t="n">
-        <x:v>318085668.77</x:v>
+        <x:v>354000</x:v>
       </x:c>
       <x:c r="F603" s="4" t="n">
-        <x:v>117.09</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="G603" s="4" t="n">
-        <x:v>481179700</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="H603" s="4" t="n">
-        <x:v>382957305.94</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="I603" s="4" t="n">
-        <x:v>79.59</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J603" s="4" t="n">
-        <x:v>318085668.77</x:v>
+        <x:v>354000</x:v>
       </x:c>
       <x:c r="K603" s="4" t="n">
-        <x:v>120.39</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="604">
       <x:c r="A604" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам на обеспечение выплат ежемесячного денежного вознаграждения советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, города Байконура и федеральной территории "Сириус", муниципальных общеобразовательных организаций и профессиональных образовательных организаций</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на проведение мероприятий по увеличению площади лесовосстановления на лесных участках, не переданных в аренду, в том числе вокруг городов и промышленных центров</x:v>
       </x:c>
       <x:c r="B604" s="4" t="n">
-        <x:v>8358900</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="C604" s="4" t="n">
-        <x:v>6947198.04</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="D604" s="4" t="n">
-        <x:v>83.11</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E604" s="4" t="n">
-        <x:v>465430</x:v>
+        <x:v>354000</x:v>
       </x:c>
       <x:c r="F604" s="4" t="n">
-        <x:v>1492.64</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="G604" s="4" t="n">
-        <x:v>8358900</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="H604" s="4" t="n">
-        <x:v>6947198.04</x:v>
+        <x:v>9000</x:v>
       </x:c>
       <x:c r="I604" s="4" t="n">
-        <x:v>83.11</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J604" s="4" t="n">
-        <x:v>465430</x:v>
+        <x:v>354000</x:v>
       </x:c>
       <x:c r="K604" s="4" t="n">
-        <x:v>1492.64</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="605">
       <x:c r="A605" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на обеспечение выплат ежемесячного денежного вознаграждения советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, города Байконура и федеральной территории "Сириус", муниципальных общеобразовательных организаций и профессиональных образовательных организаций</x:v>
+        <x:v>Субвенции бюджетам на приобретение специализированной пожарной техники в целях оснащения учреждений органов государственной власти субъектов Российской Федерации для проведения комплекса мероприятий по охране лесов от пожаров</x:v>
       </x:c>
       <x:c r="B605" s="4" t="n">
-        <x:v>8358900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C605" s="4" t="n">
-        <x:v>6947198.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D605" s="4" t="n">
-        <x:v>83.11</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E605" s="4" t="n">
-        <x:v>465430</x:v>
+        <x:v>1193800</x:v>
       </x:c>
       <x:c r="F605" s="4" t="n">
-        <x:v>1492.64</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G605" s="4" t="n">
-        <x:v>8358900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H605" s="4" t="n">
-        <x:v>6947198.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I605" s="4" t="n">
-        <x:v>83.11</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J605" s="4" t="n">
-        <x:v>465430</x:v>
+        <x:v>1193800</x:v>
       </x:c>
       <x:c r="K605" s="4" t="n">
-        <x:v>1492.64</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="606">
       <x:c r="A606" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на обеспечение деятельности депутатов Государственной Думы и их помощников в избирательных округах</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на приобретение специализированной пожарной техники в целях оснащения учреждений органов государственной власти субъектов Российской Федерации для проведения комплекса мероприятий по охране лесов от пожаров</x:v>
       </x:c>
       <x:c r="B606" s="4" t="n">
-        <x:v>2847000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C606" s="4" t="n">
-        <x:v>4442173.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D606" s="4" t="n">
-        <x:v>156.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E606" s="4" t="n">
-        <x:v>3914611.19</x:v>
+        <x:v>1193800</x:v>
       </x:c>
       <x:c r="F606" s="4" t="n">
-        <x:v>113.48</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G606" s="4" t="n">
-        <x:v>2847000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H606" s="4" t="n">
-        <x:v>4442173.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I606" s="4" t="n">
-        <x:v>156.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J606" s="4" t="n">
-        <x:v>3914611.19</x:v>
+        <x:v>1193800</x:v>
       </x:c>
       <x:c r="K606" s="4" t="n">
-        <x:v>113.48</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="607">
       <x:c r="A607" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на обеспечение деятельности сенаторов Российской Федерации и их помощников в субъектах Российской Федерации</x:v>
+        <x:v>Субвенции бюджетам на оказание отдельным категориям граждан социальной услуги по обеспечению лекарственными препаратами для медицинского применения по рецептам на лекарственные препараты, медицинскими изделиями по рецептам на медицинские изделия, а также специализированными продуктами лечебного питания для детей-инвалидов</x:v>
       </x:c>
       <x:c r="B607" s="4" t="n">
-        <x:v>317900</x:v>
+        <x:v>139892500</x:v>
       </x:c>
       <x:c r="C607" s="4" t="n">
-        <x:v>542028.6</x:v>
+        <x:v>137419080.54</x:v>
       </x:c>
       <x:c r="D607" s="4" t="n">
-        <x:v>170.5</x:v>
+        <x:v>98.23</x:v>
       </x:c>
       <x:c r="E607" s="4" t="n">
-        <x:v>704727.04</x:v>
+        <x:v>123815980.01</x:v>
       </x:c>
       <x:c r="F607" s="4" t="n">
-        <x:v>76.91</x:v>
+        <x:v>110.99</x:v>
       </x:c>
       <x:c r="G607" s="4" t="n">
-        <x:v>317900</x:v>
+        <x:v>139892500</x:v>
       </x:c>
       <x:c r="H607" s="4" t="n">
-        <x:v>542028.6</x:v>
+        <x:v>137419080.54</x:v>
       </x:c>
       <x:c r="I607" s="4" t="n">
-        <x:v>170.5</x:v>
+        <x:v>98.23</x:v>
       </x:c>
       <x:c r="J607" s="4" t="n">
-        <x:v>704727.04</x:v>
+        <x:v>123815980.01</x:v>
       </x:c>
       <x:c r="K607" s="4" t="n">
-        <x:v>76.91</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="608">
       <x:c r="A608" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам на реализацию отдельных полномочий в области лекарственного обеспечения</x:v>
+        <x:v>Субвенции бюджетам субъектов Российской Федерации на оказание отдельным категориям граждан социальной услуги по обеспечению лекарственными препаратами для медицинского применения по рецептам на лекарственные препараты, медицинскими изделиями по рецептам на медицинские изделия, а также специализированными продуктами лечебного питания для детей-инвалидов</x:v>
       </x:c>
       <x:c r="B608" s="4" t="n">
-        <x:v>30497100</x:v>
+        <x:v>139892500</x:v>
       </x:c>
       <x:c r="C608" s="4" t="n">
-        <x:v>29636617.26</x:v>
+        <x:v>137419080.54</x:v>
       </x:c>
       <x:c r="D608" s="4" t="n">
-        <x:v>97.18</x:v>
+        <x:v>98.23</x:v>
       </x:c>
       <x:c r="E608" s="4" t="n">
-        <x:v>31483794.31</x:v>
+        <x:v>123815980.01</x:v>
       </x:c>
       <x:c r="F608" s="4" t="n">
-        <x:v>94.13</x:v>
+        <x:v>110.99</x:v>
       </x:c>
       <x:c r="G608" s="4" t="n">
-        <x:v>30497100</x:v>
+        <x:v>139892500</x:v>
       </x:c>
       <x:c r="H608" s="4" t="n">
-        <x:v>29636617.26</x:v>
+        <x:v>137419080.54</x:v>
       </x:c>
       <x:c r="I608" s="4" t="n">
-        <x:v>97.18</x:v>
+        <x:v>98.23</x:v>
       </x:c>
       <x:c r="J608" s="4" t="n">
-        <x:v>31483794.31</x:v>
+        <x:v>123815980.01</x:v>
       </x:c>
       <x:c r="K608" s="4" t="n">
-        <x:v>94.13</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="609">
       <x:c r="A609" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на реализацию отдельных полномочий в области лекарственного обеспечения</x:v>
+        <x:v>Единая субвенция бюджетам субъектов Российской Федерации и бюджету города Байконура</x:v>
       </x:c>
       <x:c r="B609" s="4" t="n">
-        <x:v>30497100</x:v>
+        <x:v>79106000</x:v>
       </x:c>
       <x:c r="C609" s="4" t="n">
-        <x:v>29636617.26</x:v>
+        <x:v>52769226.57</x:v>
       </x:c>
       <x:c r="D609" s="4" t="n">
-        <x:v>97.18</x:v>
+        <x:v>66.71</x:v>
       </x:c>
       <x:c r="E609" s="4" t="n">
-        <x:v>31483794.31</x:v>
+        <x:v>32681318.42</x:v>
       </x:c>
       <x:c r="F609" s="4" t="n">
-        <x:v>94.13</x:v>
+        <x:v>161.47</x:v>
       </x:c>
       <x:c r="G609" s="4" t="n">
-        <x:v>30497100</x:v>
+        <x:v>79106000</x:v>
       </x:c>
       <x:c r="H609" s="4" t="n">
-        <x:v>29636617.26</x:v>
+        <x:v>52769226.57</x:v>
       </x:c>
       <x:c r="I609" s="4" t="n">
-        <x:v>97.18</x:v>
+        <x:v>66.71</x:v>
       </x:c>
       <x:c r="J609" s="4" t="n">
-        <x:v>31483794.31</x:v>
+        <x:v>32681318.42</x:v>
       </x:c>
       <x:c r="K609" s="4" t="n">
-        <x:v>94.13</x:v>
+        <x:v>161.47</x:v>
       </x:c>
     </x:row>
     <x:row r="610">
       <x:c r="A610" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на социальную поддержку Героев Советского Союза, Героев Российской Федерации и полных кавалеров ордена Славы</x:v>
+        <x:v>Иные межбюджетные трансферты</x:v>
       </x:c>
       <x:c r="B610" s="4" t="n">
-        <x:v>749400</x:v>
+        <x:v>483400136.52</x:v>
       </x:c>
       <x:c r="C610" s="4" t="n">
-        <x:v>749400</x:v>
+        <x:v>398589330.78</x:v>
       </x:c>
       <x:c r="D610" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>82.46</x:v>
       </x:c>
       <x:c r="E610" s="4" t="n">
-        <x:v>2180800</x:v>
+        <x:v>340963072.45</x:v>
       </x:c>
       <x:c r="F610" s="4" t="n">
-        <x:v>34.36</x:v>
+        <x:v>116.9</x:v>
       </x:c>
       <x:c r="G610" s="4" t="n">
-        <x:v>749400</x:v>
+        <x:v>493906300</x:v>
       </x:c>
       <x:c r="H610" s="4" t="n">
-        <x:v>749400</x:v>
+        <x:v>409095494.26</x:v>
       </x:c>
       <x:c r="I610" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>82.83</x:v>
       </x:c>
       <x:c r="J610" s="4" t="n">
-        <x:v>2180800</x:v>
+        <x:v>340963072.45</x:v>
       </x:c>
       <x:c r="K610" s="4" t="n">
-        <x:v>34.36</x:v>
+        <x:v>119.98</x:v>
       </x:c>
     </x:row>
     <x:row r="611">
       <x:c r="A611" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам на ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного общего образования, образовательные программы среднего общего образования</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам на обеспечение выплат ежемесячного денежного вознаграждения советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, города Байконура и федеральной территории "Сириус", муниципальных общеобразовательных организаций и профессиональных образовательных организаций</x:v>
       </x:c>
       <x:c r="B611" s="4" t="n">
-        <x:v>417785700</x:v>
+        <x:v>8358900</x:v>
       </x:c>
       <x:c r="C611" s="4" t="n">
-        <x:v>314953664.7</x:v>
+        <x:v>7406895.83</x:v>
       </x:c>
       <x:c r="D611" s="4" t="n">
-        <x:v>75.39</x:v>
+        <x:v>88.61</x:v>
       </x:c>
       <x:c r="E611" s="4" t="n">
-        <x:v>253606171.53</x:v>
+        <x:v>1345676</x:v>
       </x:c>
       <x:c r="F611" s="4" t="n">
-        <x:v>124.19</x:v>
+        <x:v>550.42</x:v>
       </x:c>
       <x:c r="G611" s="4" t="n">
-        <x:v>417785700</x:v>
+        <x:v>8358900</x:v>
       </x:c>
       <x:c r="H611" s="4" t="n">
-        <x:v>314953664.7</x:v>
+        <x:v>7406895.83</x:v>
       </x:c>
       <x:c r="I611" s="4" t="n">
-        <x:v>75.39</x:v>
+        <x:v>88.61</x:v>
       </x:c>
       <x:c r="J611" s="4" t="n">
-        <x:v>253606171.53</x:v>
+        <x:v>1345676</x:v>
       </x:c>
       <x:c r="K611" s="4" t="n">
-        <x:v>124.19</x:v>
+        <x:v>550.42</x:v>
       </x:c>
     </x:row>
     <x:row r="612">
       <x:c r="A612" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного общего образования, образовательные программы среднего общего образования</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на обеспечение выплат ежемесячного денежного вознаграждения советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, города Байконура и федеральной территории "Сириус", муниципальных общеобразовательных организаций и профессиональных образовательных организаций</x:v>
       </x:c>
       <x:c r="B612" s="4" t="n">
-        <x:v>417785700</x:v>
+        <x:v>8358900</x:v>
       </x:c>
       <x:c r="C612" s="4" t="n">
-        <x:v>314953664.7</x:v>
+        <x:v>7406895.83</x:v>
       </x:c>
       <x:c r="D612" s="4" t="n">
-        <x:v>75.39</x:v>
+        <x:v>88.61</x:v>
       </x:c>
       <x:c r="E612" s="4" t="n">
-        <x:v>253606171.53</x:v>
+        <x:v>1345676</x:v>
       </x:c>
       <x:c r="F612" s="4" t="n">
-        <x:v>124.19</x:v>
+        <x:v>550.42</x:v>
       </x:c>
       <x:c r="G612" s="4" t="n">
-        <x:v>417785700</x:v>
+        <x:v>8358900</x:v>
       </x:c>
       <x:c r="H612" s="4" t="n">
-        <x:v>314953664.7</x:v>
+        <x:v>7406895.83</x:v>
       </x:c>
       <x:c r="I612" s="4" t="n">
-        <x:v>75.39</x:v>
+        <x:v>88.61</x:v>
       </x:c>
       <x:c r="J612" s="4" t="n">
-        <x:v>253606171.53</x:v>
+        <x:v>1345676</x:v>
       </x:c>
       <x:c r="K612" s="4" t="n">
-        <x:v>124.19</x:v>
+        <x:v>550.42</x:v>
       </x:c>
     </x:row>
     <x:row r="613">
       <x:c r="A613" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам на ежемесячное денежное вознаграждение за классное руководство (кураторство) педагогическим работникам государственных образовательных организаций субъектов Российской Федерации и города Байконура, муниципальных образовательных организаций, реализующих образовательные программы среднего профессионального образования, в том числе программы профессионального обучения для лиц с ограниченными возможностями здоровья</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на обеспечение деятельности депутатов Государственной Думы и их помощников в избирательных округах</x:v>
       </x:c>
       <x:c r="B613" s="4" t="n">
-        <x:v>20623700</x:v>
+        <x:v>4442200</x:v>
       </x:c>
       <x:c r="C613" s="4" t="n">
-        <x:v>14778960</x:v>
+        <x:v>4442173.86</x:v>
       </x:c>
       <x:c r="D613" s="4" t="n">
-        <x:v>71.66</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E613" s="4" t="n">
-        <x:v>15018635</x:v>
+        <x:v>4920877.37</x:v>
       </x:c>
       <x:c r="F613" s="4" t="n">
-        <x:v>98.4</x:v>
+        <x:v>90.27</x:v>
       </x:c>
       <x:c r="G613" s="4" t="n">
-        <x:v>20623700</x:v>
+        <x:v>4442200</x:v>
       </x:c>
       <x:c r="H613" s="4" t="n">
-        <x:v>14778960</x:v>
+        <x:v>4442173.86</x:v>
       </x:c>
       <x:c r="I613" s="4" t="n">
-        <x:v>71.66</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J613" s="4" t="n">
-        <x:v>15018635</x:v>
+        <x:v>4920877.37</x:v>
       </x:c>
       <x:c r="K613" s="4" t="n">
-        <x:v>98.4</x:v>
+        <x:v>90.27</x:v>
       </x:c>
     </x:row>
     <x:row r="614">
       <x:c r="A614" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на ежемесячное денежное вознаграждение за классное руководство (кураторство) педагогическим работникам государственных образовательных организаций субъектов Российской Федерации и города Байконура, муниципальных образовательных организаций, реализующих образовательные программы среднего профессионального образования, в том числе программы профессионального обучения для лиц с ограниченными возможностями здоровья</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на обеспечение деятельности сенаторов Российской Федерации и их помощников в субъектах Российской Федерации</x:v>
       </x:c>
       <x:c r="B614" s="4" t="n">
-        <x:v>20623700</x:v>
+        <x:v>542000</x:v>
       </x:c>
       <x:c r="C614" s="4" t="n">
-        <x:v>14778960</x:v>
+        <x:v>600987.47</x:v>
       </x:c>
       <x:c r="D614" s="4" t="n">
-        <x:v>71.66</x:v>
+        <x:v>110.88</x:v>
       </x:c>
       <x:c r="E614" s="4" t="n">
-        <x:v>15018635</x:v>
+        <x:v>762181.76</x:v>
       </x:c>
       <x:c r="F614" s="4" t="n">
-        <x:v>98.4</x:v>
+        <x:v>78.85</x:v>
       </x:c>
       <x:c r="G614" s="4" t="n">
-        <x:v>20623700</x:v>
+        <x:v>542000</x:v>
       </x:c>
       <x:c r="H614" s="4" t="n">
-        <x:v>14778960</x:v>
+        <x:v>600987.47</x:v>
       </x:c>
       <x:c r="I614" s="4" t="n">
-        <x:v>71.66</x:v>
+        <x:v>110.88</x:v>
       </x:c>
       <x:c r="J614" s="4" t="n">
-        <x:v>15018635</x:v>
+        <x:v>762181.76</x:v>
       </x:c>
       <x:c r="K614" s="4" t="n">
-        <x:v>98.4</x:v>
+        <x:v>78.85</x:v>
       </x:c>
     </x:row>
     <x:row r="615">
       <x:c r="A615" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам на проведение вакцинации против пневмококковой инфекции граждан старше трудоспособного возраста из групп риска, проживающих в организациях социального обслуживания</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам на реализацию отдельных полномочий в области лекарственного обеспечения</x:v>
       </x:c>
       <x:c r="B615" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30497100</x:v>
       </x:c>
       <x:c r="C615" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29955217.26</x:v>
       </x:c>
       <x:c r="D615" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>98.22</x:v>
       </x:c>
       <x:c r="E615" s="4" t="n">
-        <x:v>65999.7</x:v>
+        <x:v>31483794.31</x:v>
       </x:c>
       <x:c r="F615" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.14</x:v>
       </x:c>
       <x:c r="G615" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30497100</x:v>
       </x:c>
       <x:c r="H615" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29955217.26</x:v>
       </x:c>
       <x:c r="I615" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>98.22</x:v>
       </x:c>
       <x:c r="J615" s="4" t="n">
-        <x:v>65999.7</x:v>
+        <x:v>31483794.31</x:v>
       </x:c>
       <x:c r="K615" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.14</x:v>
       </x:c>
     </x:row>
     <x:row r="616">
       <x:c r="A616" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на проведение вакцинации против пневмококковой инфекции граждан старше трудоспособного возраста из групп риска, проживающих в организациях социального обслуживания</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на реализацию отдельных полномочий в области лекарственного обеспечения</x:v>
       </x:c>
       <x:c r="B616" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30497100</x:v>
       </x:c>
       <x:c r="C616" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29955217.26</x:v>
       </x:c>
       <x:c r="D616" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>98.22</x:v>
       </x:c>
       <x:c r="E616" s="4" t="n">
-        <x:v>65999.7</x:v>
+        <x:v>31483794.31</x:v>
       </x:c>
       <x:c r="F616" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.14</x:v>
       </x:c>
       <x:c r="G616" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30497100</x:v>
       </x:c>
       <x:c r="H616" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29955217.26</x:v>
       </x:c>
       <x:c r="I616" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>98.22</x:v>
       </x:c>
       <x:c r="J616" s="4" t="n">
-        <x:v>65999.7</x:v>
+        <x:v>31483794.31</x:v>
       </x:c>
       <x:c r="K616" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>95.14</x:v>
       </x:c>
     </x:row>
     <x:row r="617">
       <x:c r="A617" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам, за счет средств резервного фонда Правительства Российской Федерации</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам на реализацию организационных мероприятий, связанных с обеспечением лиц лекарственными препаратами, предназначенными для лечения больных гемофилией, муковисцидозом, гипофизарным нанизмом, болезнью Гоше, злокачественными новообразованиями лимфоидной, кроветворной и родственных им тканей, рассеянным склерозом, гемолитико-уремическим синдромом, юношеским артритом с системным началом, мукополисахаридозом I, II и VI типов, апластической анемией неуточненной, наследственным дефицитом факторов II (фибриногена), VII (лабильного), X (Стюарта - Прауэра), а также после трансплантации органов и (или) тканей</x:v>
       </x:c>
       <x:c r="B617" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C617" s="4" t="n">
-        <x:v>401100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D617" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E617" s="4" t="n">
-        <x:v>10645500</x:v>
+        <x:v>299999.5</x:v>
       </x:c>
       <x:c r="F617" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G617" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H617" s="4" t="n">
-        <x:v>401100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I617" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J617" s="4" t="n">
-        <x:v>10645500</x:v>
+        <x:v>299999.5</x:v>
       </x:c>
       <x:c r="K617" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="618">
       <x:c r="A618" s="3" t="str">
-        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации, за счет средств резервного фонда Правительства Российской Федерации</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на реализацию организационных мероприятий, связанных с обеспечением лиц лекарственными препаратами, предназначенными для лечения больных гемофилией, муковисцидозом, гипофизарным нанизмом, болезнью Гоше, злокачественными новообразованиями лимфоидной, кроветворной и родственных им тканей, рассеянным склерозом, гемолитико-уремическим синдромом, юношеским артритом с системным началом, мукополисахаридозом I, II и VI типов, апластической анемией неуточненной, наследственным дефицитом факторов II (фибриногена), VII (лабильного), X (Стюарта - Прауэра), а также после трансплантации органов и (или) тканей</x:v>
       </x:c>
       <x:c r="B618" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C618" s="4" t="n">
-        <x:v>401100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D618" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E618" s="4" t="n">
-        <x:v>10645500</x:v>
+        <x:v>299999.5</x:v>
       </x:c>
       <x:c r="F618" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G618" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H618" s="4" t="n">
-        <x:v>401100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I618" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J618" s="4" t="n">
-        <x:v>10645500</x:v>
+        <x:v>299999.5</x:v>
       </x:c>
       <x:c r="K618" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="619">
       <x:c r="A619" s="3" t="str">
-        <x:v>Прочие межбюджетные трансферты, передаваемые бюджетам</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на социальную поддержку Героев Советского Союза, Героев Российской Федерации и полных кавалеров ордена Славы</x:v>
       </x:c>
       <x:c r="B619" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>749400</x:v>
       </x:c>
       <x:c r="C619" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>749400</x:v>
       </x:c>
       <x:c r="D619" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E619" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2180800</x:v>
       </x:c>
       <x:c r="F619" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34.36</x:v>
       </x:c>
       <x:c r="G619" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>749400</x:v>
       </x:c>
       <x:c r="H619" s="4" t="n">
-        <x:v>10506163.48</x:v>
+        <x:v>749400</x:v>
       </x:c>
       <x:c r="I619" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J619" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2180800</x:v>
       </x:c>
       <x:c r="K619" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34.36</x:v>
       </x:c>
     </x:row>
     <x:row r="620">
       <x:c r="A620" s="3" t="str">
-        <x:v>Прочие межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам на ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного общего образования, образовательные программы среднего общего образования</x:v>
       </x:c>
       <x:c r="B620" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>417785700</x:v>
       </x:c>
       <x:c r="C620" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>338620356.36</x:v>
       </x:c>
       <x:c r="D620" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>81.05</x:v>
       </x:c>
       <x:c r="E620" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>273415893.81</x:v>
       </x:c>
       <x:c r="F620" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>123.85</x:v>
       </x:c>
       <x:c r="G620" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>417785700</x:v>
       </x:c>
       <x:c r="H620" s="4" t="n">
-        <x:v>10506163.48</x:v>
+        <x:v>338620356.36</x:v>
       </x:c>
       <x:c r="I620" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>81.05</x:v>
       </x:c>
       <x:c r="J620" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>273415893.81</x:v>
       </x:c>
       <x:c r="K620" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>123.85</x:v>
       </x:c>
     </x:row>
     <x:row r="621">
       <x:c r="A621" s="3" t="str">
-        <x:v>БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ ОТ ГОСУДАРСТВЕННЫХ (МУНИЦИПАЛЬНЫХ) ОРГАНИЗАЦИЙ</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного общего образования, образовательные программы среднего общего образования</x:v>
       </x:c>
       <x:c r="B621" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>417785700</x:v>
       </x:c>
       <x:c r="C621" s="4" t="n">
-        <x:v>6397068.95</x:v>
+        <x:v>338620356.36</x:v>
       </x:c>
       <x:c r="D621" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>81.05</x:v>
       </x:c>
       <x:c r="E621" s="4" t="n">
-        <x:v>2948197902.37</x:v>
+        <x:v>273415893.81</x:v>
       </x:c>
       <x:c r="F621" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>123.85</x:v>
       </x:c>
       <x:c r="G621" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>417785700</x:v>
       </x:c>
       <x:c r="H621" s="4" t="n">
-        <x:v>6397068.95</x:v>
+        <x:v>338620356.36</x:v>
       </x:c>
       <x:c r="I621" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>81.05</x:v>
       </x:c>
       <x:c r="J621" s="4" t="n">
-        <x:v>2948197902.37</x:v>
+        <x:v>273415893.81</x:v>
       </x:c>
       <x:c r="K621" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>123.85</x:v>
       </x:c>
     </x:row>
     <x:row r="622">
       <x:c r="A622" s="3" t="str">
-        <x:v>Безвозмездные поступления от государственных (муниципальных) организаций в бюджеты субъектов Российской Федерации</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам на ежемесячное денежное вознаграждение за классное руководство (кураторство) педагогическим работникам государственных образовательных организаций субъектов Российской Федерации и города Байконура, муниципальных образовательных организаций, реализующих образовательные программы среднего профессионального образования, в том числе программы профессионального обучения для лиц с ограниченными возможностями здоровья</x:v>
       </x:c>
       <x:c r="B622" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20623700</x:v>
       </x:c>
       <x:c r="C622" s="4" t="n">
-        <x:v>6397068.95</x:v>
+        <x:v>16413200</x:v>
       </x:c>
       <x:c r="D622" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>79.58</x:v>
       </x:c>
       <x:c r="E622" s="4" t="n">
-        <x:v>2948197902.37</x:v>
+        <x:v>15722350</x:v>
       </x:c>
       <x:c r="F622" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>104.39</x:v>
       </x:c>
       <x:c r="G622" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20623700</x:v>
       </x:c>
       <x:c r="H622" s="4" t="n">
-        <x:v>6397068.95</x:v>
+        <x:v>16413200</x:v>
       </x:c>
       <x:c r="I622" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>79.58</x:v>
       </x:c>
       <x:c r="J622" s="4" t="n">
-        <x:v>2948197902.37</x:v>
+        <x:v>15722350</x:v>
       </x:c>
       <x:c r="K622" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="623">
       <x:c r="A623" s="3" t="str">
-        <x:v>Безвозмездные поступления в бюджеты субъектов Российской Федерации от публично-правовой компании "Фонд развития территорий" на обеспечение мероприятий по переселению граждан из аварийного жилищного фонда, в том числе переселению граждан из аварийного жилищного фонда с учетом необходимости развития малоэтажного жилищного строительства</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на ежемесячное денежное вознаграждение за классное руководство (кураторство) педагогическим работникам государственных образовательных организаций субъектов Российской Федерации и города Байконура, муниципальных образовательных организаций, реализующих образовательные программы среднего профессионального образования, в том числе программы профессионального обучения для лиц с ограниченными возможностями здоровья</x:v>
       </x:c>
       <x:c r="B623" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20623700</x:v>
       </x:c>
       <x:c r="C623" s="4" t="n">
-        <x:v>-1289205.51</x:v>
+        <x:v>16413200</x:v>
       </x:c>
       <x:c r="D623" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>79.58</x:v>
       </x:c>
       <x:c r="E623" s="4" t="n">
-        <x:v>211085372.28</x:v>
+        <x:v>15722350</x:v>
       </x:c>
       <x:c r="F623" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>104.39</x:v>
       </x:c>
       <x:c r="G623" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>20623700</x:v>
       </x:c>
       <x:c r="H623" s="4" t="n">
-        <x:v>-1289205.51</x:v>
+        <x:v>16413200</x:v>
       </x:c>
       <x:c r="I623" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>79.58</x:v>
       </x:c>
       <x:c r="J623" s="4" t="n">
-        <x:v>211085372.28</x:v>
+        <x:v>15722350</x:v>
       </x:c>
       <x:c r="K623" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="624">
       <x:c r="A624" s="3" t="str">
-        <x:v>Безвозмездные поступления в бюджеты субъектов Российской Федерации от публично-правовой компании "Фонд развития территорий" на обеспечение мероприятий по модернизации систем коммунальной инфраструктуры</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам на проведение вакцинации против пневмококковой инфекции граждан старше трудоспособного возраста из групп риска, проживающих в организациях социального обслуживания</x:v>
       </x:c>
       <x:c r="B624" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C624" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D624" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E624" s="4" t="n">
-        <x:v>86507805.09</x:v>
+        <x:v>65999.7</x:v>
       </x:c>
       <x:c r="F624" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G624" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H624" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I624" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J624" s="4" t="n">
-        <x:v>86507805.09</x:v>
+        <x:v>65999.7</x:v>
       </x:c>
       <x:c r="K624" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="625">
       <x:c r="A625" s="3" t="str">
-        <x:v>Прочие безвозмездные поступления от государственных (муниципальных) организаций в бюджеты субъектов Российской Федерации</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации на проведение вакцинации против пневмококковой инфекции граждан старше трудоспособного возраста из групп риска, проживающих в организациях социального обслуживания</x:v>
       </x:c>
       <x:c r="B625" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C625" s="4" t="n">
-        <x:v>7686274.46</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D625" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E625" s="4" t="n">
-        <x:v>2650604725</x:v>
+        <x:v>65999.7</x:v>
       </x:c>
       <x:c r="F625" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G625" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H625" s="4" t="n">
-        <x:v>7686274.46</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I625" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J625" s="4" t="n">
-        <x:v>2650604725</x:v>
+        <x:v>65999.7</x:v>
       </x:c>
       <x:c r="K625" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="626">
       <x:c r="A626" s="3" t="str">
-        <x:v>БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ ОТ НЕГОСУДАРСТВЕННЫХ ОРГАНИЗАЦИЙ</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам, за счет средств резервного фонда Президента Российской Федерации</x:v>
       </x:c>
       <x:c r="B626" s="4" t="n">
-        <x:v>8595285.62</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C626" s="4" t="n">
-        <x:v>8189887.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D626" s="4" t="n">
-        <x:v>95.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E626" s="4" t="n">
-        <x:v>15086717.29</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="F626" s="4" t="n">
-        <x:v>54.29</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G626" s="4" t="n">
-        <x:v>7022500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H626" s="4" t="n">
-        <x:v>6587101.93</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I626" s="4" t="n">
-        <x:v>93.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J626" s="4" t="n">
-        <x:v>14775540.28</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="K626" s="4" t="n">
-        <x:v>44.58</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="627">
       <x:c r="A627" s="3" t="str">
-        <x:v>Безвозмездные поступления от негосударственных организаций в бюджеты субъектов Российской Федерации</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации, за счет средств резервного фонда Президента Российской Федерации</x:v>
       </x:c>
       <x:c r="B627" s="4" t="n">
-        <x:v>7022500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C627" s="4" t="n">
-        <x:v>6587101.93</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D627" s="4" t="n">
-        <x:v>93.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E627" s="4" t="n">
-        <x:v>14775540.28</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="F627" s="4" t="n">
-        <x:v>44.58</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G627" s="4" t="n">
-        <x:v>7022500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H627" s="4" t="n">
-        <x:v>6587101.93</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I627" s="4" t="n">
-        <x:v>93.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J627" s="4" t="n">
-        <x:v>14775540.28</x:v>
+        <x:v>120000</x:v>
       </x:c>
       <x:c r="K627" s="4" t="n">
-        <x:v>44.58</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="628">
       <x:c r="A628" s="3" t="str">
-        <x:v>Предоставление негосударственными организациями грантов для получателей средств бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам, за счет средств резервного фонда Правительства Российской Федерации</x:v>
       </x:c>
       <x:c r="B628" s="4" t="n">
-        <x:v>7022500</x:v>
+        <x:v>401100</x:v>
       </x:c>
       <x:c r="C628" s="4" t="n">
-        <x:v>6487101.93</x:v>
+        <x:v>401100</x:v>
       </x:c>
       <x:c r="D628" s="4" t="n">
-        <x:v>92.38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E628" s="4" t="n">
-        <x:v>13675241.28</x:v>
+        <x:v>10645500</x:v>
       </x:c>
       <x:c r="F628" s="4" t="n">
-        <x:v>47.44</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="G628" s="4" t="n">
-        <x:v>7022500</x:v>
+        <x:v>401100</x:v>
       </x:c>
       <x:c r="H628" s="4" t="n">
-        <x:v>6487101.93</x:v>
+        <x:v>401100</x:v>
       </x:c>
       <x:c r="I628" s="4" t="n">
-        <x:v>92.38</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J628" s="4" t="n">
-        <x:v>13675241.28</x:v>
+        <x:v>10645500</x:v>
       </x:c>
       <x:c r="K628" s="4" t="n">
-        <x:v>47.44</x:v>
+        <x:v>3.77</x:v>
       </x:c>
     </x:row>
     <x:row r="629">
       <x:c r="A629" s="3" t="str">
-        <x:v>Поступления от денежных пожертвований, предоставляемых негосударственными организациями получателям средств бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации, за счет средств резервного фонда Правительства Российской Федерации</x:v>
       </x:c>
       <x:c r="B629" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>401100</x:v>
       </x:c>
       <x:c r="C629" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>401100</x:v>
       </x:c>
       <x:c r="D629" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E629" s="4" t="n">
-        <x:v>1100299</x:v>
+        <x:v>10645500</x:v>
       </x:c>
       <x:c r="F629" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="G629" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>401100</x:v>
       </x:c>
       <x:c r="H629" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>401100</x:v>
       </x:c>
       <x:c r="I629" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J629" s="4" t="n">
-        <x:v>1100299</x:v>
+        <x:v>10645500</x:v>
       </x:c>
       <x:c r="K629" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>3.77</x:v>
       </x:c>
     </x:row>
     <x:row r="630">
       <x:c r="A630" s="3" t="str">
-        <x:v>Безвозмездные поступления от негосударственных организаций в бюджеты сельских поселений</x:v>
+        <x:v>Прочие межбюджетные трансферты, передаваемые бюджетам</x:v>
       </x:c>
       <x:c r="B630" s="4" t="n">
-        <x:v>1572785.62</x:v>
+        <x:v>36.52</x:v>
       </x:c>
       <x:c r="C630" s="4" t="n">
-        <x:v>1602785.62</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D630" s="4" t="n">
-        <x:v>101.91</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E630" s="4" t="n">
-        <x:v>311177.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F630" s="4" t="n">
-        <x:v>515.07</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G630" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10506200</x:v>
       </x:c>
       <x:c r="H630" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10506163.48</x:v>
       </x:c>
       <x:c r="I630" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J630" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K630" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="631">
       <x:c r="A631" s="3" t="str">
-        <x:v>Поступления от денежных пожертвований, предоставляемых негосударственными организациями получателям средств бюджетов сельских поселений</x:v>
+        <x:v>Прочие межбюджетные трансферты, передаваемые бюджетам субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B631" s="4" t="n">
-        <x:v>1572785.62</x:v>
+        <x:v>36.52</x:v>
       </x:c>
       <x:c r="C631" s="4" t="n">
-        <x:v>1572785.62</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D631" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E631" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F631" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G631" s="4" t="n">
+        <x:v>10506200</x:v>
+      </x:c>
+      <x:c r="H631" s="4" t="n">
+        <x:v>10506163.48</x:v>
+      </x:c>
+      <x:c r="I631" s="4" t="n">
         <x:v>100</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>0</x:v>
       </x:c>
       <x:c r="J631" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K631" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="632">
       <x:c r="A632" s="3" t="str">
-        <x:v>Прочие безвозмездные поступления от негосударственных организаций в бюджеты сельских поселений</x:v>
+        <x:v>БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ ОТ ГОСУДАРСТВЕННЫХ (МУНИЦИПАЛЬНЫХ) ОРГАНИЗАЦИЙ</x:v>
       </x:c>
       <x:c r="B632" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34930200</x:v>
       </x:c>
       <x:c r="C632" s="4" t="n">
-        <x:v>30000</x:v>
+        <x:v>30848192.03</x:v>
       </x:c>
       <x:c r="D632" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>88.31</x:v>
       </x:c>
       <x:c r="E632" s="4" t="n">
-        <x:v>65000</x:v>
+        <x:v>2949293173.96</x:v>
       </x:c>
       <x:c r="F632" s="4" t="n">
-        <x:v>46.15</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="G632" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34930200</x:v>
       </x:c>
       <x:c r="H632" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30848192.03</x:v>
       </x:c>
       <x:c r="I632" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>88.31</x:v>
       </x:c>
       <x:c r="J632" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2949293173.96</x:v>
       </x:c>
       <x:c r="K632" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="633">
       <x:c r="A633" s="3" t="str">
-        <x:v>ПРОЧИЕ БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ</x:v>
+        <x:v>Безвозмездные поступления от государственных (муниципальных) организаций в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B633" s="4" t="n">
-        <x:v>341009955.48</x:v>
+        <x:v>34930200</x:v>
       </x:c>
       <x:c r="C633" s="4" t="n">
-        <x:v>298412351.67</x:v>
+        <x:v>30848192.03</x:v>
       </x:c>
       <x:c r="D633" s="4" t="n">
-        <x:v>87.51</x:v>
+        <x:v>88.31</x:v>
       </x:c>
       <x:c r="E633" s="4" t="n">
-        <x:v>774367860</x:v>
+        <x:v>2949293173.96</x:v>
       </x:c>
       <x:c r="F633" s="4" t="n">
-        <x:v>38.54</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="G633" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34930200</x:v>
       </x:c>
       <x:c r="H633" s="4" t="n">
-        <x:v>10000</x:v>
+        <x:v>30848192.03</x:v>
       </x:c>
       <x:c r="I633" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>88.31</x:v>
       </x:c>
       <x:c r="J633" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>2949293173.96</x:v>
       </x:c>
       <x:c r="K633" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="634">
       <x:c r="A634" s="3" t="str">
-        <x:v>Прочие безвозмездные поступления в бюджеты субъектов Российской Федерации</x:v>
+        <x:v>Безвозмездные поступления в бюджеты субъектов Российской Федерации от публично-правовой компании "Фонд развития территорий" на обеспечение мероприятий по переселению граждан из аварийного жилищного фонда, в том числе переселению граждан из аварийного жилищного фонда с учетом необходимости развития малоэтажного жилищного строительства</x:v>
       </x:c>
       <x:c r="B634" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34930200</x:v>
       </x:c>
       <x:c r="C634" s="4" t="n">
-        <x:v>10000</x:v>
+        <x:v>23161917.57</x:v>
       </x:c>
       <x:c r="D634" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>66.31</x:v>
       </x:c>
       <x:c r="E634" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>211085372.28</x:v>
       </x:c>
       <x:c r="F634" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="G634" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34930200</x:v>
       </x:c>
       <x:c r="H634" s="4" t="n">
-        <x:v>10000</x:v>
+        <x:v>23161917.57</x:v>
       </x:c>
       <x:c r="I634" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>66.31</x:v>
       </x:c>
       <x:c r="J634" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>211085372.28</x:v>
       </x:c>
       <x:c r="K634" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>10.97</x:v>
       </x:c>
     </x:row>
     <x:row r="635">
       <x:c r="A635" s="3" t="str">
-        <x:v>Поступления от денежных пожертвований, предоставляемых физическими лицами получателям средств бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Безвозмездные поступления в бюджеты субъектов Российской Федерации от публично-правовой компании "Фонд развития территорий" на обеспечение мероприятий по модернизации систем коммунальной инфраструктуры</x:v>
       </x:c>
       <x:c r="B635" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C635" s="4" t="n">
-        <x:v>10000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D635" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E635" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>87603076.68</x:v>
       </x:c>
       <x:c r="F635" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G635" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H635" s="4" t="n">
-        <x:v>10000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I635" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J635" s="4" t="n">
-        <x:v>220000</x:v>
+        <x:v>87603076.68</x:v>
       </x:c>
       <x:c r="K635" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="636">
       <x:c r="A636" s="3" t="str">
-        <x:v>Прочие безвозмездные поступления в бюджеты муниципальных районов</x:v>
+        <x:v>Прочие безвозмездные поступления от государственных (муниципальных) организаций в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B636" s="4" t="n">
-        <x:v>311889357.48</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C636" s="4" t="n">
-        <x:v>268674741.71</x:v>
+        <x:v>7686274.46</x:v>
       </x:c>
       <x:c r="D636" s="4" t="n">
-        <x:v>86.14</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E636" s="4" t="n">
-        <x:v>757507760</x:v>
+        <x:v>2650604725</x:v>
       </x:c>
       <x:c r="F636" s="4" t="n">
-        <x:v>35.47</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="G636" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H636" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7686274.46</x:v>
       </x:c>
       <x:c r="I636" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J636" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2650604725</x:v>
       </x:c>
       <x:c r="K636" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="637">
       <x:c r="A637" s="3" t="str">
-        <x:v>Прочие безвозмездные поступления в бюджеты сельских поселений</x:v>
+        <x:v>БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ ОТ НЕГОСУДАРСТВЕННЫХ ОРГАНИЗАЦИЙ</x:v>
       </x:c>
       <x:c r="B637" s="4" t="n">
-        <x:v>29120598</x:v>
+        <x:v>8695285.62</x:v>
       </x:c>
       <x:c r="C637" s="4" t="n">
-        <x:v>29727609.96</x:v>
+        <x:v>8189887.55</x:v>
       </x:c>
       <x:c r="D637" s="4" t="n">
-        <x:v>102.08</x:v>
+        <x:v>94.19</x:v>
       </x:c>
       <x:c r="E637" s="4" t="n">
-        <x:v>16640100</x:v>
+        <x:v>14967892.46</x:v>
       </x:c>
       <x:c r="F637" s="4" t="n">
-        <x:v>178.65</x:v>
+        <x:v>54.72</x:v>
       </x:c>
       <x:c r="G637" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7122500</x:v>
       </x:c>
       <x:c r="H637" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6587101.93</x:v>
       </x:c>
       <x:c r="I637" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>92.48</x:v>
       </x:c>
       <x:c r="J637" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>14656715.45</x:v>
       </x:c>
       <x:c r="K637" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>44.94</x:v>
       </x:c>
     </x:row>
     <x:row r="638">
       <x:c r="A638" s="3" t="str">
-        <x:v>Поступления от денежных пожертвований, предоставляемых физическими лицами получателям средств бюджетов сельских поселений</x:v>
+        <x:v>Безвозмездные поступления от негосударственных организаций в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B638" s="4" t="n">
-        <x:v>449900</x:v>
+        <x:v>7122500</x:v>
       </x:c>
       <x:c r="C638" s="4" t="n">
-        <x:v>449900</x:v>
+        <x:v>6587101.93</x:v>
       </x:c>
       <x:c r="D638" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>92.48</x:v>
       </x:c>
       <x:c r="E638" s="4" t="n">
-        <x:v>463000</x:v>
+        <x:v>14656715.45</x:v>
       </x:c>
       <x:c r="F638" s="4" t="n">
-        <x:v>97.17</x:v>
+        <x:v>44.94</x:v>
       </x:c>
       <x:c r="G638" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7122500</x:v>
       </x:c>
       <x:c r="H638" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6587101.93</x:v>
       </x:c>
       <x:c r="I638" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>92.48</x:v>
       </x:c>
       <x:c r="J638" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>14656715.45</x:v>
       </x:c>
       <x:c r="K638" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>44.94</x:v>
       </x:c>
     </x:row>
     <x:row r="639">
       <x:c r="A639" s="3" t="str">
-        <x:v>Прочие безвозмездные поступления в бюджеты муниципальных районов</x:v>
+        <x:v>Предоставление негосударственными организациями грантов для получателей средств бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B639" s="4" t="n">
-        <x:v>311889357.48</x:v>
+        <x:v>7022500</x:v>
       </x:c>
       <x:c r="C639" s="4" t="n">
-        <x:v>268674741.71</x:v>
+        <x:v>6487101.93</x:v>
       </x:c>
       <x:c r="D639" s="4" t="n">
-        <x:v>86.14</x:v>
+        <x:v>92.38</x:v>
       </x:c>
       <x:c r="E639" s="4" t="n">
-        <x:v>757507760</x:v>
+        <x:v>13556416.45</x:v>
       </x:c>
       <x:c r="F639" s="4" t="n">
-        <x:v>35.47</x:v>
+        <x:v>47.85</x:v>
       </x:c>
       <x:c r="G639" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7022500</x:v>
       </x:c>
       <x:c r="H639" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6487101.93</x:v>
       </x:c>
       <x:c r="I639" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>92.38</x:v>
       </x:c>
       <x:c r="J639" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>13556416.45</x:v>
       </x:c>
       <x:c r="K639" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>47.85</x:v>
       </x:c>
     </x:row>
     <x:row r="640">
       <x:c r="A640" s="3" t="str">
-        <x:v>Прочие безвозмездные поступления в бюджеты сельских поселений</x:v>
+        <x:v>Поступления от денежных пожертвований, предоставляемых негосударственными организациями получателям средств бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B640" s="4" t="n">
-        <x:v>28670698</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="C640" s="4" t="n">
-        <x:v>29277709.96</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="D640" s="4" t="n">
-        <x:v>102.12</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E640" s="4" t="n">
-        <x:v>16177100</x:v>
+        <x:v>1100299</x:v>
       </x:c>
       <x:c r="F640" s="4" t="n">
-        <x:v>180.98</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="G640" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="H640" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="I640" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J640" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1100299</x:v>
       </x:c>
       <x:c r="K640" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="641">
       <x:c r="A641" s="3" t="str">
-        <x:v>ДОХОДЫ БЮДЖЕТОВ БЮДЖЕТНОЙ СИСТЕМЫ РОССИЙСКОЙ ФЕДЕРАЦИИ ОТ ВОЗВРАТА ОСТАТКОВ СУБСИДИЙ, СУБВЕНЦИЙ И ИНЫХ МЕЖБЮДЖЕТНЫХ ТРАНСФЕРТОВ, ИМЕЮЩИХ ЦЕЛЕВОЕ НАЗНАЧЕНИЕ, ПРОШЛЫХ ЛЕТ</x:v>
+        <x:v>Безвозмездные поступления от негосударственных организаций в бюджеты сельских поселений</x:v>
       </x:c>
       <x:c r="B641" s="4" t="n">
-        <x:v>777750257.86</x:v>
+        <x:v>1572785.62</x:v>
       </x:c>
       <x:c r="C641" s="4" t="n">
-        <x:v>1067852885.26</x:v>
+        <x:v>1602785.62</x:v>
       </x:c>
       <x:c r="D641" s="4" t="n">
-        <x:v>137.3</x:v>
+        <x:v>101.91</x:v>
       </x:c>
       <x:c r="E641" s="4" t="n">
-        <x:v>174569452.87</x:v>
+        <x:v>311177.01</x:v>
       </x:c>
       <x:c r="F641" s="4" t="n">
-        <x:v>611.71</x:v>
+        <x:v>515.07</x:v>
       </x:c>
       <x:c r="G641" s="4" t="n">
-        <x:v>776165700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H641" s="4" t="n">
-        <x:v>1127628622.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I641" s="4" t="n">
-        <x:v>145.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J641" s="4" t="n">
-        <x:v>255935340.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K641" s="4" t="n">
-        <x:v>440.59</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="642">
       <x:c r="A642" s="3" t="str">
-        <x:v>Доходы бюджетов бюджетной системы Российской Федерации от возврата бюджетами бюджетной системы Российской Федерации остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет, а также от возврата организациями остатков субсидий прошлых лет</x:v>
+        <x:v>Поступления от денежных пожертвований, предоставляемых негосударственными организациями получателям средств бюджетов сельских поселений</x:v>
       </x:c>
       <x:c r="B642" s="4" t="n">
-        <x:v>777750257.86</x:v>
+        <x:v>1572785.62</x:v>
       </x:c>
       <x:c r="C642" s="4" t="n">
-        <x:v>1067852885.26</x:v>
+        <x:v>1572785.62</x:v>
       </x:c>
       <x:c r="D642" s="4" t="n">
-        <x:v>137.3</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E642" s="4" t="n">
-        <x:v>174569452.87</x:v>
+        <x:v>246177.01</x:v>
       </x:c>
       <x:c r="F642" s="4" t="n">
-        <x:v>611.71</x:v>
+        <x:v>638.88</x:v>
       </x:c>
       <x:c r="G642" s="4" t="n">
-        <x:v>776165700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H642" s="4" t="n">
-        <x:v>1127628622.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I642" s="4" t="n">
-        <x:v>145.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J642" s="4" t="n">
-        <x:v>255935340.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K642" s="4" t="n">
-        <x:v>440.59</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="643">
       <x:c r="A643" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата бюджетами бюджетной системы Российской Федерации остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет, а также от возврата организациями остатков субсидий прошлых лет</x:v>
+        <x:v>Прочие безвозмездные поступления от негосударственных организаций в бюджеты сельских поселений</x:v>
       </x:c>
       <x:c r="B643" s="4" t="n">
-        <x:v>776165700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C643" s="4" t="n">
-        <x:v>566177655.72</x:v>
+        <x:v>30000</x:v>
       </x:c>
       <x:c r="D643" s="4" t="n">
-        <x:v>72.95</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E643" s="4" t="n">
-        <x:v>140059785.57</x:v>
+        <x:v>65000</x:v>
       </x:c>
       <x:c r="F643" s="4" t="n">
-        <x:v>404.24</x:v>
+        <x:v>46.15</x:v>
       </x:c>
       <x:c r="G643" s="4" t="n">
-        <x:v>776165700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H643" s="4" t="n">
-        <x:v>1127628622.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I643" s="4" t="n">
-        <x:v>145.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J643" s="4" t="n">
-        <x:v>255935340.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K643" s="4" t="n">
-        <x:v>440.59</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="644">
       <x:c r="A644" s="3" t="str">
-        <x:v>Доходы бюджетов городских округов от возврата бюджетами бюджетной системы Российской Федерации остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет, а также от возврата организациями остатков субсидий прошлых лет</x:v>
+        <x:v>ПРОЧИЕ БЕЗВОЗМЕЗДНЫЕ ПОСТУПЛЕНИЯ</x:v>
       </x:c>
       <x:c r="B644" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>341019956.13</x:v>
       </x:c>
       <x:c r="C644" s="4" t="n">
-        <x:v>462401134.13</x:v>
+        <x:v>315889640.62</x:v>
       </x:c>
       <x:c r="D644" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>92.63</x:v>
       </x:c>
       <x:c r="E644" s="4" t="n">
-        <x:v>12034698.16</x:v>
+        <x:v>826016220</x:v>
       </x:c>
       <x:c r="F644" s="4" t="n">
-        <x:v>3842.23</x:v>
+        <x:v>38.24</x:v>
       </x:c>
       <x:c r="G644" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="H644" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="I644" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J644" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>470000</x:v>
       </x:c>
       <x:c r="K644" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="645">
       <x:c r="A645" s="3" t="str">
-        <x:v>Доходы бюджетов муниципальных районов от возврата бюджетами бюджетной системы Российской Федерации остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет, а также от возврата организациями остатков субсидий прошлых лет</x:v>
+        <x:v>Прочие безвозмездные поступления в бюджеты субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B645" s="4" t="n">
-        <x:v>1584557.86</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="C645" s="4" t="n">
-        <x:v>39274095.41</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="D645" s="4" t="n">
-        <x:v>2478.55</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E645" s="4" t="n">
-        <x:v>22474969.14</x:v>
+        <x:v>470000</x:v>
       </x:c>
       <x:c r="F645" s="4" t="n">
-        <x:v>174.75</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="G645" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="H645" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="I645" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J645" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>470000</x:v>
       </x:c>
       <x:c r="K645" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="646">
       <x:c r="A646" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата организациями остатков субсидий прошлых лет</x:v>
+        <x:v>Поступления от денежных пожертвований, предоставляемых физическими лицами получателям средств бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B646" s="4" t="n">
-        <x:v>322711300</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="C646" s="4" t="n">
-        <x:v>565153127.95</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="D646" s="4" t="n">
-        <x:v>175.13</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E646" s="4" t="n">
-        <x:v>139996176.93</x:v>
+        <x:v>470000</x:v>
       </x:c>
       <x:c r="F646" s="4" t="n">
-        <x:v>403.69</x:v>
+        <x:v>2.13</x:v>
       </x:c>
       <x:c r="G646" s="4" t="n">
-        <x:v>322711300</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="H646" s="4" t="n">
-        <x:v>565153127.95</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="I646" s="4" t="n">
-        <x:v>175.13</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J646" s="4" t="n">
-        <x:v>139996176.93</x:v>
+        <x:v>470000</x:v>
       </x:c>
       <x:c r="K646" s="4" t="n">
-        <x:v>403.69</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="647">
       <x:c r="A647" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата бюджетными учреждениями остатков субсидий прошлых лет</x:v>
+        <x:v>Прочие безвозмездные поступления в бюджеты муниципальных районов</x:v>
       </x:c>
       <x:c r="B647" s="4" t="n">
-        <x:v>322711300</x:v>
+        <x:v>311889357.48</x:v>
       </x:c>
       <x:c r="C647" s="4" t="n">
-        <x:v>459494801.26</x:v>
+        <x:v>286140905.66</x:v>
       </x:c>
       <x:c r="D647" s="4" t="n">
-        <x:v>142.39</x:v>
+        <x:v>91.74</x:v>
       </x:c>
       <x:c r="E647" s="4" t="n">
-        <x:v>128766648.38</x:v>
+        <x:v>807507760</x:v>
       </x:c>
       <x:c r="F647" s="4" t="n">
-        <x:v>356.84</x:v>
+        <x:v>35.44</x:v>
       </x:c>
       <x:c r="G647" s="4" t="n">
-        <x:v>322711300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H647" s="4" t="n">
-        <x:v>459494801.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I647" s="4" t="n">
-        <x:v>142.39</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J647" s="4" t="n">
-        <x:v>128766648.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K647" s="4" t="n">
-        <x:v>356.84</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="648">
       <x:c r="A648" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата иными организациями остатков субсидий прошлых лет</x:v>
+        <x:v>Прочие безвозмездные поступления в бюджеты сельских поселений</x:v>
       </x:c>
       <x:c r="B648" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29120598.65</x:v>
       </x:c>
       <x:c r="C648" s="4" t="n">
-        <x:v>105658326.69</x:v>
+        <x:v>29738734.96</x:v>
       </x:c>
       <x:c r="D648" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102.12</x:v>
       </x:c>
       <x:c r="E648" s="4" t="n">
-        <x:v>11229528.55</x:v>
+        <x:v>18038460</x:v>
       </x:c>
       <x:c r="F648" s="4" t="n">
-        <x:v>940.9</x:v>
+        <x:v>164.86</x:v>
       </x:c>
       <x:c r="G648" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H648" s="4" t="n">
-        <x:v>105658326.69</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I648" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J648" s="4" t="n">
-        <x:v>11229528.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K648" s="4" t="n">
-        <x:v>940.9</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="649">
       <x:c r="A649" s="3" t="str">
-        <x:v>Доходы бюджетов городских округов от возврата организациями остатков субсидий прошлых лет</x:v>
+        <x:v>Поступления от денежных пожертвований, предоставляемых физическими лицами получателям средств бюджетов сельских поселений</x:v>
       </x:c>
       <x:c r="B649" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>449900</x:v>
       </x:c>
       <x:c r="C649" s="4" t="n">
-        <x:v>462401134.13</x:v>
+        <x:v>449900</x:v>
       </x:c>
       <x:c r="D649" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E649" s="4" t="n">
-        <x:v>12034698.16</x:v>
+        <x:v>472000</x:v>
       </x:c>
       <x:c r="F649" s="4" t="n">
-        <x:v>3842.23</x:v>
+        <x:v>95.32</x:v>
       </x:c>
       <x:c r="G649" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H649" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I649" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J649" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K649" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="650">
       <x:c r="A650" s="3" t="str">
-        <x:v>Доходы бюджетов городских округов от возврата бюджетными учреждениями остатков субсидий прошлых лет</x:v>
+        <x:v>Прочие безвозмездные поступления в бюджеты муниципальных районов</x:v>
       </x:c>
       <x:c r="B650" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>311889357.48</x:v>
       </x:c>
       <x:c r="C650" s="4" t="n">
-        <x:v>12624533.28</x:v>
+        <x:v>286140905.66</x:v>
       </x:c>
       <x:c r="D650" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>91.74</x:v>
       </x:c>
       <x:c r="E650" s="4" t="n">
-        <x:v>12034698.16</x:v>
+        <x:v>807507760</x:v>
       </x:c>
       <x:c r="F650" s="4" t="n">
-        <x:v>104.9</x:v>
+        <x:v>35.44</x:v>
       </x:c>
       <x:c r="G650" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H650" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I650" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J650" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K650" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="651">
       <x:c r="A651" s="3" t="str">
-        <x:v>Доходы бюджетов городских округов от возврата иными организациями остатков субсидий прошлых лет</x:v>
+        <x:v>Прочие безвозмездные поступления в бюджеты сельских поселений</x:v>
       </x:c>
       <x:c r="B651" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>28670698.65</x:v>
       </x:c>
       <x:c r="C651" s="4" t="n">
-        <x:v>449776600.85</x:v>
+        <x:v>29288834.96</x:v>
       </x:c>
       <x:c r="D651" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>102.16</x:v>
       </x:c>
       <x:c r="E651" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17566460</x:v>
       </x:c>
       <x:c r="F651" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>166.73</x:v>
       </x:c>
       <x:c r="G651" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H651" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I651" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J651" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K651" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="652">
       <x:c r="A652" s="3" t="str">
-        <x:v>Доходы бюджетов муниципальных районов от возврата организациями остатков субсидий прошлых лет</x:v>
+        <x:v>ПЕРЕЧИСЛЕНИЯ ДЛЯ ОСУЩЕСТВЛЕНИЯ ВОЗВРАТА (ЗАЧЕТА) ИЗЛИШНЕ УПЛАЧЕННЫХ ИЛИ ИЗЛИШНЕ ВЗЫСКАННЫХ СУММ НАЛОГОВ, СБОРОВ И ИНЫХ ПЛАТЕЖЕЙ, А ТАКЖЕ СУММ ПРОЦЕНТОВ ЗА НЕСВОЕВРЕМЕННОЕ ОСУЩЕСТВЛЕНИЕ ТАКОГО ВОЗВРАТА И ПРОЦЕНТОВ, НАЧИСЛЕННЫХ НА ИЗЛИШНЕ ВЗЫСКАННЫЕ СУММЫ</x:v>
       </x:c>
       <x:c r="B652" s="4" t="n">
-        <x:v>911850</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C652" s="4" t="n">
-        <x:v>39274095.41</x:v>
+        <x:v>-3586786.66</x:v>
       </x:c>
       <x:c r="D652" s="4" t="n">
-        <x:v>4307.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E652" s="4" t="n">
-        <x:v>22422969.53</x:v>
+        <x:v>-7098470.51</x:v>
       </x:c>
       <x:c r="F652" s="4" t="n">
-        <x:v>175.15</x:v>
+        <x:v>50.53</x:v>
       </x:c>
       <x:c r="G652" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H652" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-144591.05</x:v>
       </x:c>
       <x:c r="I652" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J652" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-4101225.3</x:v>
       </x:c>
       <x:c r="K652" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="653">
       <x:c r="A653" s="3" t="str">
-        <x:v>Доходы бюджетов муниципальных районов от возврата бюджетными учреждениями остатков субсидий прошлых лет</x:v>
+        <x:v>Перечисления из бюджетов субъектов Российской Федерации (в бюджеты субъектов Российской Федерации) для осуществления возврата (зачета) излишне уплаченных или излишне взысканных сумм налогов, сборов и иных платежей, а также сумм процентов за несвоевременное осуществление такого возврата и процентов, начисленных на излишне взысканные суммы</x:v>
       </x:c>
       <x:c r="B653" s="4" t="n">
-        <x:v>911850</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C653" s="4" t="n">
-        <x:v>39274095.41</x:v>
+        <x:v>-144591.05</x:v>
       </x:c>
       <x:c r="D653" s="4" t="n">
-        <x:v>4307.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E653" s="4" t="n">
-        <x:v>22422969.53</x:v>
+        <x:v>-4101225.3</x:v>
       </x:c>
       <x:c r="F653" s="4" t="n">
-        <x:v>175.15</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="G653" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H653" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-144591.05</x:v>
       </x:c>
       <x:c r="I653" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J653" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-4101225.3</x:v>
       </x:c>
       <x:c r="K653" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="654">
       <x:c r="A654" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на обновление материально-технической базы для организации учебно-исследовательской, научно-практической, творческой деятельности, занятий физической культурой и спортом в образовательных организациях из бюджетов муниципальных образований</x:v>
+        <x:v>Перечисления из бюджетов городских округов (в бюджеты городских округов) для осуществления возврата (зачета) излишне уплаченных или излишне взысканных сумм налогов, сборов и иных платежей, а также сумм процентов за несвоевременное осуществление такого возврата и процентов, начисленных на излишне взысканные суммы</x:v>
       </x:c>
       <x:c r="B654" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C654" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-23958</x:v>
       </x:c>
       <x:c r="D654" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E654" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-522778.04</x:v>
       </x:c>
       <x:c r="F654" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="G654" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H654" s="4" t="n">
-        <x:v>1124590.69</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I654" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J654" s="4" t="n">
-        <x:v>19938.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K654" s="4" t="n">
-        <x:v>5640.25</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="655">
       <x:c r="A655" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях из бюджетов муниципальных образований</x:v>
+        <x:v>Перечисления из бюджетов муниципальных районов (в бюджеты муниципальных районов) для осуществления возврата (зачета) излишне уплаченных или излишне взысканных сумм налогов, сборов и иных платежей, а также сумм процентов за несвоевременное осуществление такого возврата и процентов, начисленных на излишне взысканные суммы</x:v>
       </x:c>
       <x:c r="B655" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C655" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-43201.4</x:v>
       </x:c>
       <x:c r="D655" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E655" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2267052.98</x:v>
       </x:c>
       <x:c r="F655" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="G655" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H655" s="4" t="n">
-        <x:v>1537526.35</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I655" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J655" s="4" t="n">
-        <x:v>132738.79</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K655" s="4" t="n">
-        <x:v>1158.31</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="656">
       <x:c r="A656" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на строительство и реконструкцию (модернизацию) объектов питьевого водоснабжения из бюджетов муниципальных образований</x:v>
+        <x:v>Перечисления из бюджетов сельских поселений (в бюджеты поселений) для осуществления возврата (зачета) излишне уплаченных или излишне взысканных сумм налогов, сборов и иных платежей, а также сумм процентов за несвоевременное осуществление такого возврата и процентов, начисленных на излишне взысканные суммы</x:v>
       </x:c>
       <x:c r="B656" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C656" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1549769.41</x:v>
       </x:c>
       <x:c r="D656" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E656" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-207328.39</x:v>
       </x:c>
       <x:c r="F656" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>747.5</x:v>
       </x:c>
       <x:c r="G656" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H656" s="4" t="n">
-        <x:v>6743654.84</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I656" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J656" s="4" t="n">
-        <x:v>57048229.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K656" s="4" t="n">
-        <x:v>11.82</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="657">
       <x:c r="A657" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на организацию бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях, из бюджетов муниципальных образований</x:v>
+        <x:v>Перечисления из бюджетов городских поселений (в бюджеты городских поселений) для осуществления возврата (зачета) излишне уплаченных или излишне взысканных сумм налогов, сборов и иных платежей, а также сумм процентов за несвоевременное осуществление такого возврата и процентов, начисленных на излишне взысканные суммы</x:v>
       </x:c>
       <x:c r="B657" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C657" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1825266.8</x:v>
       </x:c>
       <x:c r="D657" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E657" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-85.8</x:v>
       </x:c>
       <x:c r="F657" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2127350.58</x:v>
       </x:c>
       <x:c r="G657" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H657" s="4" t="n">
-        <x:v>18806110.57</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I657" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J657" s="4" t="n">
-        <x:v>15861017.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K657" s="4" t="n">
-        <x:v>118.57</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="658">
       <x:c r="A658" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на развитие транспортной инфраструктуры на сельских территориях из бюджетов муниципальных образований</x:v>
+        <x:v>ДОХОДЫ БЮДЖЕТОВ БЮДЖЕТНОЙ СИСТЕМЫ РОССИЙСКОЙ ФЕДЕРАЦИИ ОТ ВОЗВРАТА ОСТАТКОВ СУБСИДИЙ, СУБВЕНЦИЙ И ИНЫХ МЕЖБЮДЖЕТНЫХ ТРАНСФЕРТОВ, ИМЕЮЩИХ ЦЕЛЕВОЕ НАЗНАЧЕНИЕ, ПРОШЛЫХ ЛЕТ</x:v>
       </x:c>
       <x:c r="B658" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>777750257.86</x:v>
       </x:c>
       <x:c r="C658" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1094131207.4</x:v>
       </x:c>
       <x:c r="D658" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>140.68</x:v>
       </x:c>
       <x:c r="E658" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>175003659.16</x:v>
       </x:c>
       <x:c r="F658" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>625.2</x:v>
       </x:c>
       <x:c r="G658" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>776165700</x:v>
       </x:c>
       <x:c r="H658" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1153602682.46</x:v>
       </x:c>
       <x:c r="I658" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>148.63</x:v>
       </x:c>
       <x:c r="J658" s="4" t="n">
-        <x:v>291053.86</x:v>
+        <x:v>258332212.13</x:v>
       </x:c>
       <x:c r="K658" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>446.56</x:v>
       </x:c>
     </x:row>
     <x:row r="659">
       <x:c r="A659" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на развитие сети учреждений культурно-досугового типа из бюджетов муниципальных образований</x:v>
+        <x:v>Доходы бюджетов бюджетной системы Российской Федерации от возврата бюджетами бюджетной системы Российской Федерации остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет, а также от возврата организациями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B659" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>777750257.86</x:v>
       </x:c>
       <x:c r="C659" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1094131207.4</x:v>
       </x:c>
       <x:c r="D659" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>140.68</x:v>
       </x:c>
       <x:c r="E659" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>175003659.16</x:v>
       </x:c>
       <x:c r="F659" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>625.2</x:v>
       </x:c>
       <x:c r="G659" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>776165700</x:v>
       </x:c>
       <x:c r="H659" s="4" t="n">
-        <x:v>3063640</x:v>
+        <x:v>1153602682.46</x:v>
       </x:c>
       <x:c r="I659" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>148.63</x:v>
       </x:c>
       <x:c r="J659" s="4" t="n">
-        <x:v>7607755.95</x:v>
+        <x:v>258332212.13</x:v>
       </x:c>
       <x:c r="K659" s="4" t="n">
-        <x:v>40.27</x:v>
+        <x:v>446.56</x:v>
       </x:c>
     </x:row>
     <x:row r="660">
       <x:c r="A660" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на реализацию мероприятий по созданию в субъектах Российской Федерации новых мест в общеобразовательных организациях из бюджетов муниципальных образований</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата бюджетами бюджетной системы Российской Федерации остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет, а также от возврата организациями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B660" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>776165700</x:v>
       </x:c>
       <x:c r="C660" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>591213272.95</x:v>
       </x:c>
       <x:c r="D660" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>76.17</x:v>
       </x:c>
       <x:c r="E660" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>140230991.47</x:v>
       </x:c>
       <x:c r="F660" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>421.6</x:v>
       </x:c>
       <x:c r="G660" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>776165700</x:v>
       </x:c>
       <x:c r="H660" s="4" t="n">
-        <x:v>65936.84</x:v>
+        <x:v>1153602682.46</x:v>
       </x:c>
       <x:c r="I660" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>148.63</x:v>
       </x:c>
       <x:c r="J660" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>258332212.13</x:v>
       </x:c>
       <x:c r="K660" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>446.56</x:v>
       </x:c>
     </x:row>
     <x:row r="661">
       <x:c r="A661" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на реализацию мероприятий по модернизации школьных систем образования из бюджетов муниципальных образований</x:v>
+        <x:v>Доходы бюджетов городских округов от возврата бюджетами бюджетной системы Российской Федерации остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет, а также от возврата организациями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B661" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C661" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>462401134.13</x:v>
       </x:c>
       <x:c r="D661" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E661" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12034698.16</x:v>
       </x:c>
       <x:c r="F661" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3842.23</x:v>
       </x:c>
       <x:c r="G661" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H661" s="4" t="n">
-        <x:v>65561.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I661" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J661" s="4" t="n">
-        <x:v>1487606.42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K661" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="662">
       <x:c r="A662" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках создания и модернизации объектов спортивной инфраструктуры региональной собственности (муниципальной собственности) для занятий физической культурой и спортом из бюджетов муниципальных образований</x:v>
+        <x:v>Доходы бюджетов муниципальных районов от возврата бюджетами бюджетной системы Российской Федерации остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет, а также от возврата организациями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B662" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1584557.86</x:v>
       </x:c>
       <x:c r="C662" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>40516800.32</x:v>
       </x:c>
       <x:c r="D662" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2556.98</x:v>
       </x:c>
       <x:c r="E662" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>22737969.53</x:v>
       </x:c>
       <x:c r="F662" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>178.19</x:v>
       </x:c>
       <x:c r="G662" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H662" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I662" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J662" s="4" t="n">
-        <x:v>1016259.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K662" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="663">
       <x:c r="A663" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субвенций на ежемесячную денежную выплату на ребенка в возрасте от восьми до семнадцати лет из бюджета Фонда пенсионного и социального страхования Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата организациями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B663" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>322711300</x:v>
       </x:c>
       <x:c r="C663" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>590188745.18</x:v>
       </x:c>
       <x:c r="D663" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>182.88</x:v>
       </x:c>
       <x:c r="E663" s="4" t="n">
-        <x:v>29010.34</x:v>
+        <x:v>140020310.83</x:v>
       </x:c>
       <x:c r="F663" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>421.5</x:v>
       </x:c>
       <x:c r="G663" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>322711300</x:v>
       </x:c>
       <x:c r="H663" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>590188745.18</x:v>
       </x:c>
       <x:c r="I663" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>182.88</x:v>
       </x:c>
       <x:c r="J663" s="4" t="n">
-        <x:v>29010.34</x:v>
+        <x:v>140020310.83</x:v>
       </x:c>
       <x:c r="K663" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>421.5</x:v>
       </x:c>
     </x:row>
     <x:row r="664">
       <x:c r="A664" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков иных межбюджетных трансфертов на обеспечение выплат ежемесячного денежного вознаграждения советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, г. Байконура и федеральной территории "Сириус", муниципальных общеобразовательных организаций и профессиональных образовательных организаций из бюджетов муниципальных образований</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата бюджетными учреждениями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B664" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>322711300</x:v>
       </x:c>
       <x:c r="C664" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>484025518.94</x:v>
       </x:c>
       <x:c r="D664" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>149.99</x:v>
       </x:c>
       <x:c r="E664" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>128766648.38</x:v>
       </x:c>
       <x:c r="F664" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>375.89</x:v>
       </x:c>
       <x:c r="G664" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>322711300</x:v>
       </x:c>
       <x:c r="H664" s="4" t="n">
-        <x:v>156314.47</x:v>
+        <x:v>484025518.94</x:v>
       </x:c>
       <x:c r="I664" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>149.99</x:v>
       </x:c>
       <x:c r="J664" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>128766648.38</x:v>
       </x:c>
       <x:c r="K664" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>375.89</x:v>
       </x:c>
     </x:row>
     <x:row r="665">
       <x:c r="A665" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков иных межбюджетных трансфертов на ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного общего образования, образовательные программы среднего общего образования, из бюджетов муниципальных образований</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата иными организациями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B665" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C665" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>106163226.24</x:v>
       </x:c>
       <x:c r="D665" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E665" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11253662.45</x:v>
       </x:c>
       <x:c r="F665" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>943.37</x:v>
       </x:c>
       <x:c r="G665" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H665" s="4" t="n">
-        <x:v>14471577.12</x:v>
+        <x:v>106163226.24</x:v>
       </x:c>
       <x:c r="I665" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J665" s="4" t="n">
-        <x:v>4897067.32</x:v>
+        <x:v>11253662.45</x:v>
       </x:c>
       <x:c r="K665" s="4" t="n">
-        <x:v>295.52</x:v>
+        <x:v>943.37</x:v>
       </x:c>
     </x:row>
     <x:row r="666">
       <x:c r="A666" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата прочих остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов муниципальных образований</x:v>
+        <x:v>Доходы бюджетов городских округов от возврата организациями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B666" s="4" t="n">
-        <x:v>453454400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C666" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>462401134.13</x:v>
       </x:c>
       <x:c r="D666" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E666" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12034698.16</x:v>
       </x:c>
       <x:c r="F666" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3842.23</x:v>
       </x:c>
       <x:c r="G666" s="4" t="n">
-        <x:v>453454400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H666" s="4" t="n">
-        <x:v>515416053.85</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I666" s="4" t="n">
-        <x:v>113.66</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J666" s="4" t="n">
-        <x:v>27513887.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K666" s="4" t="n">
-        <x:v>1873.29</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="667">
       <x:c r="A667" s="3" t="str">
-        <x:v>Доходы бюджетов муниципальных районов от возврата прочих остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов поселений</x:v>
+        <x:v>Доходы бюджетов городских округов от возврата бюджетными учреждениями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B667" s="4" t="n">
-        <x:v>672707.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C667" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12624533.28</x:v>
       </x:c>
       <x:c r="D667" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E667" s="4" t="n">
-        <x:v>51999.61</x:v>
+        <x:v>12034698.16</x:v>
       </x:c>
       <x:c r="F667" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>104.9</x:v>
       </x:c>
       <x:c r="G667" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H667" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I667" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J667" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K667" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="668">
       <x:c r="A668" s="3" t="str">
-        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков прочих субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджета Фонда пенсионного и социального страхования Российской Федерации</x:v>
+        <x:v>Доходы бюджетов городских округов от возврата иными организациями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B668" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C668" s="4" t="n">
-        <x:v>1024527.77</x:v>
+        <x:v>449776600.85</x:v>
       </x:c>
       <x:c r="D668" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E668" s="4" t="n">
-        <x:v>34598.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F668" s="4" t="n">
-        <x:v>2961.21</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G668" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H668" s="4" t="n">
-        <x:v>1024527.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I668" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J668" s="4" t="n">
-        <x:v>34598.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K668" s="4" t="n">
-        <x:v>2961.21</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="669">
       <x:c r="A669" s="3" t="str">
-        <x:v>ВОЗВРАТ ОСТАТКОВ СУБСИДИЙ, СУБВЕНЦИЙ И ИНЫХ МЕЖБЮДЖЕТНЫХ ТРАНСФЕРТОВ, ИМЕЮЩИХ ЦЕЛЕВОЕ НАЗНАЧЕНИЕ, ПРОШЛЫХ ЛЕТ</x:v>
+        <x:v>Доходы бюджетов муниципальных районов от возврата организациями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B669" s="4" t="n">
-        <x:v>6948526.88</x:v>
+        <x:v>911850</x:v>
       </x:c>
       <x:c r="C669" s="4" t="n">
-        <x:v>-207066540.73</x:v>
+        <x:v>40516800.32</x:v>
       </x:c>
       <x:c r="D669" s="4" t="n">
-        <x:v>-2980.01</x:v>
+        <x:v>4443.36</x:v>
       </x:c>
       <x:c r="E669" s="4" t="n">
-        <x:v>-120409966.3</x:v>
+        <x:v>22737969.53</x:v>
       </x:c>
       <x:c r="F669" s="4" t="n">
-        <x:v>171.97</x:v>
+        <x:v>178.19</x:v>
       </x:c>
       <x:c r="G669" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H669" s="4" t="n">
-        <x:v>-207066540.73</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I669" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J669" s="4" t="n">
-        <x:v>-120409966.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K669" s="4" t="n">
-        <x:v>171.97</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="670">
       <x:c r="A670" s="3" t="str">
-        <x:v>Возврат остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов муниципальных районов от возврата бюджетными учреждениями остатков субсидий прошлых лет</x:v>
       </x:c>
       <x:c r="B670" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>911850</x:v>
       </x:c>
       <x:c r="C670" s="4" t="n">
-        <x:v>-207066540.73</x:v>
+        <x:v>40516800.32</x:v>
       </x:c>
       <x:c r="D670" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4443.36</x:v>
       </x:c>
       <x:c r="E670" s="4" t="n">
-        <x:v>-120409966.3</x:v>
+        <x:v>22737969.53</x:v>
       </x:c>
       <x:c r="F670" s="4" t="n">
-        <x:v>171.97</x:v>
+        <x:v>178.19</x:v>
       </x:c>
       <x:c r="G670" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H670" s="4" t="n">
-        <x:v>-207066540.73</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I670" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J670" s="4" t="n">
-        <x:v>-120409966.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K670" s="4" t="n">
-        <x:v>171.97</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="671">
       <x:c r="A671" s="3" t="str">
-        <x:v>Возврат остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов муниципальных районов</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на обновление материально-технической базы для организации учебно-исследовательской, научно-практической, творческой деятельности, занятий физической культурой и спортом в образовательных организациях из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B671" s="4" t="n">
-        <x:v>6948526.88</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C671" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D671" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E671" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F671" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G671" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H671" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1124590.69</x:v>
       </x:c>
       <x:c r="I671" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J671" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>19938.68</x:v>
       </x:c>
       <x:c r="K671" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5640.25</x:v>
       </x:c>
     </x:row>
     <x:row r="672">
       <x:c r="A672" s="3" t="str">
-        <x:v>Возврат остатков субсидий на стимулирование увеличения производства картофеля и овощей из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B672" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C672" s="4" t="n">
-        <x:v>-1318.42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D672" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E672" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F672" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G672" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H672" s="4" t="n">
-        <x:v>-1318.42</x:v>
+        <x:v>1537526.35</x:v>
       </x:c>
       <x:c r="I672" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J672" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>132738.79</x:v>
       </x:c>
       <x:c r="K672" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1158.31</x:v>
       </x:c>
     </x:row>
     <x:row r="673">
       <x:c r="A673" s="3" t="str">
-        <x:v>Возврат остатков субсидий на ежемесячную денежную выплату, назначаемую в случае рождения третьего ребенка или последующих детей до достижения ребенком возраста трех лет, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на строительство и реконструкцию (модернизацию) объектов питьевого водоснабжения из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B673" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C673" s="4" t="n">
-        <x:v>-47722.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D673" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E673" s="4" t="n">
-        <x:v>-42742.26</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F673" s="4" t="n">
-        <x:v>111.65</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G673" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H673" s="4" t="n">
-        <x:v>-47722.86</x:v>
+        <x:v>6743654.84</x:v>
       </x:c>
       <x:c r="I673" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J673" s="4" t="n">
-        <x:v>-42742.26</x:v>
+        <x:v>57048229.54</x:v>
       </x:c>
       <x:c r="K673" s="4" t="n">
-        <x:v>111.65</x:v>
+        <x:v>11.82</x:v>
       </x:c>
     </x:row>
     <x:row r="674">
       <x:c r="A674" s="3" t="str">
-        <x:v>Возврат остатков субсидий на реализацию мероприятий, предусмотренных региональной программой переселения, включенной в Государственную программу по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на организацию бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях, из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B674" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C674" s="4" t="n">
-        <x:v>-18191.75</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D674" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E674" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F674" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G674" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H674" s="4" t="n">
-        <x:v>-18191.75</x:v>
+        <x:v>18806110.57</x:v>
       </x:c>
       <x:c r="I674" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J674" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15861017.81</x:v>
       </x:c>
       <x:c r="K674" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>118.57</x:v>
       </x:c>
     </x:row>
     <x:row r="675">
       <x:c r="A675" s="3" t="str">
-        <x:v>Возврат остатков субсидий на обновление материально-технической базы для организации учебно-исследовательской, научно-практической, творческой деятельности, занятий физической культурой и спортом в образовательных организациях из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на развитие транспортной инфраструктуры на сельских территориях из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B675" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C675" s="4" t="n">
-        <x:v>-1113344.78</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D675" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E675" s="4" t="n">
-        <x:v>-19739.29</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F675" s="4" t="n">
-        <x:v>5640.25</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G675" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H675" s="4" t="n">
-        <x:v>-1113344.78</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I675" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J675" s="4" t="n">
-        <x:v>-19739.29</x:v>
+        <x:v>291053.86</x:v>
       </x:c>
       <x:c r="K675" s="4" t="n">
-        <x:v>5640.25</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="676">
       <x:c r="A676" s="3" t="str">
-        <x:v>Возврат остатков субсидий в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению детей с сахарным диабетом 1 типа в возрасте от 2-х до 4-х лет системами непрерывного мониторинга глюкозы, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на развитие сети учреждений культурно-досугового типа из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B676" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C676" s="4" t="n">
-        <x:v>-30230.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D676" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E676" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F676" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G676" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H676" s="4" t="n">
-        <x:v>-30230.36</x:v>
+        <x:v>3063640</x:v>
       </x:c>
       <x:c r="I676" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J676" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7607755.95</x:v>
       </x:c>
       <x:c r="K676" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>40.27</x:v>
       </x:c>
     </x:row>
     <x:row r="677">
       <x:c r="A677" s="3" t="str">
-        <x:v>Возврат остатков субсидий на реализацию региональных проектов "Создание единого цифрового контура в здравоохранении на основе единой государственной информационной системы здравоохранения (ЕГИСЗ)" из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на поддержку отрасли культуры из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B677" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C677" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D677" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E677" s="4" t="n">
-        <x:v>-35607.05</x:v>
+        <x:v>147072</x:v>
       </x:c>
       <x:c r="F677" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G677" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H677" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I677" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J677" s="4" t="n">
-        <x:v>-35607.05</x:v>
+        <x:v>147072</x:v>
       </x:c>
       <x:c r="K677" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="678">
       <x:c r="A678" s="3" t="str">
-        <x:v>Возврат остатков субсидий на единовременные компенсационные выплаты медицинским работникам (врачам, фельдшерам, а также акушеркам и медицинским сестрам фельдшерских здравпунктов и фельдшерско-акушерских пунктов, врачебных амбулаторий, центров (отделений) общей врачебной практики (семейной медицины), прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на реализацию мероприятий по созданию в субъектах Российской Федерации новых мест в общеобразовательных организациях из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B678" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C678" s="4" t="n">
-        <x:v>-2134336.25</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D678" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E678" s="4" t="n">
-        <x:v>-3292370.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F678" s="4" t="n">
-        <x:v>64.83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G678" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H678" s="4" t="n">
-        <x:v>-2134336.25</x:v>
+        <x:v>65936.84</x:v>
       </x:c>
       <x:c r="I678" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J678" s="4" t="n">
-        <x:v>-3292370.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K678" s="4" t="n">
-        <x:v>64.83</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="679">
       <x:c r="A679" s="3" t="str">
-        <x:v>Возврат остатков субсидий в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по созданию (развитию) и оснащению (дооснащению) региональных эндокринологических центров и школ для пациентов с сахарным диабетом из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на реализацию мероприятий по модернизации школьных систем образования из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B679" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C679" s="4" t="n">
-        <x:v>-604340.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D679" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E679" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F679" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G679" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H679" s="4" t="n">
-        <x:v>-604340.44</x:v>
+        <x:v>72054.78</x:v>
       </x:c>
       <x:c r="I679" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J679" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1487606.42</x:v>
       </x:c>
       <x:c r="K679" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.84</x:v>
       </x:c>
     </x:row>
     <x:row r="680">
       <x:c r="A680" s="3" t="str">
-        <x:v>Возврат остатков субсидий на софинансирование расходных обязательств субъектов Российской Федерации, возникающих при предоставлении субсидий льготным категориям граждан на покупку и установку газоиспользующего оборудования, проведение работ внутри границ их земельных участков в рамках реализации мероприятий по осуществлению подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к газораспределительным сетям при догазификации, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субсидий на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках создания и модернизации объектов спортивной инфраструктуры региональной собственности (муниципальной собственности) для занятий физической культурой и спортом из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B680" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C680" s="4" t="n">
-        <x:v>-26954.73</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D680" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E680" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F680" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G680" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H680" s="4" t="n">
-        <x:v>-26954.73</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I680" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J680" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1016259.26</x:v>
       </x:c>
       <x:c r="K680" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="681">
       <x:c r="A681" s="3" t="str">
-        <x:v>Возврат остатков субсидий на создание системы долговременного ухода за гражданами пожилого возраста и инвалидами из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков субвенций на ежемесячную денежную выплату на ребенка в возрасте от восьми до семнадцати лет из бюджета Фонда пенсионного и социального страхования Российской Федерации</x:v>
       </x:c>
       <x:c r="B681" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C681" s="4" t="n">
-        <x:v>-3865.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D681" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E681" s="4" t="n">
-        <x:v>-1980846.31</x:v>
+        <x:v>29010.34</x:v>
       </x:c>
       <x:c r="F681" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G681" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H681" s="4" t="n">
-        <x:v>-3865.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I681" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J681" s="4" t="n">
-        <x:v>-1980846.31</x:v>
+        <x:v>29010.34</x:v>
       </x:c>
       <x:c r="K681" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="682">
       <x:c r="A682" s="3" t="str">
-        <x:v>Возврат остатков субсидий на проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков иных межбюджетных трансфертов на обеспечение выплат ежемесячного денежного вознаграждения советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, г. Байконура и федеральной территории "Сириус", муниципальных общеобразовательных организаций и профессиональных образовательных организаций из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B682" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C682" s="4" t="n">
-        <x:v>-1522261.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D682" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E682" s="4" t="n">
-        <x:v>-131455.24</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F682" s="4" t="n">
-        <x:v>1158.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G682" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H682" s="4" t="n">
-        <x:v>-1522261.72</x:v>
+        <x:v>156314.47</x:v>
       </x:c>
       <x:c r="I682" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J682" s="4" t="n">
-        <x:v>-131455.24</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K682" s="4" t="n">
-        <x:v>1158.01</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="683">
       <x:c r="A683" s="3" t="str">
-        <x:v>Возврат остатков субсидий в целях развития паллиативной медицинской помощи из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков иных межбюджетных трансфертов на ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного общего образования, образовательные программы среднего общего образования, из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B683" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C683" s="4" t="n">
-        <x:v>-89840.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D683" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E683" s="4" t="n">
-        <x:v>-137380</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F683" s="4" t="n">
-        <x:v>65.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G683" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H683" s="4" t="n">
-        <x:v>-89840.55</x:v>
+        <x:v>14471577.12</x:v>
       </x:c>
       <x:c r="I683" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J683" s="4" t="n">
-        <x:v>-137380</x:v>
+        <x:v>4897067.32</x:v>
       </x:c>
       <x:c r="K683" s="4" t="n">
-        <x:v>65.4</x:v>
+        <x:v>295.52</x:v>
       </x:c>
     </x:row>
     <x:row r="684">
       <x:c r="A684" s="3" t="str">
-        <x:v>Возврат остатков субсидий на реализацию мероприятий по предупреждению и борьбе с социально значимыми инфекционными заболеваниями из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата прочих остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов муниципальных образований</x:v>
       </x:c>
       <x:c r="B684" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>453454400</x:v>
       </x:c>
       <x:c r="C684" s="4" t="n">
-        <x:v>-56163.62</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D684" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E684" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F684" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G684" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>453454400</x:v>
       </x:c>
       <x:c r="H684" s="4" t="n">
-        <x:v>-56163.62</x:v>
+        <x:v>516348003.85</x:v>
       </x:c>
       <x:c r="I684" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>113.87</x:v>
       </x:c>
       <x:c r="J684" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>29739553.03</x:v>
       </x:c>
       <x:c r="K684" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1736.23</x:v>
       </x:c>
     </x:row>
     <x:row r="685">
       <x:c r="A685" s="3" t="str">
-        <x:v>Возврат остатков субсидий на строительство и реконструкцию (модернизацию) объектов питьевого водоснабжения из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов муниципальных районов от возврата прочих остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов поселений</x:v>
       </x:c>
       <x:c r="B685" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>672707.86</x:v>
       </x:c>
       <x:c r="C685" s="4" t="n">
-        <x:v>-6681503.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D685" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E685" s="4" t="n">
-        <x:v>-56404895.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F685" s="4" t="n">
-        <x:v>11.85</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G685" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H685" s="4" t="n">
-        <x:v>-6681503.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I685" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J685" s="4" t="n">
-        <x:v>-56404895.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K685" s="4" t="n">
-        <x:v>11.85</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="686">
       <x:c r="A686" s="3" t="str">
-        <x:v>Возврат остатков субсидий на единовременные компенсационные выплаты учителям, прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Доходы бюджетов субъектов Российской Федерации от возврата остатков прочих субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджета Фонда пенсионного и социального страхования Российской Федерации</x:v>
       </x:c>
       <x:c r="B686" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C686" s="4" t="n">
-        <x:v>-990000</x:v>
+        <x:v>1024527.77</x:v>
       </x:c>
       <x:c r="D686" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E686" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34598.3</x:v>
       </x:c>
       <x:c r="F686" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2961.21</x:v>
       </x:c>
       <x:c r="G686" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H686" s="4" t="n">
-        <x:v>-990000</x:v>
+        <x:v>1024527.77</x:v>
       </x:c>
       <x:c r="I686" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J686" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>34598.3</x:v>
       </x:c>
       <x:c r="K686" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2961.21</x:v>
       </x:c>
     </x:row>
     <x:row r="687">
       <x:c r="A687" s="3" t="str">
-        <x:v>Возврат остатков субсидий на осуществление ежемесячных выплат на детей в возрасте от трех до семи лет включительно из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>ВОЗВРАТ ОСТАТКОВ СУБСИДИЙ, СУБВЕНЦИЙ И ИНЫХ МЕЖБЮДЖЕТНЫХ ТРАНСФЕРТОВ, ИМЕЮЩИХ ЦЕЛЕВОЕ НАЗНАЧЕНИЕ, ПРОШЛЫХ ЛЕТ</x:v>
       </x:c>
       <x:c r="B687" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6948526.88</x:v>
       </x:c>
       <x:c r="C687" s="4" t="n">
-        <x:v>-8910</x:v>
+        <x:v>-234716969.42</x:v>
       </x:c>
       <x:c r="D687" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-3377.94</x:v>
       </x:c>
       <x:c r="E687" s="4" t="n">
-        <x:v>-129153.65</x:v>
+        <x:v>-122305104.17</x:v>
       </x:c>
       <x:c r="F687" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>191.91</x:v>
       </x:c>
       <x:c r="G687" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H687" s="4" t="n">
-        <x:v>-8910</x:v>
+        <x:v>-234716969.42</x:v>
       </x:c>
       <x:c r="I687" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J687" s="4" t="n">
-        <x:v>-129153.65</x:v>
+        <x:v>-122305104.17</x:v>
       </x:c>
       <x:c r="K687" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>191.91</x:v>
       </x:c>
     </x:row>
     <x:row r="688">
       <x:c r="A688" s="3" t="str">
-        <x:v>Возврат остатков субсидий на организацию бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B688" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C688" s="4" t="n">
-        <x:v>-18652398.59</x:v>
+        <x:v>-234716969.42</x:v>
       </x:c>
       <x:c r="D688" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E688" s="4" t="n">
-        <x:v>-15575182.96</x:v>
+        <x:v>-122305104.17</x:v>
       </x:c>
       <x:c r="F688" s="4" t="n">
-        <x:v>119.76</x:v>
+        <x:v>191.91</x:v>
       </x:c>
       <x:c r="G688" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H688" s="4" t="n">
-        <x:v>-18652398.59</x:v>
+        <x:v>-234716969.42</x:v>
       </x:c>
       <x:c r="I688" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J688" s="4" t="n">
-        <x:v>-15575182.96</x:v>
+        <x:v>-122305104.17</x:v>
       </x:c>
       <x:c r="K688" s="4" t="n">
-        <x:v>119.76</x:v>
+        <x:v>191.91</x:v>
       </x:c>
     </x:row>
     <x:row r="689">
       <x:c r="A689" s="3" t="str">
-        <x:v>Возврат остатков субсидий на создание новых мест в общеобразовательных организациях в связи с ростом числа обучающихся, вызванным демографическим фактором, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов муниципальных районов</x:v>
       </x:c>
       <x:c r="B689" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>6948526.88</x:v>
       </x:c>
       <x:c r="C689" s="4" t="n">
-        <x:v>-59400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D689" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E689" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F689" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G689" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H689" s="4" t="n">
-        <x:v>-59400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I689" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J689" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K689" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="690">
       <x:c r="A690" s="3" t="str">
-        <x:v>Возврат остатков субсидий на реализацию мероприятий индивидуальной программы социально-экономического развития Республики Адыгея (Адыгея) из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на стимулирование увеличения производства картофеля и овощей из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B690" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C690" s="4" t="n">
-        <x:v>-227705.78</x:v>
+        <x:v>-1318.42</x:v>
       </x:c>
       <x:c r="D690" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E690" s="4" t="n">
-        <x:v>-2995615.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F690" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G690" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H690" s="4" t="n">
-        <x:v>-227705.78</x:v>
+        <x:v>-1318.42</x:v>
       </x:c>
       <x:c r="I690" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J690" s="4" t="n">
-        <x:v>-2995615.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K690" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="691">
       <x:c r="A691" s="3" t="str">
-        <x:v>Возврат остатков субсидий на поддержку субъектов Российской Федерации для создания инженерной и транспортной инфраструктуры в целях развития туристских кластеров из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на ежемесячную денежную выплату, назначаемую в случае рождения третьего ребенка или последующих детей до достижения ребенком возраста трех лет, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B691" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C691" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-47722.86</x:v>
       </x:c>
       <x:c r="D691" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E691" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-42742.26</x:v>
       </x:c>
       <x:c r="F691" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>111.65</x:v>
       </x:c>
       <x:c r="G691" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H691" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-47722.86</x:v>
       </x:c>
       <x:c r="I691" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J691" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-42742.26</x:v>
       </x:c>
       <x:c r="K691" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>111.65</x:v>
       </x:c>
     </x:row>
     <x:row r="692">
       <x:c r="A692" s="3" t="str">
-        <x:v>Возврат остатков субсидий на финансовое обеспечение (возмещение) производителям зерновых культур части затрат на производство и реализацию зерновых культур из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на реализацию мероприятий, предусмотренных региональной программой переселения, включенной в Государственную программу по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B692" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C692" s="4" t="n">
-        <x:v>-113166.9</x:v>
+        <x:v>-18191.75</x:v>
       </x:c>
       <x:c r="D692" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E692" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F692" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G692" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H692" s="4" t="n">
-        <x:v>-113166.9</x:v>
+        <x:v>-18191.75</x:v>
       </x:c>
       <x:c r="I692" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J692" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K692" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="693">
       <x:c r="A693" s="3" t="str">
-        <x:v>Возврат остатков субсидий в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по проведению массового обследования новорожденных на врожденные и (или) наследственные заболевания (расширенный неонатальный скрининг), из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на обновление материально-технической базы для организации учебно-исследовательской, научно-практической, творческой деятельности, занятий физической культурой и спортом в образовательных организациях из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B693" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C693" s="4" t="n">
-        <x:v>-474418.48</x:v>
+        <x:v>-1113344.78</x:v>
       </x:c>
       <x:c r="D693" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E693" s="4" t="n">
-        <x:v>-1251298.62</x:v>
+        <x:v>-19739.29</x:v>
       </x:c>
       <x:c r="F693" s="4" t="n">
-        <x:v>37.91</x:v>
+        <x:v>5640.25</x:v>
       </x:c>
       <x:c r="G693" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H693" s="4" t="n">
-        <x:v>-474418.48</x:v>
+        <x:v>-1113344.78</x:v>
       </x:c>
       <x:c r="I693" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J693" s="4" t="n">
-        <x:v>-1251298.62</x:v>
+        <x:v>-19739.29</x:v>
       </x:c>
       <x:c r="K693" s="4" t="n">
-        <x:v>37.91</x:v>
+        <x:v>5640.25</x:v>
       </x:c>
     </x:row>
     <x:row r="694">
       <x:c r="A694" s="3" t="str">
-        <x:v>Возврат остатков субсидий на приведение в нормативное состояние автомобильных дорог и искусственных дорожных сооружений из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по обеспечению детей с сахарным диабетом 1 типа в возрасте от 2-х до 4-х лет системами непрерывного мониторинга глюкозы, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B694" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C694" s="4" t="n">
-        <x:v>-49112.4</x:v>
+        <x:v>-30230.36</x:v>
       </x:c>
       <x:c r="D694" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E694" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F694" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G694" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H694" s="4" t="n">
-        <x:v>-49112.4</x:v>
+        <x:v>-30230.36</x:v>
       </x:c>
       <x:c r="I694" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J694" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K694" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="695">
       <x:c r="A695" s="3" t="str">
-        <x:v>Возврат остатков субсидий на софинансирование расходов, связанных с оказанием государственной социальной помощи на основании социального контракта отдельным категориям граждан, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на реализацию региональных проектов "Создание единого цифрового контура в здравоохранении на основе единой государственной информационной системы здравоохранения (ЕГИСЗ)" из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B695" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C695" s="4" t="n">
-        <x:v>-940673.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D695" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E695" s="4" t="n">
-        <x:v>-2363130</x:v>
+        <x:v>-35607.05</x:v>
       </x:c>
       <x:c r="F695" s="4" t="n">
-        <x:v>39.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G695" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H695" s="4" t="n">
-        <x:v>-940673.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I695" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J695" s="4" t="n">
-        <x:v>-2363130</x:v>
+        <x:v>-35607.05</x:v>
       </x:c>
       <x:c r="K695" s="4" t="n">
-        <x:v>39.81</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="696">
       <x:c r="A696" s="3" t="str">
-        <x:v>Возврат остатков субсидий на реновацию учреждений отрасли культуры из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на единовременные компенсационные выплаты медицинским работникам (врачам, фельдшерам, а также акушеркам и медицинским сестрам фельдшерских здравпунктов и фельдшерско-акушерских пунктов, врачебных амбулаторий, центров (отделений) общей врачебной практики (семейной медицины), прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B696" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C696" s="4" t="n">
-        <x:v>-14305210</x:v>
+        <x:v>-2146336.25</x:v>
       </x:c>
       <x:c r="D696" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E696" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-4952087.02</x:v>
       </x:c>
       <x:c r="F696" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>43.34</x:v>
       </x:c>
       <x:c r="G696" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H696" s="4" t="n">
-        <x:v>-14305210</x:v>
+        <x:v>-2146336.25</x:v>
       </x:c>
       <x:c r="I696" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J696" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-4952087.02</x:v>
       </x:c>
       <x:c r="K696" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>43.34</x:v>
       </x:c>
     </x:row>
     <x:row r="697">
       <x:c r="A697" s="3" t="str">
-        <x:v>Возврат остатков субсидий на создание системы поддержки фермеров и развитие сельской кооперации из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по созданию (развитию) и оснащению (дооснащению) региональных эндокринологических центров и школ для пациентов с сахарным диабетом из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B697" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C697" s="4" t="n">
-        <x:v>-5305124.18</x:v>
+        <x:v>-604340.44</x:v>
       </x:c>
       <x:c r="D697" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E697" s="4" t="n">
-        <x:v>-3710511.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F697" s="4" t="n">
-        <x:v>142.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G697" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H697" s="4" t="n">
-        <x:v>-5305124.18</x:v>
+        <x:v>-604340.44</x:v>
       </x:c>
       <x:c r="I697" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J697" s="4" t="n">
-        <x:v>-3710511.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K697" s="4" t="n">
-        <x:v>142.98</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="698">
       <x:c r="A698" s="3" t="str">
-        <x:v>Возврат остатков субсидий на поддержку приоритетных направлений агропромышленного комплекса и развитие малых форм хозяйствования из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на софинансирование расходных обязательств субъектов Российской Федерации, возникающих при предоставлении субсидий льготным категориям граждан на покупку и установку газоиспользующего оборудования, проведение работ внутри границ их земельных участков в рамках реализации мероприятий по осуществлению подключения (технологического присоединения) газоиспользующего оборудования и объектов капитального строительства к газораспределительным сетям при догазификации, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B698" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C698" s="4" t="n">
-        <x:v>-3147241.38</x:v>
+        <x:v>-26954.73</x:v>
       </x:c>
       <x:c r="D698" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E698" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F698" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G698" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H698" s="4" t="n">
-        <x:v>-3147241.38</x:v>
+        <x:v>-26954.73</x:v>
       </x:c>
       <x:c r="I698" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J698" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K698" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="699">
       <x:c r="A699" s="3" t="str">
-        <x:v>Возврат остатков субсидий на стимулирование развития приоритетных подотраслей агропромышленного комплекса и развитие малых форм хозяйствования из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на создание системы долговременного ухода за гражданами пожилого возраста и инвалидами из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B699" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C699" s="4" t="n">
-        <x:v>-23650128.21</x:v>
+        <x:v>-3865.04</x:v>
       </x:c>
       <x:c r="D699" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E699" s="4" t="n">
-        <x:v>-3486159.39</x:v>
+        <x:v>-1980846.31</x:v>
       </x:c>
       <x:c r="F699" s="4" t="n">
-        <x:v>678.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="G699" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H699" s="4" t="n">
-        <x:v>-23650128.21</x:v>
+        <x:v>-3865.04</x:v>
       </x:c>
       <x:c r="I699" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J699" s="4" t="n">
-        <x:v>-3486159.39</x:v>
+        <x:v>-1980846.31</x:v>
       </x:c>
       <x:c r="K699" s="4" t="n">
-        <x:v>678.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="700">
       <x:c r="A700" s="3" t="str">
-        <x:v>Возврат остатков субсидий на поддержку сельскохозяйственного производства по отдельным подотраслям растениеводства и животноводства из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B700" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C700" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1522261.72</x:v>
       </x:c>
       <x:c r="D700" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E700" s="4" t="n">
-        <x:v>-5961325.46</x:v>
+        <x:v>-131455.24</x:v>
       </x:c>
       <x:c r="F700" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1158.01</x:v>
       </x:c>
       <x:c r="G700" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H700" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1522261.72</x:v>
       </x:c>
       <x:c r="I700" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J700" s="4" t="n">
-        <x:v>-5961325.46</x:v>
+        <x:v>-131455.24</x:v>
       </x:c>
       <x:c r="K700" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1158.01</x:v>
       </x:c>
     </x:row>
     <x:row r="701">
       <x:c r="A701" s="3" t="str">
-        <x:v>Возврат остатков субсидий на развитие сети учреждений культурно-досугового типа из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий в целях развития паллиативной медицинской помощи из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B701" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C701" s="4" t="n">
-        <x:v>-3033000</x:v>
+        <x:v>-89840.55</x:v>
       </x:c>
       <x:c r="D701" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E701" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-137380</x:v>
       </x:c>
       <x:c r="F701" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>65.4</x:v>
       </x:c>
       <x:c r="G701" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H701" s="4" t="n">
-        <x:v>-3033000</x:v>
+        <x:v>-89840.55</x:v>
       </x:c>
       <x:c r="I701" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J701" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-137380</x:v>
       </x:c>
       <x:c r="K701" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>65.4</x:v>
       </x:c>
     </x:row>
     <x:row r="702">
       <x:c r="A702" s="3" t="str">
-        <x:v>Возврат остатков субсидий на реализацию мероприятий субъектов Российской Федерации в сфере реабилитации и абилитации инвалидов из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на реализацию мероприятий по предупреждению и борьбе с социально значимыми инфекционными заболеваниями из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B702" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C702" s="4" t="n">
-        <x:v>-33.92</x:v>
+        <x:v>-56163.62</x:v>
       </x:c>
       <x:c r="D702" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E702" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F702" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G702" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H702" s="4" t="n">
-        <x:v>-33.92</x:v>
+        <x:v>-56163.62</x:v>
       </x:c>
       <x:c r="I702" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J702" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K702" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="703">
       <x:c r="A703" s="3" t="str">
-        <x:v>Возврат остатков субсидий на реализацию мероприятий по созданию в субъектах Российской Федерации новых мест в общеобразовательных организациях из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на строительство и реконструкцию (модернизацию) объектов питьевого водоснабжения из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B703" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C703" s="4" t="n">
-        <x:v>-65277.46</x:v>
+        <x:v>-6681503.77</x:v>
       </x:c>
       <x:c r="D703" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E703" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-56404895.02</x:v>
       </x:c>
       <x:c r="F703" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="G703" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H703" s="4" t="n">
-        <x:v>-65277.46</x:v>
+        <x:v>-6681503.77</x:v>
       </x:c>
       <x:c r="I703" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J703" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-56404895.02</x:v>
       </x:c>
       <x:c r="K703" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>11.85</x:v>
       </x:c>
     </x:row>
     <x:row r="704">
       <x:c r="A704" s="3" t="str">
-        <x:v>Возврат остатков субсидий на создание модульных некапитальных средств размещения при реализации инвестиционных проектов из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на единовременные компенсационные выплаты учителям, прибывшим (переехавшим) на работу в сельские населенные пункты, либо рабочие поселки, либо поселки городского типа, либо города с населением до 50 тысяч человек, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B704" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C704" s="4" t="n">
-        <x:v>-89781746.03</x:v>
+        <x:v>-990000</x:v>
       </x:c>
       <x:c r="D704" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E704" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F704" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G704" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H704" s="4" t="n">
-        <x:v>-89781746.03</x:v>
+        <x:v>-990000</x:v>
       </x:c>
       <x:c r="I704" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J704" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K704" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="705">
       <x:c r="A705" s="3" t="str">
-        <x:v>Возврат остатков субсидий на государственную поддержку малого и среднего предпринимательства, а также физических лиц, применяющих специальный налоговый режим "Налог на профессиональный доход", из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на осуществление ежемесячных выплат на детей в возрасте от трех до семи лет включительно из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B705" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C705" s="4" t="n">
-        <x:v>-1093088.7</x:v>
+        <x:v>-8910</x:v>
       </x:c>
       <x:c r="D705" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E705" s="4" t="n">
-        <x:v>-16830</x:v>
+        <x:v>-129153.65</x:v>
       </x:c>
       <x:c r="F705" s="4" t="n">
-        <x:v>6494.88</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="G705" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H705" s="4" t="n">
-        <x:v>-1093088.7</x:v>
+        <x:v>-8910</x:v>
       </x:c>
       <x:c r="I705" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J705" s="4" t="n">
-        <x:v>-16830</x:v>
+        <x:v>-129153.65</x:v>
       </x:c>
       <x:c r="K705" s="4" t="n">
-        <x:v>6494.88</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="706">
       <x:c r="A706" s="3" t="str">
-        <x:v>Возврат остатков субсидий на реализацию мероприятий по повышению устойчивости жилых домов, основных объектов и систем жизнеобеспечения в сейсмических районах Российской Федерации из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на организацию бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B706" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C706" s="4" t="n">
-        <x:v>-110842.11</x:v>
+        <x:v>-18652398.59</x:v>
       </x:c>
       <x:c r="D706" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E706" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-15754707.96</x:v>
       </x:c>
       <x:c r="F706" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>118.39</x:v>
       </x:c>
       <x:c r="G706" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H706" s="4" t="n">
-        <x:v>-110842.11</x:v>
+        <x:v>-18652398.59</x:v>
       </x:c>
       <x:c r="I706" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J706" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-15754707.96</x:v>
       </x:c>
       <x:c r="K706" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>118.39</x:v>
       </x:c>
     </x:row>
     <x:row r="707">
       <x:c r="A707" s="3" t="str">
-        <x:v>Возврат остатков субсидий на обеспечение закупки авиационных работ в целях оказания медицинской помощи</x:v>
+        <x:v>Возврат остатков субсидий на создание новых мест в общеобразовательных организациях в связи с ростом числа обучающихся, вызванным демографическим фактором, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B707" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C707" s="4" t="n">
-        <x:v>-2990549.11</x:v>
+        <x:v>-59400</x:v>
       </x:c>
       <x:c r="D707" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E707" s="4" t="n">
-        <x:v>-9689758.65</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F707" s="4" t="n">
-        <x:v>30.86</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G707" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H707" s="4" t="n">
-        <x:v>-2990549.11</x:v>
+        <x:v>-59400</x:v>
       </x:c>
       <x:c r="I707" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J707" s="4" t="n">
-        <x:v>-9689758.65</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K707" s="4" t="n">
-        <x:v>30.86</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="708">
       <x:c r="A708" s="3" t="str">
-        <x:v>Возврат остатков субсидий на реализацию мероприятий по модернизации школьных систем образования из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на реализацию мероприятий индивидуальной программы социально-экономического развития Республики Адыгея (Адыгея) из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B708" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C708" s="4" t="n">
-        <x:v>-64906.37</x:v>
+        <x:v>-27331530.92</x:v>
       </x:c>
       <x:c r="D708" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E708" s="4" t="n">
-        <x:v>-1472730.36</x:v>
+        <x:v>-2995615.54</x:v>
       </x:c>
       <x:c r="F708" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>912.38</x:v>
       </x:c>
       <x:c r="G708" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H708" s="4" t="n">
-        <x:v>-64906.37</x:v>
+        <x:v>-27331530.92</x:v>
       </x:c>
       <x:c r="I708" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J708" s="4" t="n">
-        <x:v>-1472730.36</x:v>
+        <x:v>-2995615.54</x:v>
       </x:c>
       <x:c r="K708" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>912.38</x:v>
       </x:c>
     </x:row>
     <x:row r="709">
       <x:c r="A709" s="3" t="str">
-        <x:v>Возврат остатков субсидий на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями медицинских организаций, имеющих в своей структуре подразделения, оказывающие медицинскую помощь по медицинской реабилитации, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на поддержку субъектов Российской Федерации для создания инженерной и транспортной инфраструктуры в целях развития туристских кластеров из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B709" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C709" s="4" t="n">
-        <x:v>-313233.05</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D709" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E709" s="4" t="n">
-        <x:v>-56.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F709" s="4" t="n">
-        <x:v>557453.37</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G709" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H709" s="4" t="n">
-        <x:v>-313233.05</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="I709" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J709" s="4" t="n">
-        <x:v>-56.19</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K709" s="4" t="n">
-        <x:v>557453.37</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="710">
       <x:c r="A710" s="3" t="str">
-        <x:v>Возврат остатков субсидий на развитие зарядной инфраструктуры для электромобилей из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на финансовое обеспечение (возмещение) производителям зерновых культур части затрат на производство и реализацию зерновых культур из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B710" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C710" s="4" t="n">
-        <x:v>-186802.13</x:v>
+        <x:v>-113166.9</x:v>
       </x:c>
       <x:c r="D710" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E710" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F710" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G710" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H710" s="4" t="n">
-        <x:v>-186802.13</x:v>
+        <x:v>-113166.9</x:v>
       </x:c>
       <x:c r="I710" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J710" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K710" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="711">
       <x:c r="A711" s="3" t="str">
-        <x:v>Возврат остатков субсидий на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках финансового обеспечения программ, направленных на обеспечение безопасных и комфортных условий предоставления социальных услуг в сфере социального обслуживания, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий в целях софинансирования расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий по проведению массового обследования новорожденных на врожденные и (или) наследственные заболевания (расширенный неонатальный скрининг), из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B711" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C711" s="4" t="n">
-        <x:v>-10447451.64</x:v>
+        <x:v>-474418.48</x:v>
       </x:c>
       <x:c r="D711" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E711" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1251298.62</x:v>
       </x:c>
       <x:c r="F711" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>37.91</x:v>
       </x:c>
       <x:c r="G711" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H711" s="4" t="n">
-        <x:v>-10447451.64</x:v>
+        <x:v>-474418.48</x:v>
       </x:c>
       <x:c r="I711" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J711" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1251298.62</x:v>
       </x:c>
       <x:c r="K711" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>37.91</x:v>
       </x:c>
     </x:row>
     <x:row r="712">
       <x:c r="A712" s="3" t="str">
-        <x:v>Возврат остатков субсидий на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках создания и модернизации объектов спортивной инфраструктуры региональной собственности (муниципальной собственности) для занятий физической культурой и спортом из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на приведение в нормативное состояние автомобильных дорог и искусственных дорожных сооружений из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B712" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C712" s="4" t="n">
-        <x:v>-109477.58</x:v>
+        <x:v>-49112.4</x:v>
       </x:c>
       <x:c r="D712" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E712" s="4" t="n">
-        <x:v>-996436.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F712" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G712" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H712" s="4" t="n">
-        <x:v>-109477.58</x:v>
+        <x:v>-49112.4</x:v>
       </x:c>
       <x:c r="I712" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J712" s="4" t="n">
-        <x:v>-996436.44</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K712" s="4" t="n">
-        <x:v>10.99</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="713">
       <x:c r="A713" s="3" t="str">
-        <x:v>Возврат остатков субвенций на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 24 ноября 1995 года № 181-ФЗ "О социальной защите инвалидов в Российской Федерации", из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на софинансирование расходов, связанных с оказанием государственной социальной помощи на основании социального контракта отдельным категориям граждан, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B713" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C713" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-950371.76</x:v>
       </x:c>
       <x:c r="D713" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E713" s="4" t="n">
-        <x:v>-50850</x:v>
+        <x:v>-2363130</x:v>
       </x:c>
       <x:c r="F713" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>40.22</x:v>
       </x:c>
       <x:c r="G713" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H713" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-950371.76</x:v>
       </x:c>
       <x:c r="I713" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J713" s="4" t="n">
-        <x:v>-50850</x:v>
+        <x:v>-2363130</x:v>
       </x:c>
       <x:c r="K713" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>40.22</x:v>
       </x:c>
     </x:row>
     <x:row r="714">
       <x:c r="A714" s="3" t="str">
-        <x:v>Возврат остатков субвенций на осуществление переданного полномочия Российской Федерации по осуществлению ежегодной денежной выплаты лицам, награжденным нагрудным знаком "Почетный донор России", из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на реновацию учреждений отрасли культуры из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B714" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C714" s="4" t="n">
-        <x:v>-72456.07</x:v>
+        <x:v>-14305210</x:v>
       </x:c>
       <x:c r="D714" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E714" s="4" t="n">
-        <x:v>-33653.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F714" s="4" t="n">
-        <x:v>215.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G714" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H714" s="4" t="n">
-        <x:v>-72456.07</x:v>
+        <x:v>-14305210</x:v>
       </x:c>
       <x:c r="I714" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J714" s="4" t="n">
-        <x:v>-33653.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K714" s="4" t="n">
-        <x:v>215.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="715">
       <x:c r="A715" s="3" t="str">
-        <x:v>Возврат остатков субвенций на оплату жилищно-коммунальных услуг отдельным категориям граждан из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на создание системы поддержки фермеров и развитие сельской кооперации из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B715" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C715" s="4" t="n">
-        <x:v>-125559.34</x:v>
+        <x:v>-5305124.18</x:v>
       </x:c>
       <x:c r="D715" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E715" s="4" t="n">
-        <x:v>-180713.51</x:v>
+        <x:v>-3710511.19</x:v>
       </x:c>
       <x:c r="F715" s="4" t="n">
-        <x:v>69.48</x:v>
+        <x:v>142.98</x:v>
       </x:c>
       <x:c r="G715" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H715" s="4" t="n">
-        <x:v>-125559.34</x:v>
+        <x:v>-5305124.18</x:v>
       </x:c>
       <x:c r="I715" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J715" s="4" t="n">
-        <x:v>-180713.51</x:v>
+        <x:v>-3710511.19</x:v>
       </x:c>
       <x:c r="K715" s="4" t="n">
-        <x:v>69.48</x:v>
+        <x:v>142.98</x:v>
       </x:c>
     </x:row>
     <x:row r="716">
       <x:c r="A716" s="3" t="str">
-        <x:v>Возврат остатков субвенций на социальные выплаты безработным гражданам и иным категориям граждан в соответствии с законодательством о занятости населения из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на поддержку приоритетных направлений агропромышленного комплекса и развитие малых форм хозяйствования из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B716" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C716" s="4" t="n">
-        <x:v>-250357.67</x:v>
+        <x:v>-3147241.38</x:v>
       </x:c>
       <x:c r="D716" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E716" s="4" t="n">
-        <x:v>-455033.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F716" s="4" t="n">
-        <x:v>55.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G716" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H716" s="4" t="n">
-        <x:v>-250357.67</x:v>
+        <x:v>-3147241.38</x:v>
       </x:c>
       <x:c r="I716" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J716" s="4" t="n">
-        <x:v>-455033.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K716" s="4" t="n">
-        <x:v>55.02</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="717">
       <x:c r="A717" s="3" t="str">
-        <x:v>Возврат остатков субвенций на обеспечение жильем граждан, уволенных с военной службы (службы), и приравненных к ним лиц из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на стимулирование развития приоритетных подотраслей агропромышленного комплекса и развитие малых форм хозяйствования из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B717" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C717" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-23650128.21</x:v>
       </x:c>
       <x:c r="D717" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E717" s="4" t="n">
-        <x:v>-832400</x:v>
+        <x:v>-3486159.39</x:v>
       </x:c>
       <x:c r="F717" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>678.4</x:v>
       </x:c>
       <x:c r="G717" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H717" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-23650128.21</x:v>
       </x:c>
       <x:c r="I717" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J717" s="4" t="n">
-        <x:v>-832400</x:v>
+        <x:v>-3486159.39</x:v>
       </x:c>
       <x:c r="K717" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>678.4</x:v>
       </x:c>
     </x:row>
     <x:row r="718">
       <x:c r="A718" s="3" t="str">
-        <x:v>Возврат остатков субвенций на выполнение полномочий Российской Федерации по осуществлению ежемесячной выплаты в связи с рождением (усыновлением) первого ребенка из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на поддержку сельскохозяйственного производства по отдельным подотраслям растениеводства и животноводства из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B718" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C718" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D718" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E718" s="4" t="n">
-        <x:v>-33002.16</x:v>
+        <x:v>-5968433.67</x:v>
       </x:c>
       <x:c r="F718" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G718" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H718" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I718" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J718" s="4" t="n">
-        <x:v>-33002.16</x:v>
+        <x:v>-5968433.67</x:v>
       </x:c>
       <x:c r="K718" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="719">
       <x:c r="A719" s="3" t="str">
-        <x:v>Возврат остатков иных межбюджетных трансфертов на обеспечение выплат ежемесячного денежного вознаграждения советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, г. Байконура и федеральной территории "Сириус", муниципальных общеобразовательных организаций и профессиональных образовательных организаций из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на развитие сети учреждений культурно-досугового типа из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B719" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C719" s="4" t="n">
-        <x:v>-181941.94</x:v>
+        <x:v>-3033000</x:v>
       </x:c>
       <x:c r="D719" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E719" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F719" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G719" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H719" s="4" t="n">
-        <x:v>-181941.94</x:v>
+        <x:v>-3033000</x:v>
       </x:c>
       <x:c r="I719" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J719" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K719" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="720">
       <x:c r="A720" s="3" t="str">
-        <x:v>Возврат остатков межбюджетных трансфертов прошлых лет на осуществление единовременных выплат медицинским работникам из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на реализацию мероприятий субъектов Российской Федерации в сфере реабилитации и абилитации инвалидов из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B720" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C720" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-33.92</x:v>
       </x:c>
       <x:c r="D720" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E720" s="4" t="n">
-        <x:v>-21160.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F720" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G720" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H720" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-33.92</x:v>
       </x:c>
       <x:c r="I720" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J720" s="4" t="n">
-        <x:v>-21160.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K720" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="721">
       <x:c r="A721" s="3" t="str">
-        <x:v>Возврат остатков иных межбюджетных трансфертов на ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного общего образования, образовательные программы среднего общего образования, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на реализацию мероприятий по созданию в субъектах Российской Федерации новых мест в общеобразовательных организациях из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B721" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C721" s="4" t="n">
-        <x:v>-14758275.38</x:v>
+        <x:v>-65277.46</x:v>
       </x:c>
       <x:c r="D721" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E721" s="4" t="n">
-        <x:v>-4917647.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F721" s="4" t="n">
-        <x:v>300.11</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G721" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H721" s="4" t="n">
-        <x:v>-14758275.38</x:v>
+        <x:v>-65277.46</x:v>
       </x:c>
       <x:c r="I721" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J721" s="4" t="n">
-        <x:v>-4917647.89</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K721" s="4" t="n">
-        <x:v>300.11</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="722">
       <x:c r="A722" s="3" t="str">
-        <x:v>Возврат остатков иных межбюджетных трансфертов на ежемесячное денежное вознаграждение за классное руководство (кураторство) педагогическим работникам государственных образовательных организаций субъектов Российской Федерации и г. Байконура, муниципальных образовательных организаций, реализующих образовательные программы среднего профессионального образования, в том числе программы профессионального обучения для лиц с ограниченными возможностями здоровья, из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на создание модульных некапитальных средств размещения при реализации инвестиционных проектов из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B722" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C722" s="4" t="n">
-        <x:v>-637916.92</x:v>
+        <x:v>-89781746.03</x:v>
       </x:c>
       <x:c r="D722" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E722" s="4" t="n">
-        <x:v>-264839.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F722" s="4" t="n">
-        <x:v>240.87</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G722" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H722" s="4" t="n">
-        <x:v>-637916.92</x:v>
+        <x:v>-89781746.03</x:v>
       </x:c>
       <x:c r="I722" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J722" s="4" t="n">
-        <x:v>-264839.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K722" s="4" t="n">
-        <x:v>240.87</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="723">
       <x:c r="A723" s="3" t="str">
-        <x:v>Возврат остатков иных межбюджетных трансфертов в целях софинансирования расходных обязательств субъектов Российской Федерации по возмещению производителям зерновых культур части затрат на производство и реализацию зерновых культур из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на государственную поддержку малого и среднего предпринимательства, а также физических лиц, применяющих специальный налоговый режим "Налог на профессиональный доход", из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B723" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C723" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1588088.7</x:v>
       </x:c>
       <x:c r="D723" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E723" s="4" t="n">
-        <x:v>-1372415.96</x:v>
+        <x:v>-16830</x:v>
       </x:c>
       <x:c r="F723" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9436.06</x:v>
       </x:c>
       <x:c r="G723" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H723" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1588088.7</x:v>
       </x:c>
       <x:c r="I723" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J723" s="4" t="n">
-        <x:v>-1372415.96</x:v>
+        <x:v>-16830</x:v>
       </x:c>
       <x:c r="K723" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9436.06</x:v>
       </x:c>
     </x:row>
     <x:row r="724">
       <x:c r="A724" s="3" t="str">
-        <x:v>Возврат остатков иных межбюджетных трансфертов на компенсацию расходов, связанных с оказанием медицинскими организациями, подведомственными органам исполнительной власти субъектов Российской Федерации, органам местного самоуправления, гражданам Российской Федерации, гражданам Украины, гражданам Донецкой Народной Республики, гражданам Луганской Народной Республики и лицам без гражданства медицинской помощи, а также затрат по проведению указанным лицам профилактических прививок, включенных в календарь профилактических прививок по эпидемическим показаниям, и затрат по проведению обязательного медицинского освидетельствования указанных лиц из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на реализацию мероприятий по повышению устойчивости жилых домов, основных объектов и систем жизнеобеспечения в сейсмических районах Российской Федерации из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B724" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C724" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-110842.11</x:v>
       </x:c>
       <x:c r="D724" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E724" s="4" t="n">
-        <x:v>-1082489.16</x:v>
+        <x:v>-16126.78</x:v>
       </x:c>
       <x:c r="F724" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>687.32</x:v>
       </x:c>
       <x:c r="G724" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H724" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-110842.11</x:v>
       </x:c>
       <x:c r="I724" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J724" s="4" t="n">
-        <x:v>-1082489.16</x:v>
+        <x:v>-16126.78</x:v>
       </x:c>
       <x:c r="K724" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>687.32</x:v>
       </x:c>
     </x:row>
     <x:row r="725">
       <x:c r="A725" s="3" t="str">
-        <x:v>Возврат остатков иных межбюджетных трансфертов на возмещение расходов, понесенных бюджетами субъектов Российской Федерации, местными бюджетами на размещение и питание граждан Российской Федерации, иностранных граждан и лиц без гражданства, постоянно проживающих на территории Украины, а также на территориях субъектов Российской Федерации, на которых введены максимальный и средний уровни реагирования, вынужденно покинувших жилые помещения и находившихся в пунктах временного размещения и питания на территории Российской Федерации, за счет средств резервного фонда Правительства Российской Федерации из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на обеспечение закупки авиационных работ в целях оказания медицинской помощи</x:v>
       </x:c>
       <x:c r="B725" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C725" s="4" t="n">
-        <x:v>-252</x:v>
+        <x:v>-2990549.11</x:v>
       </x:c>
       <x:c r="D725" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E725" s="4" t="n">
-        <x:v>-588</x:v>
+        <x:v>-9689758.65</x:v>
       </x:c>
       <x:c r="F725" s="4" t="n">
-        <x:v>42.86</x:v>
+        <x:v>30.86</x:v>
       </x:c>
       <x:c r="G725" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H725" s="4" t="n">
-        <x:v>-252</x:v>
+        <x:v>-2990549.11</x:v>
       </x:c>
       <x:c r="I725" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J725" s="4" t="n">
-        <x:v>-588</x:v>
+        <x:v>-9689758.65</x:v>
       </x:c>
       <x:c r="K725" s="4" t="n">
-        <x:v>42.86</x:v>
+        <x:v>30.86</x:v>
       </x:c>
     </x:row>
     <x:row r="726">
       <x:c r="A726" s="3" t="str">
-        <x:v>Возврат прочих остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов муниципальных районов</x:v>
+        <x:v>Возврат остатков субсидий на реализацию мероприятий по модернизации школьных систем образования из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B726" s="4" t="n">
-        <x:v>6948526.88</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C726" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-64906.37</x:v>
       </x:c>
       <x:c r="D726" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E726" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1472730.36</x:v>
       </x:c>
       <x:c r="F726" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="G726" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H726" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-64906.37</x:v>
       </x:c>
       <x:c r="I726" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J726" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-1472730.36</x:v>
       </x:c>
       <x:c r="K726" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="727">
       <x:c r="A727" s="3" t="str">
-        <x:v>Возврат прочих остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов субъектов Российской Федерации</x:v>
+        <x:v>Возврат остатков субсидий на оснащение (дооснащение и (или) переоснащение) медицинскими изделиями медицинских организаций, имеющих в своей структуре подразделения, оказывающие медицинскую помощь по медицинской реабилитации, из бюджетов субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="B727" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C727" s="4" t="n">
-        <x:v>-2589809.82</x:v>
+        <x:v>-313233.05</x:v>
       </x:c>
       <x:c r="D727" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E727" s="4" t="n">
-        <x:v>-1471949.28</x:v>
+        <x:v>-56.19</x:v>
       </x:c>
       <x:c r="F727" s="4" t="n">
-        <x:v>175.94</x:v>
+        <x:v>557453.37</x:v>
       </x:c>
       <x:c r="G727" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H727" s="4" t="n">
-        <x:v>-2589809.82</x:v>
+        <x:v>-313233.05</x:v>
       </x:c>
       <x:c r="I727" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J727" s="4" t="n">
-        <x:v>-1471949.28</x:v>
+        <x:v>-56.19</x:v>
       </x:c>
       <x:c r="K727" s="4" t="n">
-        <x:v>175.94</x:v>
+        <x:v>557453.37</x:v>
       </x:c>
     </x:row>
     <x:row r="728">
       <x:c r="A728" s="3" t="str">
+        <x:v>Возврат остатков субсидий на развитие зарядной инфраструктуры для электромобилей из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B728" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C728" s="4" t="n">
+        <x:v>-186802.13</x:v>
+      </x:c>
+      <x:c r="D728" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E728" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F728" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G728" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H728" s="4" t="n">
+        <x:v>-186802.13</x:v>
+      </x:c>
+      <x:c r="I728" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J728" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K728" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="729">
+      <x:c r="A729" s="3" t="str">
+        <x:v>Возврат остатков субсидий на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках финансового обеспечения программ, направленных на обеспечение безопасных и комфортных условий предоставления социальных услуг в сфере социального обслуживания, из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B729" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C729" s="4" t="n">
+        <x:v>-10447451.64</x:v>
+      </x:c>
+      <x:c r="D729" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E729" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F729" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G729" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H729" s="4" t="n">
+        <x:v>-10447451.64</x:v>
+      </x:c>
+      <x:c r="I729" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J729" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K729" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="730">
+      <x:c r="A730" s="3" t="str">
+        <x:v>Возврат остатков субсидий на софинансирование капитальных вложений в объекты государственной (муниципальной) собственности в рамках создания и модернизации объектов спортивной инфраструктуры региональной собственности (муниципальной собственности) для занятий физической культурой и спортом из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B730" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C730" s="4" t="n">
+        <x:v>-109477.58</x:v>
+      </x:c>
+      <x:c r="D730" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E730" s="4" t="n">
+        <x:v>-996436.44</x:v>
+      </x:c>
+      <x:c r="F730" s="4" t="n">
+        <x:v>10.99</x:v>
+      </x:c>
+      <x:c r="G730" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H730" s="4" t="n">
+        <x:v>-109477.58</x:v>
+      </x:c>
+      <x:c r="I730" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J730" s="4" t="n">
+        <x:v>-996436.44</x:v>
+      </x:c>
+      <x:c r="K730" s="4" t="n">
+        <x:v>10.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="731">
+      <x:c r="A731" s="3" t="str">
+        <x:v>Возврат остатков субвенций на осуществление полномочий по обеспечению жильем отдельных категорий граждан, установленных Федеральным законом от 24 ноября 1995 года № 181-ФЗ "О социальной защите инвалидов в Российской Федерации", из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B731" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C731" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D731" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E731" s="4" t="n">
+        <x:v>-50850</x:v>
+      </x:c>
+      <x:c r="F731" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G731" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H731" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I731" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J731" s="4" t="n">
+        <x:v>-50850</x:v>
+      </x:c>
+      <x:c r="K731" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="732">
+      <x:c r="A732" s="3" t="str">
+        <x:v>Возврат остатков субвенций на осуществление переданного полномочия Российской Федерации по осуществлению ежегодной денежной выплаты лицам, награжденным нагрудным знаком "Почетный донор России", из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B732" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C732" s="4" t="n">
+        <x:v>-72456.07</x:v>
+      </x:c>
+      <x:c r="D732" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E732" s="4" t="n">
+        <x:v>-33653.55</x:v>
+      </x:c>
+      <x:c r="F732" s="4" t="n">
+        <x:v>215.3</x:v>
+      </x:c>
+      <x:c r="G732" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H732" s="4" t="n">
+        <x:v>-72456.07</x:v>
+      </x:c>
+      <x:c r="I732" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J732" s="4" t="n">
+        <x:v>-33653.55</x:v>
+      </x:c>
+      <x:c r="K732" s="4" t="n">
+        <x:v>215.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="733">
+      <x:c r="A733" s="3" t="str">
+        <x:v>Возврат остатков субвенций на оплату жилищно-коммунальных услуг отдельным категориям граждан из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B733" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C733" s="4" t="n">
+        <x:v>-125559.34</x:v>
+      </x:c>
+      <x:c r="D733" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E733" s="4" t="n">
+        <x:v>-180713.51</x:v>
+      </x:c>
+      <x:c r="F733" s="4" t="n">
+        <x:v>69.48</x:v>
+      </x:c>
+      <x:c r="G733" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H733" s="4" t="n">
+        <x:v>-125559.34</x:v>
+      </x:c>
+      <x:c r="I733" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J733" s="4" t="n">
+        <x:v>-180713.51</x:v>
+      </x:c>
+      <x:c r="K733" s="4" t="n">
+        <x:v>69.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="734">
+      <x:c r="A734" s="3" t="str">
+        <x:v>Возврат остатков субвенций на социальные выплаты безработным гражданам и иным категориям граждан в соответствии с законодательством о занятости населения из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B734" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C734" s="4" t="n">
+        <x:v>-266700.19</x:v>
+      </x:c>
+      <x:c r="D734" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E734" s="4" t="n">
+        <x:v>-465283.12</x:v>
+      </x:c>
+      <x:c r="F734" s="4" t="n">
+        <x:v>57.32</x:v>
+      </x:c>
+      <x:c r="G734" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H734" s="4" t="n">
+        <x:v>-266700.19</x:v>
+      </x:c>
+      <x:c r="I734" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J734" s="4" t="n">
+        <x:v>-465283.12</x:v>
+      </x:c>
+      <x:c r="K734" s="4" t="n">
+        <x:v>57.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="735">
+      <x:c r="A735" s="3" t="str">
+        <x:v>Возврат остатков субвенций на обеспечение жильем граждан, уволенных с военной службы (службы), и приравненных к ним лиц из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B735" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C735" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D735" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E735" s="4" t="n">
+        <x:v>-832400</x:v>
+      </x:c>
+      <x:c r="F735" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G735" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H735" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I735" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J735" s="4" t="n">
+        <x:v>-832400</x:v>
+      </x:c>
+      <x:c r="K735" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="736">
+      <x:c r="A736" s="3" t="str">
+        <x:v>Возврат остатков субвенций на выполнение полномочий Российской Федерации по осуществлению ежемесячной выплаты в связи с рождением (усыновлением) первого ребенка из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B736" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C736" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D736" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E736" s="4" t="n">
+        <x:v>-33002.16</x:v>
+      </x:c>
+      <x:c r="F736" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G736" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H736" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I736" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J736" s="4" t="n">
+        <x:v>-33002.16</x:v>
+      </x:c>
+      <x:c r="K736" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="737">
+      <x:c r="A737" s="3" t="str">
+        <x:v>Возврат остатков иных межбюджетных трансфертов на обеспечение выплат ежемесячного денежного вознаграждения советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, г. Байконура и федеральной территории "Сириус", муниципальных общеобразовательных организаций и профессиональных образовательных организаций из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B737" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C737" s="4" t="n">
+        <x:v>-181941.94</x:v>
+      </x:c>
+      <x:c r="D737" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E737" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F737" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G737" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H737" s="4" t="n">
+        <x:v>-181941.94</x:v>
+      </x:c>
+      <x:c r="I737" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J737" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K737" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="738">
+      <x:c r="A738" s="3" t="str">
+        <x:v>Возврат остатков межбюджетных трансфертов прошлых лет на осуществление единовременных выплат медицинским работникам из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B738" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C738" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D738" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E738" s="4" t="n">
+        <x:v>-26616.94</x:v>
+      </x:c>
+      <x:c r="F738" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G738" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H738" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I738" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J738" s="4" t="n">
+        <x:v>-26616.94</x:v>
+      </x:c>
+      <x:c r="K738" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="739">
+      <x:c r="A739" s="3" t="str">
+        <x:v>Возврат остатков иных межбюджетных трансфертов на ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного общего образования, образовательные программы среднего общего образования, из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B739" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C739" s="4" t="n">
+        <x:v>-14758275.38</x:v>
+      </x:c>
+      <x:c r="D739" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E739" s="4" t="n">
+        <x:v>-4917647.89</x:v>
+      </x:c>
+      <x:c r="F739" s="4" t="n">
+        <x:v>300.11</x:v>
+      </x:c>
+      <x:c r="G739" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H739" s="4" t="n">
+        <x:v>-14758275.38</x:v>
+      </x:c>
+      <x:c r="I739" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J739" s="4" t="n">
+        <x:v>-4917647.89</x:v>
+      </x:c>
+      <x:c r="K739" s="4" t="n">
+        <x:v>300.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="740">
+      <x:c r="A740" s="3" t="str">
+        <x:v>Возврат остатков иных межбюджетных трансфертов на ежемесячное денежное вознаграждение за классное руководство (кураторство) педагогическим работникам государственных образовательных организаций субъектов Российской Федерации и г. Байконура, муниципальных образовательных организаций, реализующих образовательные программы среднего профессионального образования, в том числе программы профессионального обучения для лиц с ограниченными возможностями здоровья, из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B740" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C740" s="4" t="n">
+        <x:v>-637916.92</x:v>
+      </x:c>
+      <x:c r="D740" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E740" s="4" t="n">
+        <x:v>-264839.05</x:v>
+      </x:c>
+      <x:c r="F740" s="4" t="n">
+        <x:v>240.87</x:v>
+      </x:c>
+      <x:c r="G740" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H740" s="4" t="n">
+        <x:v>-637916.92</x:v>
+      </x:c>
+      <x:c r="I740" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J740" s="4" t="n">
+        <x:v>-264839.05</x:v>
+      </x:c>
+      <x:c r="K740" s="4" t="n">
+        <x:v>240.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="741">
+      <x:c r="A741" s="3" t="str">
+        <x:v>Возврат остатков иных межбюджетных трансфертов в целях софинансирования расходных обязательств субъектов Российской Федерации по возмещению производителям зерновых культур части затрат на производство и реализацию зерновых культур из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B741" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C741" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D741" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E741" s="4" t="n">
+        <x:v>-1372415.96</x:v>
+      </x:c>
+      <x:c r="F741" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G741" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H741" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I741" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J741" s="4" t="n">
+        <x:v>-1372415.96</x:v>
+      </x:c>
+      <x:c r="K741" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="742">
+      <x:c r="A742" s="3" t="str">
+        <x:v>Возврат остатков иных межбюджетных трансфертов на компенсацию расходов, связанных с оказанием медицинскими организациями, подведомственными органам исполнительной власти субъектов Российской Федерации, органам местного самоуправления, гражданам Российской Федерации, гражданам Украины, гражданам Донецкой Народной Республики, гражданам Луганской Народной Республики и лицам без гражданства медицинской помощи, а также затрат по проведению указанным лицам профилактических прививок, включенных в календарь профилактических прививок по эпидемическим показаниям, и затрат по проведению обязательного медицинского освидетельствования указанных лиц из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B742" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C742" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D742" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E742" s="4" t="n">
+        <x:v>-1082489.16</x:v>
+      </x:c>
+      <x:c r="F742" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G742" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H742" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I742" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J742" s="4" t="n">
+        <x:v>-1082489.16</x:v>
+      </x:c>
+      <x:c r="K742" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="743">
+      <x:c r="A743" s="3" t="str">
+        <x:v>Возврат остатков иных межбюджетных трансфертов на возмещение расходов, понесенных бюджетами субъектов Российской Федерации, местными бюджетами на размещение и питание граждан Российской Федерации, иностранных граждан и лиц без гражданства, постоянно проживающих на территории Украины, а также на территориях субъектов Российской Федерации, на которых введены максимальный и средний уровни реагирования, вынужденно покинувших жилые помещения и находившихся в пунктах временного размещения и питания на территории Российской Федерации, за счет средств резервного фонда Правительства Российской Федерации из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B743" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C743" s="4" t="n">
+        <x:v>-252</x:v>
+      </x:c>
+      <x:c r="D743" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E743" s="4" t="n">
+        <x:v>-588</x:v>
+      </x:c>
+      <x:c r="F743" s="4" t="n">
+        <x:v>42.86</x:v>
+      </x:c>
+      <x:c r="G743" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H743" s="4" t="n">
+        <x:v>-252</x:v>
+      </x:c>
+      <x:c r="I743" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J743" s="4" t="n">
+        <x:v>-588</x:v>
+      </x:c>
+      <x:c r="K743" s="4" t="n">
+        <x:v>42.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="744">
+      <x:c r="A744" s="3" t="str">
+        <x:v>Возврат прочих остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов муниципальных районов</x:v>
+      </x:c>
+      <x:c r="B744" s="4" t="n">
+        <x:v>6948526.88</x:v>
+      </x:c>
+      <x:c r="C744" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D744" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E744" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F744" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G744" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H744" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I744" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J744" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K744" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="745">
+      <x:c r="A745" s="3" t="str">
+        <x:v>Возврат прочих остатков субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, прошлых лет из бюджетов субъектов Российской Федерации</x:v>
+      </x:c>
+      <x:c r="B745" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C745" s="4" t="n">
+        <x:v>-2603372.36</x:v>
+      </x:c>
+      <x:c r="D745" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E745" s="4" t="n">
+        <x:v>-1488904.2</x:v>
+      </x:c>
+      <x:c r="F745" s="4" t="n">
+        <x:v>174.85</x:v>
+      </x:c>
+      <x:c r="G745" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H745" s="4" t="n">
+        <x:v>-2603372.36</x:v>
+      </x:c>
+      <x:c r="I745" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J745" s="4" t="n">
+        <x:v>-1488904.2</x:v>
+      </x:c>
+      <x:c r="K745" s="4" t="n">
+        <x:v>174.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="746">
+      <x:c r="A746" s="3" t="str">
         <x:v>Доходы бюджета - Всего</x:v>
       </x:c>
-      <x:c r="B728" s="4" t="n">
-[...27 lines deleted...]
-        <x:v>98.13</x:v>
+      <x:c r="B746" s="4" t="n">
+        <x:v>53179555791.55</x:v>
+      </x:c>
+      <x:c r="C746" s="4" t="n">
+        <x:v>44007222414.9</x:v>
+      </x:c>
+      <x:c r="D746" s="4" t="n">
+        <x:v>82.75</x:v>
+      </x:c>
+      <x:c r="E746" s="4" t="n">
+        <x:v>45381199481.85</x:v>
+      </x:c>
+      <x:c r="F746" s="4" t="n">
+        <x:v>96.97</x:v>
+      </x:c>
+      <x:c r="G746" s="4" t="n">
+        <x:v>43817960800</x:v>
+      </x:c>
+      <x:c r="H746" s="4" t="n">
+        <x:v>36159615558.12</x:v>
+      </x:c>
+      <x:c r="I746" s="4" t="n">
+        <x:v>82.52</x:v>
+      </x:c>
+      <x:c r="J746" s="4" t="n">
+        <x:v>37477486448.95</x:v>
+      </x:c>
+      <x:c r="K746" s="4" t="n">
+        <x:v>96.48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:K1"/>
     <x:mergeCell ref="A2:K2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>