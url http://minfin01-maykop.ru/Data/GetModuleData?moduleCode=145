--- v0 (2025-10-13)
+++ v1 (2025-12-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb49f4ac948b432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac32243e41124b8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R8be717102330466e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Ra21915c6d72042f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,11181 +65,11664 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8be717102330466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3952d0e909d3478a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra21915c6d72042f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9e0b3a15d546c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
     <x:col min="5" max="5" width="25" bestFit="1"/>
     <x:col min="6" max="6" width="25" bestFit="1"/>
     <x:col min="7" max="7" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>МБТ Республика Адыгея</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>* Источник плановых (прогнозных) значений - Сводная бюджетная роспись республиканского бюджета Республики Адыгея</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 13.10.2025</x:v>
+        <x:v>Данные на 12.12.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Получатель</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>Краткое наименование Ц. ст.</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>* Запланировано</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>Кассовый расход с начала года</x:v>
       </x:c>
       <x:c r="E5" s="2" t="str">
         <x:v>* Запланировано на начало отчетного месяца</x:v>
       </x:c>
       <x:c r="F5" s="2" t="str">
         <x:v>Кассовый расход на начало отчетного месяца</x:v>
       </x:c>
       <x:c r="G5" s="2" t="str">
         <x:v>Процент исполнения</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>Дотации</x:v>
       </x:c>
       <x:c r="B6" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1545199000</x:v>
+        <x:v>1582288000</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>1434181600</x:v>
+        <x:v>1582288000</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>1545199000</x:v>
+        <x:v>1582288000</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1341286000</x:v>
+        <x:v>1550042100</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>92.82</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
-        <x:v>бюджет муниципального образования "Гиагинский район"</x:v>
+        <x:v>Бюджет муниципального образования "Гиагинский район"</x:v>
       </x:c>
       <x:c r="B7" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>164501000</x:v>
+        <x:v>166357700</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>138063000</x:v>
+        <x:v>166357700</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>164501000</x:v>
+        <x:v>166357700</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>124844000</x:v>
+        <x:v>153138700</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>83.93</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>5Ф30260100</x:v>
       </x:c>
       <x:c r="B8" s="3" t="str">
         <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>158628000</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>132190000</x:v>
+        <x:v>158628000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>158628000</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>118971000</x:v>
+        <x:v>145409000</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>83.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B9" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5873000</x:v>
+        <x:v>1856700</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5873000</x:v>
+        <x:v>1856700</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5873000</x:v>
+        <x:v>1856700</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>5873000</x:v>
+        <x:v>1856700</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Город Адыгейск"</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B10" s="3" t="str">
-        <x:v/>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>168919000</x:v>
+        <x:v>5873000</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>156549600</x:v>
+        <x:v>5873000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>168919000</x:v>
+        <x:v>5873000</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>144180000</x:v>
+        <x:v>5873000</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>92.68</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
-        <x:v>5Ф30260100</x:v>
+        <x:v>Бюджет муниципального образования "Город Адыгейск"</x:v>
       </x:c>
       <x:c r="B11" s="3" t="str">
-        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>148435000</x:v>
+        <x:v>170844100</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>136065600</x:v>
+        <x:v>170844100</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>148435000</x:v>
+        <x:v>170844100</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>123696000</x:v>
+        <x:v>170844100</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>91.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
-        <x:v>5Ф30260400</x:v>
+        <x:v>5Ф30260100</x:v>
       </x:c>
       <x:c r="B12" s="3" t="str">
-        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
+        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>17500000</x:v>
+        <x:v>148435000</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>17500000</x:v>
+        <x:v>148435000</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>17500000</x:v>
+        <x:v>148435000</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>17500000</x:v>
+        <x:v>148435000</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>5Ф30260400</x:v>
       </x:c>
       <x:c r="B13" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2984000</x:v>
+        <x:v>17500000</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2984000</x:v>
+        <x:v>17500000</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2984000</x:v>
+        <x:v>17500000</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>2984000</x:v>
+        <x:v>17500000</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
-        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B14" s="3" t="str">
-        <x:v/>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>1925100</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>1925100</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>1925100</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>1925100</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" s="3" t="str">
-        <x:v>5Ф30260400</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B15" s="3" t="str">
-        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>10000000</x:v>
+        <x:v>2984000</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>10000000</x:v>
+        <x:v>2984000</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>10000000</x:v>
+        <x:v>2984000</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>10000000</x:v>
+        <x:v>2984000</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
       </x:c>
       <x:c r="B16" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>9698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>9698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>9698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>9698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" s="3" t="str">
-        <x:v>бюджет муниципального образования "Кошехабльский район"</x:v>
+        <x:v>5Ф30260400</x:v>
       </x:c>
       <x:c r="B17" s="3" t="str">
-        <x:v/>
+        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>306863400</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>306863400</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>306863400</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>306863400</x:v>
+        <x:v>10000000</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" s="3" t="str">
-        <x:v>5Ф30260100</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B18" s="3" t="str">
-        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>245067000</x:v>
+        <x:v>2846300</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>245067000</x:v>
+        <x:v>2846300</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>245067000</x:v>
+        <x:v>2846300</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>245067000</x:v>
+        <x:v>2846300</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" s="3" t="str">
-        <x:v>5Ф30260400</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B19" s="3" t="str">
-        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>53044400</x:v>
+        <x:v>9698000</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>53044400</x:v>
+        <x:v>9698000</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>53044400</x:v>
+        <x:v>9698000</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>53044400</x:v>
+        <x:v>9698000</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>Бюджет муниципального образования "Кошехабльский район"</x:v>
       </x:c>
       <x:c r="B20" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>8752000</x:v>
+        <x:v>310501700</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>8752000</x:v>
+        <x:v>310501700</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>8752000</x:v>
+        <x:v>310501700</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>8752000</x:v>
+        <x:v>310501700</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" s="3" t="str">
-        <x:v>бюджет муниципального образования "Красногвардейский район"</x:v>
+        <x:v>5Ф30260100</x:v>
       </x:c>
       <x:c r="B21" s="3" t="str">
-        <x:v/>
+        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>216289000</x:v>
+        <x:v>245067000</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>200255300</x:v>
+        <x:v>245067000</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>216289000</x:v>
+        <x:v>245067000</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>184222000</x:v>
+        <x:v>245067000</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>92.59</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" s="3" t="str">
-        <x:v>5Ф30260100</x:v>
+        <x:v>5Ф30260400</x:v>
       </x:c>
       <x:c r="B22" s="3" t="str">
-        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
+        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>192400000</x:v>
+        <x:v>53044400</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>176366300</x:v>
+        <x:v>53044400</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>192400000</x:v>
+        <x:v>53044400</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>160333000</x:v>
+        <x:v>53044400</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>91.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" s="3" t="str">
-        <x:v>5Ф30260400</x:v>
+        <x:v>5Ф30360500</x:v>
       </x:c>
       <x:c r="B23" s="3" t="str">
-        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
+        <x:v>Дотации на поощрение достижения наилучших показателей деятельности органов местного самоуправления городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>17400000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>17400000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>17400000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>17400000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B24" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>6489000</x:v>
+        <x:v>1638300</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>6489000</x:v>
+        <x:v>1638300</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>6489000</x:v>
+        <x:v>1638300</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>6489000</x:v>
+        <x:v>1638300</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" s="3" t="str">
-        <x:v>бюджет муниципального образования "Майкопский район"</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B25" s="3" t="str">
-        <x:v/>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>238370600</x:v>
+        <x:v>8752000</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>200316600</x:v>
+        <x:v>8752000</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>238370600</x:v>
+        <x:v>8752000</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>181289500</x:v>
+        <x:v>8752000</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>84.04</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" s="3" t="str">
-        <x:v>5Ф30260100</x:v>
+        <x:v>бюджет муниципального образования "Красногвардейский район"</x:v>
       </x:c>
       <x:c r="B26" s="3" t="str">
-        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>228325000</x:v>
+        <x:v>220099600</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>190271000</x:v>
+        <x:v>220099600</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>228325000</x:v>
+        <x:v>220099600</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>171243900</x:v>
+        <x:v>220099600</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>83.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>5Ф30260100</x:v>
       </x:c>
       <x:c r="B27" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>10045600</x:v>
+        <x:v>192400000</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>10045600</x:v>
+        <x:v>192400000</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>10045600</x:v>
+        <x:v>192400000</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>10045600</x:v>
+        <x:v>192400000</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" s="3" t="str">
-        <x:v>бюджет муниципального образования "Тахтамукайский район"</x:v>
+        <x:v>5Ф30260400</x:v>
       </x:c>
       <x:c r="B28" s="3" t="str">
-        <x:v/>
+        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>11859000</x:v>
+        <x:v>19400000</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>11859000</x:v>
+        <x:v>19400000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>11859000</x:v>
+        <x:v>19400000</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>11859000</x:v>
+        <x:v>19400000</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B29" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>11859000</x:v>
+        <x:v>1810600</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>11859000</x:v>
+        <x:v>1810600</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>11859000</x:v>
+        <x:v>1810600</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>11859000</x:v>
+        <x:v>1810600</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" s="3" t="str">
-        <x:v>бюджет муниципального образования "Теучежский район"</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B30" s="3" t="str">
-        <x:v/>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>177198000</x:v>
+        <x:v>6489000</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>177198000</x:v>
+        <x:v>6489000</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>177198000</x:v>
+        <x:v>6489000</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>163073100</x:v>
+        <x:v>6489000</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" s="3" t="str">
-        <x:v>5Ф30260100</x:v>
+        <x:v>Бюджет муниципального образования "Майкопский район"</x:v>
       </x:c>
       <x:c r="B31" s="3" t="str">
-        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>169492000</x:v>
+        <x:v>245520000</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>169492000</x:v>
+        <x:v>245520000</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>169492000</x:v>
+        <x:v>245520000</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>155367100</x:v>
+        <x:v>226493100</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>5Ф30260100</x:v>
       </x:c>
       <x:c r="B32" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7706000</x:v>
+        <x:v>228325000</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>7706000</x:v>
+        <x:v>228325000</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>7706000</x:v>
+        <x:v>228325000</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>7706000</x:v>
+        <x:v>209298100</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шовгеновский район"</x:v>
+        <x:v>5Ф30360500</x:v>
       </x:c>
       <x:c r="B33" s="3" t="str">
-        <x:v/>
+        <x:v>Дотации на поощрение достижения наилучших показателей деятельности органов местного самоуправления городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>241501000</x:v>
+        <x:v>5000000</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>223378700</x:v>
+        <x:v>5000000</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>241501000</x:v>
+        <x:v>5000000</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>205257000</x:v>
+        <x:v>5000000</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
-        <x:v>92.5</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" s="3" t="str">
-        <x:v>5Ф30260100</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B34" s="3" t="str">
-        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>217461000</x:v>
+        <x:v>2149400</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>199338700</x:v>
+        <x:v>2149400</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>217461000</x:v>
+        <x:v>2149400</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>181217000</x:v>
+        <x:v>2149400</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>91.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" s="3" t="str">
-        <x:v>5Ф30260400</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B35" s="3" t="str">
-        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>17500000</x:v>
+        <x:v>10045600</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>17500000</x:v>
+        <x:v>10045600</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>17500000</x:v>
+        <x:v>10045600</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>17500000</x:v>
+        <x:v>10045600</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>бюджет муниципального образования "Тахтамукайский район"</x:v>
       </x:c>
       <x:c r="B36" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6540000</x:v>
+        <x:v>22497000</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6540000</x:v>
+        <x:v>22497000</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>6540000</x:v>
+        <x:v>22497000</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>6540000</x:v>
+        <x:v>22497000</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" s="3" t="str">
-        <x:v>Иные межбюджетные трансферты</x:v>
+        <x:v>5Ф30360500</x:v>
       </x:c>
       <x:c r="B37" s="3" t="str">
-        <x:v/>
+        <x:v>Дотации на поощрение достижения наилучших показателей деятельности органов местного самоуправления городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>434747880.29</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>334935100.38</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>434747880.29</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>334260100.38</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
-        <x:v>77.04</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" s="3" t="str">
-        <x:v>бюджет муниципального образования "Гиагинский район"</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B38" s="3" t="str">
-        <x:v/>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>35111160</x:v>
+        <x:v>7638000</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>25867726</x:v>
+        <x:v>7638000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>35111160</x:v>
+        <x:v>7638000</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>25867726</x:v>
+        <x:v>7638000</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>73.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" s="3" t="str">
-        <x:v>521Ю650500</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B39" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>781200</x:v>
+        <x:v>11859000</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>588108</x:v>
+        <x:v>11859000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>781200</x:v>
+        <x:v>11859000</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>588108</x:v>
+        <x:v>11859000</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>75.28</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" s="3" t="str">
-        <x:v>521Ю653030</x:v>
+        <x:v>бюджет муниципального образования "Теучежский район"</x:v>
       </x:c>
       <x:c r="B40" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>32654160</x:v>
+        <x:v>180337600</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>23603818</x:v>
+        <x:v>180337600</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>32654160</x:v>
+        <x:v>180337600</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>23603818</x:v>
+        <x:v>180337600</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
-        <x:v>72.28</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" s="3" t="str">
-        <x:v>5220560110</x:v>
+        <x:v>5Ф30260100</x:v>
       </x:c>
       <x:c r="B41" s="3" t="str">
-        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
+        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1675800</x:v>
+        <x:v>169492000</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>1675800</x:v>
+        <x:v>169492000</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>1675800</x:v>
+        <x:v>169492000</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>1675800</x:v>
+        <x:v>169492000</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Город Адыгейск"</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B42" s="3" t="str">
-        <x:v/>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>18663980</x:v>
+        <x:v>3139600</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>14297845</x:v>
+        <x:v>3139600</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>18663980</x:v>
+        <x:v>3139600</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>14297845</x:v>
+        <x:v>3139600</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>76.61</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" s="3" t="str">
-        <x:v>521Ю650500</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B43" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>312500</x:v>
+        <x:v>7706000</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>234604</x:v>
+        <x:v>7706000</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>312500</x:v>
+        <x:v>7706000</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>234604</x:v>
+        <x:v>7706000</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>75.07</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" s="3" t="str">
-        <x:v>521Ю653030</x:v>
+        <x:v>Бюджет муниципального образования "Шовгеновский район"</x:v>
       </x:c>
       <x:c r="B44" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>16717680</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>12429441</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>16717680</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>12429441</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>74.35</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" s="3" t="str">
-        <x:v>5220560110</x:v>
+        <x:v>5Ф30260100</x:v>
       </x:c>
       <x:c r="B45" s="3" t="str">
-        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
+        <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1633800</x:v>
+        <x:v>217461000</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>1633800</x:v>
+        <x:v>217461000</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>1633800</x:v>
+        <x:v>217461000</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>1633800</x:v>
+        <x:v>217461000</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" s="3" t="str">
-        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
+        <x:v>5Ф30260400</x:v>
       </x:c>
       <x:c r="B46" s="3" t="str">
-        <x:v/>
+        <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>79430740.29</x:v>
+        <x:v>17500000</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>60355557</x:v>
+        <x:v>17500000</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>79430740.29</x:v>
+        <x:v>17500000</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>60355557</x:v>
+        <x:v>17500000</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
-        <x:v>75.99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" s="3" t="str">
-        <x:v>521Ю650500</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B47" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>1718840.87</x:v>
+        <x:v>2085000</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>1551732</x:v>
+        <x:v>2085000</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>1718840.87</x:v>
+        <x:v>2085000</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>1551732</x:v>
+        <x:v>2085000</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
-        <x:v>90.28</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" s="3" t="str">
-        <x:v>521Ю653030</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B48" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>72436699.42</x:v>
+        <x:v>6540000</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>53560825</x:v>
+        <x:v>6540000</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>72436699.42</x:v>
+        <x:v>6540000</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>53560825</x:v>
+        <x:v>6540000</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
-        <x:v>73.94</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" s="3" t="str">
-        <x:v>5220560110</x:v>
+        <x:v>Иные межбюджетные трансферты</x:v>
       </x:c>
       <x:c r="B49" s="3" t="str">
-        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5275200</x:v>
+        <x:v>415515680.29</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5243000</x:v>
+        <x:v>398796144.89</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>5275200</x:v>
+        <x:v>434715680.29</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>5243000</x:v>
+        <x:v>376066061.94</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
-        <x:v>99.39</x:v>
+        <x:v>95.98</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" s="3" t="str">
-        <x:v>бюджет муниципального образования "Кошехабльский район"</x:v>
+        <x:v>Бюджет муниципального образования "Гиагинский район"</x:v>
       </x:c>
       <x:c r="B50" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>37259900</x:v>
+        <x:v>34211160</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>29504844.38</x:v>
+        <x:v>34114605.32</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>37259900</x:v>
+        <x:v>35111160</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>29504844.38</x:v>
+        <x:v>31440286</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
-        <x:v>79.19</x:v>
+        <x:v>99.72</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" s="3" t="str">
         <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B51" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>703100</x:v>
+        <x:v>781200</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>615527.38</x:v>
+        <x:v>781200</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>703100</x:v>
+        <x:v>781200</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>615527.38</x:v>
+        <x:v>718308</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
-        <x:v>87.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" s="3" t="str">
         <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B52" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>33591600</x:v>
+        <x:v>31754160</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>25924117</x:v>
+        <x:v>31657605.32</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>33591600</x:v>
+        <x:v>32654160</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>25924117</x:v>
+        <x:v>29046178</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
-        <x:v>77.17</x:v>
+        <x:v>99.7</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" s="3" t="str">
         <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B53" s="3" t="str">
         <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2965200</x:v>
+        <x:v>1675800</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2965200</x:v>
+        <x:v>1675800</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>2965200</x:v>
+        <x:v>1675800</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>2965200</x:v>
+        <x:v>1675800</x:v>
       </x:c>
       <x:c r="G53" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" s="3" t="str">
-        <x:v>бюджет муниципального образования "Красногвардейский район"</x:v>
+        <x:v>Бюджет муниципального образования "Город Адыгейск"</x:v>
       </x:c>
       <x:c r="B54" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>42845120</x:v>
+        <x:v>17493980</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>35450671</x:v>
+        <x:v>17493980</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>42845120</x:v>
+        <x:v>18663980</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>35450671</x:v>
+        <x:v>15592845</x:v>
       </x:c>
       <x:c r="G54" s="4" t="n">
-        <x:v>82.74</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" s="3" t="str">
         <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B55" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>859400</x:v>
+        <x:v>312500</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>717321</x:v>
+        <x:v>312500</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>859400</x:v>
+        <x:v>312500</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>717321</x:v>
+        <x:v>249604</x:v>
       </x:c>
       <x:c r="G55" s="4" t="n">
-        <x:v>83.47</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" s="3" t="str">
         <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B56" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>40309920</x:v>
+        <x:v>15547680</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>33057550</x:v>
+        <x:v>15547680</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>40309920</x:v>
+        <x:v>16717680</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>33057550</x:v>
+        <x:v>13709441</x:v>
       </x:c>
       <x:c r="G56" s="4" t="n">
-        <x:v>82.01</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" s="3" t="str">
         <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B57" s="3" t="str">
         <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1675800</x:v>
+        <x:v>1633800</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1675800</x:v>
+        <x:v>1633800</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>1675800</x:v>
+        <x:v>1633800</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>1675800</x:v>
+        <x:v>1633800</x:v>
       </x:c>
       <x:c r="G57" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" s="3" t="str">
-        <x:v>бюджет муниципального образования "Майкопский район"</x:v>
+        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
       </x:c>
       <x:c r="B58" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>67196720</x:v>
+        <x:v>77898540.29</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>56180336</x:v>
+        <x:v>71455557</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>67196720</x:v>
+        <x:v>79398540.29</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>56180336</x:v>
+        <x:v>71455557</x:v>
       </x:c>
       <x:c r="G58" s="4" t="n">
-        <x:v>83.61</x:v>
+        <x:v>91.73</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" s="3" t="str">
         <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B59" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>859400</x:v>
+        <x:v>1718840.87</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>659771</x:v>
+        <x:v>1651732</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>859400</x:v>
+        <x:v>1718840.87</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>659771</x:v>
+        <x:v>1651732</x:v>
       </x:c>
       <x:c r="G59" s="4" t="n">
-        <x:v>76.77</x:v>
+        <x:v>96.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" s="3" t="str">
         <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B60" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>64527120</x:v>
+        <x:v>70936699.42</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>53710365</x:v>
+        <x:v>64560825</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>64527120</x:v>
+        <x:v>72436699.42</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>53710365</x:v>
+        <x:v>64560825</x:v>
       </x:c>
       <x:c r="G60" s="4" t="n">
-        <x:v>83.24</x:v>
+        <x:v>91.01</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" s="3" t="str">
         <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B61" s="3" t="str">
         <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1810200</x:v>
+        <x:v>5243000</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1810200</x:v>
+        <x:v>5243000</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>1810200</x:v>
+        <x:v>5243000</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>1810200</x:v>
+        <x:v>5243000</x:v>
       </x:c>
       <x:c r="G61" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" s="3" t="str">
-        <x:v>бюджет муниципального образования "Тахтамукайский район"</x:v>
+        <x:v>Бюджет муниципального образования "Кошехабльский район"</x:v>
       </x:c>
       <x:c r="B62" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>104823060</x:v>
+        <x:v>36309900</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>71443108</x:v>
+        <x:v>35540624.02</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>104823060</x:v>
+        <x:v>37259900</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>71443108</x:v>
+        <x:v>30829510.38</x:v>
       </x:c>
       <x:c r="G62" s="4" t="n">
-        <x:v>68.16</x:v>
+        <x:v>97.88</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" s="3" t="str">
         <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B63" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1249920</x:v>
+        <x:v>703100</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1094313</x:v>
+        <x:v>616640</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>1249920</x:v>
+        <x:v>703100</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>1094313</x:v>
+        <x:v>615527.38</x:v>
       </x:c>
       <x:c r="G63" s="4" t="n">
-        <x:v>87.55</x:v>
+        <x:v>87.7</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" s="3" t="str">
         <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B64" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>100599540</x:v>
+        <x:v>32641600</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>67375195</x:v>
+        <x:v>31958784.02</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>100599540</x:v>
+        <x:v>33591600</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>67375195</x:v>
+        <x:v>27248783</x:v>
       </x:c>
       <x:c r="G64" s="4" t="n">
-        <x:v>66.97</x:v>
+        <x:v>97.91</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" s="3" t="str">
         <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B65" s="3" t="str">
         <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>2973600</x:v>
+        <x:v>2965200</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>2973600</x:v>
+        <x:v>2965200</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>2973600</x:v>
+        <x:v>2965200</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>2973600</x:v>
+        <x:v>2965200</x:v>
       </x:c>
       <x:c r="G65" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" s="3" t="str">
-        <x:v>бюджет муниципального образования "Теучежский район"</x:v>
+        <x:v>бюджет муниципального образования "Красногвардейский район"</x:v>
       </x:c>
       <x:c r="B66" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>24592680</x:v>
+        <x:v>42845120</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>20005100</x:v>
+        <x:v>42845100</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>24592680</x:v>
+        <x:v>42845120</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>19330100</x:v>
+        <x:v>42232950</x:v>
       </x:c>
       <x:c r="G66" s="4" t="n">
-        <x:v>81.35</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" s="3" t="str">
         <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B67" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>624960</x:v>
+        <x:v>859400</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>519603</x:v>
+        <x:v>859400</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>624960</x:v>
+        <x:v>859400</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>519603</x:v>
+        <x:v>859400</x:v>
       </x:c>
       <x:c r="G67" s="4" t="n">
-        <x:v>83.14</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" s="3" t="str">
         <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B68" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>22342320</x:v>
+        <x:v>40309920</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>17860097</x:v>
+        <x:v>40309900</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>22342320</x:v>
+        <x:v>40309920</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>17185097</x:v>
+        <x:v>39697750</x:v>
       </x:c>
       <x:c r="G68" s="4" t="n">
-        <x:v>79.94</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" s="3" t="str">
         <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B69" s="3" t="str">
         <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>1625400</x:v>
+        <x:v>1675800</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1625400</x:v>
+        <x:v>1675800</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>1625400</x:v>
+        <x:v>1675800</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>1625400</x:v>
+        <x:v>1675800</x:v>
       </x:c>
       <x:c r="G69" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шовгеновский район"</x:v>
+        <x:v>Бюджет муниципального образования "Майкопский район"</x:v>
       </x:c>
       <x:c r="B70" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>24824520</x:v>
+        <x:v>62696720</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>21829913</x:v>
+        <x:v>62282834.48</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>24824520</x:v>
+        <x:v>67196720</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>21829913</x:v>
+        <x:v>59328011.82</x:v>
       </x:c>
       <x:c r="G70" s="4" t="n">
-        <x:v>87.94</x:v>
+        <x:v>99.34</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" s="3" t="str">
         <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B71" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>468720</x:v>
+        <x:v>859400</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>391263</x:v>
+        <x:v>859400</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>468720</x:v>
+        <x:v>859400</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>391263</x:v>
+        <x:v>809771</x:v>
       </x:c>
       <x:c r="G71" s="4" t="n">
-        <x:v>83.47</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" s="3" t="str">
         <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B72" s="3" t="str">
         <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>22654800</x:v>
+        <x:v>60027120</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>19737650</x:v>
+        <x:v>59615558.66</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>22654800</x:v>
+        <x:v>64527120</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>19737650</x:v>
+        <x:v>56710365</x:v>
       </x:c>
       <x:c r="G72" s="4" t="n">
-        <x:v>87.12</x:v>
+        <x:v>99.31</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" s="3" t="str">
         <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B73" s="3" t="str">
         <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1701000</x:v>
+        <x:v>1810200</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1701000</x:v>
+        <x:v>1807875.82</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>1701000</x:v>
+        <x:v>1810200</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>1701000</x:v>
+        <x:v>1807875.82</x:v>
       </x:c>
       <x:c r="G73" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" s="3" t="str">
-        <x:v>Субвенции</x:v>
+        <x:v>бюджет муниципального образования "Тахтамукайский район"</x:v>
       </x:c>
       <x:c r="B74" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>5677075926.49</x:v>
+        <x:v>96323060</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>4705798224.58</x:v>
+        <x:v>87326264.07</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>5677075926.49</x:v>
+        <x:v>104823060</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>4558939448.13</x:v>
+        <x:v>79419848.44</x:v>
       </x:c>
       <x:c r="G74" s="4" t="n">
-        <x:v>82.89</x:v>
+        <x:v>90.66</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Абадзехское сельское поселение"</x:v>
+        <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B75" s="3" t="str">
-        <x:v/>
+        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1249920</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1223269.07</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1249920</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1193953.44</x:v>
       </x:c>
       <x:c r="G75" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>97.87</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B76" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>92099540</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>83129395</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>100599540</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>75252295</x:v>
       </x:c>
       <x:c r="G76" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>90.26</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "АЙРЮМОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B77" s="3" t="str">
-        <x:v/>
+        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>2973600</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>2973600</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>2973600</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>2973600</x:v>
       </x:c>
       <x:c r="G77" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>бюджет муниципального образования "Теучежский район"</x:v>
       </x:c>
       <x:c r="B78" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>23812680</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>23812680</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>24592680</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>21842553.3</x:v>
       </x:c>
       <x:c r="G78" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "АССОКОЛАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B79" s="3" t="str">
-        <x:v/>
+        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>624960</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>624960</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>624960</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>544171.12</x:v>
       </x:c>
       <x:c r="G79" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B80" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>21562320</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>21562320</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>22342320</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>19672982.18</x:v>
       </x:c>
       <x:c r="G80" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "АФИПСИПСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B81" s="3" t="str">
-        <x:v/>
+        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1625400</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1625400</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1625400</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1625400</x:v>
       </x:c>
       <x:c r="G81" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>Бюджет муниципального образования "Шовгеновский район"</x:v>
       </x:c>
       <x:c r="B82" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>23924520</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>23924500</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>24824520</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>23924500</x:v>
       </x:c>
       <x:c r="G82" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "БЕЛОСЕЛЬСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B83" s="3" t="str">
-        <x:v/>
+        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>468720</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>468700</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>468720</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>468700</x:v>
       </x:c>
       <x:c r="G83" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B84" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>21754800</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>21754800</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>22654800</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>21754800</x:v>
       </x:c>
       <x:c r="G84" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "БЛЕЧЕПСИНСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B85" s="3" t="str">
-        <x:v/>
+        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1701000</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1701000</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1701000</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1701000</x:v>
       </x:c>
       <x:c r="G85" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>Субвенции</x:v>
       </x:c>
       <x:c r="B86" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>5982522226.49</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>5938534002.02</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>5968549226.49</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>5650215239.06</x:v>
       </x:c>
       <x:c r="G86" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "БОЛЬШЕСИДОРОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Абадзехское сельское поселение"</x:v>
       </x:c>
       <x:c r="B87" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C87" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G87" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B88" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G88" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Вольненское сельское поселение"</x:v>
+        <x:v>Бюджет муниципального образования "Айрюмовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B89" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C89" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G89" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B90" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G90" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ВОЧЕПШИЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Ассоколайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B91" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C91" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G91" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B92" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G92" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ГАБУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Афипсипское сельское поселение"</x:v>
       </x:c>
       <x:c r="B93" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C93" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G93" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B94" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G94" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" s="3" t="str">
-        <x:v>бюджет муниципального образования "Гиагинский район"</x:v>
+        <x:v>бюджет муниципального образования "Белосельское сельское поселение"</x:v>
       </x:c>
       <x:c r="B95" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>432360200</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>355012453</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
-        <x:v>432360200</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>339412581.1</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G95" s="4" t="n">
-        <x:v>82.11</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B96" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>128223600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>103412380</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
-        <x:v>128223600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>98412380</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G96" s="4" t="n">
-        <x:v>80.65</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" s="3" t="str">
-        <x:v>5230160080</x:v>
+        <x:v>Бюджет муниципального образования "Блечепсинское сельское поселение"</x:v>
       </x:c>
       <x:c r="B97" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>165000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>79841</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
-        <x:v>165000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>66730</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G97" s="4" t="n">
-        <x:v>48.39</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" s="3" t="str">
-        <x:v>5230160090</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B98" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>283749000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>236548000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
-        <x:v>283749000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>226548000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G98" s="4" t="n">
-        <x:v>83.37</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>бюджет муниципального образования "Большесидоровское сельское поселение"</x:v>
       </x:c>
       <x:c r="B99" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>1312600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>1312600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
-        <x:v>1312600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>1312600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G99" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B100" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>11390300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>7604777</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>11390300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>7604777</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G100" s="4" t="n">
-        <x:v>66.77</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>Бюджет муниципального образования "Вольненское сельское поселение"</x:v>
       </x:c>
       <x:c r="B101" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G101" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" s="3" t="str">
-        <x:v>5Ф30260300</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B102" s="3" t="str">
-        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>4780800</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>3984000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
-        <x:v>4780800</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>3585600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G102" s="4" t="n">
-        <x:v>83.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" s="3" t="str">
-        <x:v>6790061100</x:v>
+        <x:v>бюджет муниципального образования "Вочепшийское сельское поселение"</x:v>
       </x:c>
       <x:c r="B103" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>197500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>164580</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
-        <x:v>197500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>131664</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G103" s="4" t="n">
-        <x:v>83.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" s="3" t="str">
-        <x:v>6790061200</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B104" s="3" t="str">
-        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>923600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>674449</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
-        <x:v>923600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>607004.1</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G104" s="4" t="n">
-        <x:v>73.02</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" s="3" t="str">
-        <x:v>6790061500</x:v>
+        <x:v>бюджет муниципального образования "Габукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B105" s="3" t="str">
-        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G105" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B106" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>1614300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>1231326</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
-        <x:v>1614300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>1143326</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G106" s="4" t="n">
-        <x:v>76.28</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Город Адыгейск"</x:v>
+        <x:v>Бюджет муниципального образования "Гиагинский район"</x:v>
       </x:c>
       <x:c r="B107" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>207093300</x:v>
+        <x:v>440957200</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>156888987.38</x:v>
+        <x:v>438303402.4</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
-        <x:v>207093300</x:v>
+        <x:v>440960200</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>155795265.28</x:v>
+        <x:v>420355202.12</x:v>
       </x:c>
       <x:c r="G107" s="4" t="n">
-        <x:v>75.76</x:v>
+        <x:v>99.4</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" s="3" t="str">
         <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B108" s="3" t="str">
         <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>85683000</x:v>
+        <x:v>134423600</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>65500700</x:v>
+        <x:v>134423600</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
-        <x:v>85683000</x:v>
+        <x:v>134423600</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>65500700</x:v>
+        <x:v>124502980</x:v>
       </x:c>
       <x:c r="G108" s="4" t="n">
-        <x:v>76.45</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" s="3" t="str">
         <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B109" s="3" t="str">
         <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>165000</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>74000</x:v>
+        <x:v>79841</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
-        <x:v>95000</x:v>
+        <x:v>165000</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>79841</x:v>
       </x:c>
       <x:c r="G109" s="4" t="n">
-        <x:v>77.89</x:v>
+        <x:v>48.39</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" s="3" t="str">
         <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B110" s="3" t="str">
         <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>113386000</x:v>
+        <x:v>286149000</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>86677600</x:v>
+        <x:v>286149000</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
-        <x:v>113386000</x:v>
+        <x:v>286149000</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>85677600</x:v>
+        <x:v>278628000</x:v>
       </x:c>
       <x:c r="G110" s="4" t="n">
-        <x:v>76.44</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" s="3" t="str">
         <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B111" s="3" t="str">
         <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>355000</x:v>
+        <x:v>1312600</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>355000</x:v>
+        <x:v>1294940.4</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
-        <x:v>355000</x:v>
+        <x:v>1312600</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>355000</x:v>
+        <x:v>1312600</x:v>
       </x:c>
       <x:c r="G111" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>98.65</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" s="3" t="str">
         <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B112" s="3" t="str">
         <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>4560300</x:v>
+        <x:v>11390300</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>2548629.66</x:v>
+        <x:v>8862757</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
-        <x:v>4560300</x:v>
+        <x:v>11390300</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>2548629.66</x:v>
+        <x:v>8862757</x:v>
       </x:c>
       <x:c r="G112" s="4" t="n">
-        <x:v>55.89</x:v>
+        <x:v>77.81</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" s="3" t="str">
         <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B113" s="3" t="str">
         <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>3000</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G113" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5Ф30260300</x:v>
       </x:c>
       <x:c r="B114" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>1266000</x:v>
+        <x:v>4780800</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>943650</x:v>
+        <x:v>4780800</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
-        <x:v>1266000</x:v>
+        <x:v>4780800</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>943650</x:v>
+        <x:v>4382400</x:v>
       </x:c>
       <x:c r="G114" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" s="3" t="str">
         <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B115" s="3" t="str">
         <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>197500</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>181038</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>197500</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>181038</x:v>
       </x:c>
       <x:c r="G115" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>91.66</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" s="3" t="str">
         <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B116" s="3" t="str">
         <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>906800</x:v>
+        <x:v>923600</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>744407.72</x:v>
+        <x:v>923600</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
-        <x:v>906800</x:v>
+        <x:v>923600</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>674685.62</x:v>
+        <x:v>797760.12</x:v>
       </x:c>
       <x:c r="G116" s="4" t="n">
-        <x:v>82.09</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>6790061500</x:v>
       </x:c>
       <x:c r="B117" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>793200</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
-        <x:v>793200</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G117" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" s="3" t="str">
-        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B118" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>1646979526.49</x:v>
+        <x:v>1614300</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>1414730026.64</x:v>
+        <x:v>1607326</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
-        <x:v>1646979526.49</x:v>
+        <x:v>1614300</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>1372269592.23</x:v>
+        <x:v>1607326</x:v>
       </x:c>
       <x:c r="G118" s="4" t="n">
-        <x:v>85.9</x:v>
+        <x:v>99.57</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>Бюджет муниципального образования "Город Адыгейск"</x:v>
       </x:c>
       <x:c r="B119" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>750155900</x:v>
+        <x:v>207890300</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>593868280.43</x:v>
+        <x:v>205838466.13</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
-        <x:v>750155900</x:v>
+        <x:v>207893300</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>566868280.43</x:v>
+        <x:v>185704672.83</x:v>
       </x:c>
       <x:c r="G119" s="4" t="n">
-        <x:v>79.17</x:v>
+        <x:v>99.01</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" s="3" t="str">
-        <x:v>5230160070</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B120" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного образования в частных дошкольных образовательных организациях</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>86483000</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>86483000</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>86483000</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>77218700</x:v>
       </x:c>
       <x:c r="G120" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="121">
       <x:c r="A121" s="3" t="str">
         <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B121" s="3" t="str">
         <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>1677000</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>879188.74</x:v>
+        <x:v>74000</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
-        <x:v>1677000</x:v>
+        <x:v>95000</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>708264.45</x:v>
+        <x:v>74000</x:v>
       </x:c>
       <x:c r="G121" s="4" t="n">
-        <x:v>52.43</x:v>
+        <x:v>77.89</x:v>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" s="3" t="str">
         <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B122" s="3" t="str">
         <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>868091326.49</x:v>
+        <x:v>113386000</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>795962298.76</x:v>
+        <x:v>113386000</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
-        <x:v>868091326.49</x:v>
+        <x:v>113386000</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>780962298.76</x:v>
+        <x:v>102603600</x:v>
       </x:c>
       <x:c r="G122" s="4" t="n">
-        <x:v>91.69</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" s="3" t="str">
-        <x:v>5230160100</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B123" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного, начального общего, основного общего, среднего общего образования в частных общеобразовательных организациях, осуществляющих образовательную деятельность по имеющим государ</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>7546700</x:v>
+        <x:v>355000</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>7546700</x:v>
+        <x:v>355000</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
-        <x:v>7546700</x:v>
+        <x:v>355000</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>7546700</x:v>
+        <x:v>355000</x:v>
       </x:c>
       <x:c r="G123" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B124" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>4580800</x:v>
+        <x:v>4560300</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>4580800</x:v>
+        <x:v>3005224.34</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
-        <x:v>4580800</x:v>
+        <x:v>4560300</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>4580800</x:v>
+        <x:v>3005224.34</x:v>
       </x:c>
       <x:c r="G124" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>65.9</x:v>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B125" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>6099000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>3639220.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>6099000</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>3639220.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G125" s="4" t="n">
-        <x:v>59.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B126" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>1266000</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1266000</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>1266000</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1266000</x:v>
       </x:c>
       <x:c r="G126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" s="3" t="str">
         <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B127" s="3" t="str">
         <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
         <x:v>45000</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
         <x:v>45000</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>45000</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
         <x:v>45000</x:v>
       </x:c>
       <x:c r="G127" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" s="3" t="str">
         <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B128" s="3" t="str">
         <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>3712000</x:v>
+        <x:v>906800</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>3514077.22</x:v>
+        <x:v>906800</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
-        <x:v>3712000</x:v>
+        <x:v>906800</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>3224567.1</x:v>
+        <x:v>819706.7</x:v>
       </x:c>
       <x:c r="G128" s="4" t="n">
-        <x:v>94.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" s="3" t="str">
         <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B129" s="3" t="str">
         <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>5018800</x:v>
+        <x:v>793200</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>4694461.4</x:v>
+        <x:v>317441.79</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
-        <x:v>5018800</x:v>
+        <x:v>793200</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>4694461.4</x:v>
+        <x:v>317441.79</x:v>
       </x:c>
       <x:c r="G129" s="4" t="n">
-        <x:v>93.54</x:v>
+        <x:v>40.02</x:v>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДАХОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
       </x:c>
       <x:c r="B130" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1786035426.49</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1768930417.83</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1772038426.49</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1768930417.83</x:v>
       </x:c>
       <x:c r="G130" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>99.04</x:v>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B131" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>746155900</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>746155900</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>746155900</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>746155900</x:v>
       </x:c>
       <x:c r="G131" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДЖЕРОКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160070</x:v>
       </x:c>
       <x:c r="B132" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного образования в частных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G132" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B133" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1677000</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>879188.74</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1677000</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>879188.74</x:v>
       </x:c>
       <x:c r="G133" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>52.43</x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДЖИДЖИХАБЛЬСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B134" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1011164626.49</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>997164626.49</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>997164626.49</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>997164626.49</x:v>
       </x:c>
       <x:c r="G134" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>98.62</x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160100</x:v>
       </x:c>
       <x:c r="B135" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного, начального общего, основного общего, среднего общего образования в частных общеобразовательных организациях, осуществляющих образовательную деятельность по имеющим государ</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>7546700</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>7546700</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>7546700</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>7546700</x:v>
       </x:c>
       <x:c r="G135" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДМИТРИЕВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B136" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>4566400</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>4451886.4</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>4566400</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>4451886.4</x:v>
       </x:c>
       <x:c r="G136" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>97.49</x:v>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B137" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>6099000</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>4280654.8</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>6099000</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>4280654.8</x:v>
       </x:c>
       <x:c r="G137" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>70.19</x:v>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Дондуковское сельское поселение"</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B138" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G138" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B139" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="G139" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="140">
       <x:c r="A140" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДУКМАСОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B140" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>3712000</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>3712000</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>3712000</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>3712000</x:v>
       </x:c>
       <x:c r="G140" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="141">
       <x:c r="A141" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B141" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>5018800</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>4694461.4</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>5018800</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>4694461.4</x:v>
       </x:c>
       <x:c r="G141" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>93.54</x:v>
       </x:c>
     </x:row>
     <x:row r="142">
       <x:c r="A142" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ЕГЕРУХАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Даховское сельское поселение"</x:v>
       </x:c>
       <x:c r="B142" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>173300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>127005</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
-        <x:v>173300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>127005</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G142" s="4" t="n">
-        <x:v>73.29</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="143">
       <x:c r="A143" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B143" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>173300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>127005</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
-        <x:v>173300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>127005</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G143" s="4" t="n">
-        <x:v>73.29</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="144">
       <x:c r="A144" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ЕЛЕНОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Джерокайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B144" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C144" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G144" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="145">
       <x:c r="A145" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B145" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G145" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="146">
       <x:c r="A146" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ЗАРЕВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Джиджихабльское сельское поселение"</x:v>
       </x:c>
       <x:c r="B146" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C146" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G146" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="147">
       <x:c r="A147" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B147" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G147" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="148">
       <x:c r="A148" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ИГНАТЬЕВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Дмитриевское сельское поселение"</x:v>
       </x:c>
       <x:c r="B148" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>173300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>127005</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
-        <x:v>173300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>127005</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G148" s="4" t="n">
-        <x:v>73.29</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="149">
       <x:c r="A149" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B149" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>173300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>127005</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
-        <x:v>173300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>127005</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G149" s="4" t="n">
-        <x:v>73.29</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="150">
       <x:c r="A150" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Каменномостское сельское поселение"</x:v>
+        <x:v>Бюджет муниципального образования "Дондуковское сельское поселение"</x:v>
       </x:c>
       <x:c r="B150" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C150" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G150" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="151">
       <x:c r="A151" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B151" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G151" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="152">
       <x:c r="A152" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "КЕЛЕРМЕССКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Дукмасовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B152" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C152" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G152" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B153" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G153" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "КИРОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Егерухайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B154" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="G154" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B155" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="G155" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "КОЗЕТСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Еленовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B156" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C156" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G156" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B157" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G157" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" s="3" t="str">
-        <x:v>бюджет муниципального образования "Кошехабльский район"</x:v>
+        <x:v>бюджет муниципального образования "Заревское сельское поселение"</x:v>
       </x:c>
       <x:c r="B158" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>402755600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>331924111.08</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
-        <x:v>402755600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>314219248.14</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G158" s="4" t="n">
-        <x:v>82.41</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="159">
       <x:c r="A159" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B159" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>123864700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>99874850.1</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
-        <x:v>123864700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>92674850.1</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G159" s="4" t="n">
-        <x:v>80.63</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c r="A160" s="3" t="str">
-        <x:v>5230160080</x:v>
+        <x:v>Бюджет муниципального образования "Игнатьевское сельское поселение"</x:v>
       </x:c>
       <x:c r="B160" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>85000</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>29200</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
-        <x:v>85000</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>24400</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="G160" s="4" t="n">
-        <x:v>34.35</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="161">
       <x:c r="A161" s="3" t="str">
-        <x:v>5230160090</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B161" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>256683000</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>217788048.6</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
-        <x:v>256683000</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>207788048.6</x:v>
+        <x:v>173300</x:v>
       </x:c>
       <x:c r="G161" s="4" t="n">
-        <x:v>84.85</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c r="A162" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>Бюджет муниципального образования "Каменномостское сельское поселение"</x:v>
       </x:c>
       <x:c r="B162" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>611700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>611700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
-        <x:v>611700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>611700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G162" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="163">
       <x:c r="A163" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B163" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>13196400</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>7300000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
-        <x:v>13196400</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>7300000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G163" s="4" t="n">
-        <x:v>55.32</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>Бюджет муниципального образования "Келермесское сельское поселение"</x:v>
       </x:c>
       <x:c r="B164" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G164" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="165">
       <x:c r="A165" s="3" t="str">
-        <x:v>5Ф30260300</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B165" s="3" t="str">
-        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>4547900</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>3790000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
-        <x:v>4547900</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>3411000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G165" s="4" t="n">
-        <x:v>83.34</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="166">
       <x:c r="A166" s="3" t="str">
-        <x:v>6790061100</x:v>
+        <x:v>Бюджет муниципального образования "Кировское сельское поселение"</x:v>
       </x:c>
       <x:c r="B166" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>329500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>274580</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
-        <x:v>329500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>219664</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G166" s="4" t="n">
-        <x:v>83.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="167">
       <x:c r="A167" s="3" t="str">
-        <x:v>6790061200</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B167" s="3" t="str">
-        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>898200</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>719532.38</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
-        <x:v>898200</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>653385.44</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G167" s="4" t="n">
-        <x:v>80.11</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="168">
       <x:c r="A168" s="3" t="str">
-        <x:v>6790061500</x:v>
+        <x:v>бюджет муниципального образования "Козетское сельское поселение"</x:v>
       </x:c>
       <x:c r="B168" s="3" t="str">
-        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G168" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="169">
       <x:c r="A169" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B169" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>2535700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>1535700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
-        <x:v>2535700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>1535700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G169" s="4" t="n">
-        <x:v>60.56</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="170">
       <x:c r="A170" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "КОШЕХАБЛЬСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Кошехабльский район"</x:v>
       </x:c>
       <x:c r="B170" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>420458600</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>414730400</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>420461600</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>414211517.32</x:v>
       </x:c>
       <x:c r="G170" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>98.64</x:v>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B171" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>129164700</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>129164700</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>129164700</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>129164700</x:v>
       </x:c>
       <x:c r="G171" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" s="3" t="str">
-        <x:v>бюджет муниципального образования "Красногвардейский район"</x:v>
+        <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B172" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>430845100</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>337496362.24</x:v>
+        <x:v>29200</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
-        <x:v>430845100</x:v>
+        <x:v>85000</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
-        <x:v>326451935.92</x:v>
+        <x:v>29200</x:v>
       </x:c>
       <x:c r="G172" s="4" t="n">
-        <x:v>78.33</x:v>
+        <x:v>34.35</x:v>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B173" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>110837200</x:v>
+        <x:v>269083000</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>84984352</x:v>
+        <x:v>269083000</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
-        <x:v>110837200</x:v>
+        <x:v>269083000</x:v>
       </x:c>
       <x:c r="F173" s="4" t="n">
-        <x:v>80984352</x:v>
+        <x:v>269083000</x:v>
       </x:c>
       <x:c r="G173" s="4" t="n">
-        <x:v>76.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" s="3" t="str">
-        <x:v>5230160080</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B174" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>163000</x:v>
+        <x:v>617700</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>90225.36</x:v>
+        <x:v>611700</x:v>
       </x:c>
       <x:c r="E174" s="4" t="n">
-        <x:v>163000</x:v>
+        <x:v>617700</x:v>
       </x:c>
       <x:c r="F174" s="4" t="n">
-        <x:v>60150.24</x:v>
+        <x:v>611700</x:v>
       </x:c>
       <x:c r="G174" s="4" t="n">
-        <x:v>55.35</x:v>
+        <x:v>99.03</x:v>
       </x:c>
     </x:row>
     <x:row r="175">
       <x:c r="A175" s="3" t="str">
-        <x:v>5230160090</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B175" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>303130000</x:v>
+        <x:v>13196400</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>240789223.2</x:v>
+        <x:v>8530000</x:v>
       </x:c>
       <x:c r="E175" s="4" t="n">
-        <x:v>303130000</x:v>
+        <x:v>13196400</x:v>
       </x:c>
       <x:c r="F175" s="4" t="n">
-        <x:v>234289223.2</x:v>
+        <x:v>8530000</x:v>
       </x:c>
       <x:c r="G175" s="4" t="n">
-        <x:v>79.43</x:v>
+        <x:v>64.64</x:v>
       </x:c>
     </x:row>
     <x:row r="176">
       <x:c r="A176" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B176" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>674800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>674800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E176" s="4" t="n">
-        <x:v>674800</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F176" s="4" t="n">
-        <x:v>674800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G176" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="177">
       <x:c r="A177" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>5Ф30260300</x:v>
       </x:c>
       <x:c r="B177" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>8109600</x:v>
+        <x:v>4547900</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>4420375.12</x:v>
+        <x:v>4547900</x:v>
       </x:c>
       <x:c r="E177" s="4" t="n">
-        <x:v>8109600</x:v>
+        <x:v>4547900</x:v>
       </x:c>
       <x:c r="F177" s="4" t="n">
-        <x:v>4420375.12</x:v>
+        <x:v>4169000</x:v>
       </x:c>
       <x:c r="G177" s="4" t="n">
-        <x:v>54.51</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="178">
       <x:c r="A178" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B178" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>329500</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>329500</x:v>
       </x:c>
       <x:c r="E178" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>329500</x:v>
       </x:c>
       <x:c r="F178" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>302038</x:v>
       </x:c>
       <x:c r="G178" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="179">
       <x:c r="A179" s="3" t="str">
-        <x:v>5Ф30260300</x:v>
+        <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B179" s="3" t="str">
-        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
+        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>4814300</x:v>
+        <x:v>898200</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>4012000</x:v>
+        <x:v>898200</x:v>
       </x:c>
       <x:c r="E179" s="4" t="n">
-        <x:v>4814300</x:v>
+        <x:v>898200</x:v>
       </x:c>
       <x:c r="F179" s="4" t="n">
-        <x:v>3610800</x:v>
+        <x:v>785679.32</x:v>
       </x:c>
       <x:c r="G179" s="4" t="n">
-        <x:v>83.34</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="180">
       <x:c r="A180" s="3" t="str">
-        <x:v>6790061100</x:v>
+        <x:v>6790061500</x:v>
       </x:c>
       <x:c r="B180" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
+        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>263500</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>219580</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E180" s="4" t="n">
-        <x:v>263500</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F180" s="4" t="n">
-        <x:v>175664</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G180" s="4" t="n">
-        <x:v>83.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="181">
       <x:c r="A181" s="3" t="str">
-        <x:v>6790061200</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B181" s="3" t="str">
-        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>923600</x:v>
+        <x:v>2535700</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>692352</x:v>
+        <x:v>1535700</x:v>
       </x:c>
       <x:c r="E181" s="4" t="n">
-        <x:v>923600</x:v>
+        <x:v>2535700</x:v>
       </x:c>
       <x:c r="F181" s="4" t="n">
-        <x:v>623116.8</x:v>
+        <x:v>1535700</x:v>
       </x:c>
       <x:c r="G181" s="4" t="n">
-        <x:v>74.96</x:v>
+        <x:v>60.56</x:v>
       </x:c>
     </x:row>
     <x:row r="182">
       <x:c r="A182" s="3" t="str">
-        <x:v>6790061500</x:v>
+        <x:v>Бюджет муниципального образования "Кошехабльское сельское поселение"</x:v>
       </x:c>
       <x:c r="B182" s="3" t="str">
-        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E182" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F182" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G182" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="183">
       <x:c r="A183" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B183" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>1925600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>1612954.56</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E183" s="4" t="n">
-        <x:v>1925600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F183" s="4" t="n">
-        <x:v>1612954.56</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G183" s="4" t="n">
-        <x:v>83.76</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="184">
       <x:c r="A184" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "КРАСНООКТЯБРЬСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Красногвардейский район"</x:v>
       </x:c>
       <x:c r="B184" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>844000</x:v>
+        <x:v>436444000</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>629100</x:v>
+        <x:v>433661578.3</x:v>
       </x:c>
       <x:c r="E184" s="4" t="n">
-        <x:v>844000</x:v>
+        <x:v>436447000</x:v>
       </x:c>
       <x:c r="F184" s="4" t="n">
-        <x:v>629100</x:v>
+        <x:v>397894748.3</x:v>
       </x:c>
       <x:c r="G184" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>99.36</x:v>
       </x:c>
     </x:row>
     <x:row r="185">
       <x:c r="A185" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B185" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>844000</x:v>
+        <x:v>116437200</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>629100</x:v>
+        <x:v>116437200</x:v>
       </x:c>
       <x:c r="E185" s="4" t="n">
-        <x:v>844000</x:v>
+        <x:v>116437200</x:v>
       </x:c>
       <x:c r="F185" s="4" t="n">
-        <x:v>629100</x:v>
+        <x:v>99082107.6</x:v>
       </x:c>
       <x:c r="G185" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="186">
       <x:c r="A186" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "КРАСНОУЛЬСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B186" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>173400</x:v>
+        <x:v>163000</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>126990</x:v>
+        <x:v>90225.36</x:v>
       </x:c>
       <x:c r="E186" s="4" t="n">
-        <x:v>173400</x:v>
+        <x:v>163000</x:v>
       </x:c>
       <x:c r="F186" s="4" t="n">
-        <x:v>126990</x:v>
+        <x:v>90225.36</x:v>
       </x:c>
       <x:c r="G186" s="4" t="n">
-        <x:v>73.24</x:v>
+        <x:v>55.35</x:v>
       </x:c>
     </x:row>
     <x:row r="187">
       <x:c r="A187" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B187" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C187" s="4" t="n">
-        <x:v>173400</x:v>
+        <x:v>303130000</x:v>
       </x:c>
       <x:c r="D187" s="4" t="n">
-        <x:v>126990</x:v>
+        <x:v>303130000</x:v>
       </x:c>
       <x:c r="E187" s="4" t="n">
-        <x:v>173400</x:v>
+        <x:v>303130000</x:v>
       </x:c>
       <x:c r="F187" s="4" t="n">
-        <x:v>126990</x:v>
+        <x:v>285305237.2</x:v>
       </x:c>
       <x:c r="G187" s="4" t="n">
-        <x:v>73.24</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="188">
       <x:c r="A188" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "КУЖОРСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B188" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C188" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>676700</x:v>
       </x:c>
       <x:c r="D188" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>676700</x:v>
       </x:c>
       <x:c r="E188" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>676700</x:v>
       </x:c>
       <x:c r="F188" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>674800</x:v>
       </x:c>
       <x:c r="G188" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="189">
       <x:c r="A189" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B189" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C189" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>8109600</x:v>
       </x:c>
       <x:c r="D189" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>5428259.68</x:v>
       </x:c>
       <x:c r="E189" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>8109600</x:v>
       </x:c>
       <x:c r="F189" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>5428259.68</x:v>
       </x:c>
       <x:c r="G189" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>66.94</x:v>
       </x:c>
     </x:row>
     <x:row r="190">
       <x:c r="A190" s="3" t="str">
-        <x:v>бюджет муниципального образования "Майкопский район"</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B190" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C190" s="4" t="n">
-        <x:v>751535800</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D190" s="4" t="n">
-        <x:v>606291472.21</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E190" s="4" t="n">
-        <x:v>751535800</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F190" s="4" t="n">
-        <x:v>594929095.77</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G190" s="4" t="n">
-        <x:v>80.67</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="191">
       <x:c r="A191" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>5Ф30260300</x:v>
       </x:c>
       <x:c r="B191" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>199125600</x:v>
+        <x:v>4814300</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>165333500</x:v>
+        <x:v>4814300</x:v>
       </x:c>
       <x:c r="E191" s="4" t="n">
-        <x:v>199125600</x:v>
+        <x:v>4814300</x:v>
       </x:c>
       <x:c r="F191" s="4" t="n">
-        <x:v>161427500</x:v>
+        <x:v>4413200</x:v>
       </x:c>
       <x:c r="G191" s="4" t="n">
-        <x:v>83.03</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="192">
       <x:c r="A192" s="3" t="str">
-        <x:v>5230160080</x:v>
+        <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B192" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>190000</x:v>
+        <x:v>263500</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>59496.97</x:v>
+        <x:v>263500</x:v>
       </x:c>
       <x:c r="E192" s="4" t="n">
-        <x:v>190000</x:v>
+        <x:v>263500</x:v>
       </x:c>
       <x:c r="F192" s="4" t="n">
-        <x:v>46942.29</x:v>
+        <x:v>241538</x:v>
       </x:c>
       <x:c r="G192" s="4" t="n">
-        <x:v>31.31</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="193">
       <x:c r="A193" s="3" t="str">
-        <x:v>5230160090</x:v>
+        <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B193" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
+        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>528697000</x:v>
+        <x:v>923600</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>425205978</x:v>
+        <x:v>923600</x:v>
       </x:c>
       <x:c r="E193" s="4" t="n">
-        <x:v>528697000</x:v>
+        <x:v>923600</x:v>
       </x:c>
       <x:c r="F193" s="4" t="n">
-        <x:v>418696000</x:v>
+        <x:v>761587.2</x:v>
       </x:c>
       <x:c r="G193" s="4" t="n">
-        <x:v>80.43</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>6790061500</x:v>
       </x:c>
       <x:c r="B194" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>1471700</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>1471700</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E194" s="4" t="n">
-        <x:v>1471700</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F194" s="4" t="n">
-        <x:v>1471700</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G194" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="195">
       <x:c r="A195" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B195" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>7956000</x:v>
+        <x:v>1925600</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>4850000</x:v>
+        <x:v>1897293.26</x:v>
       </x:c>
       <x:c r="E195" s="4" t="n">
-        <x:v>7956000</x:v>
+        <x:v>1925600</x:v>
       </x:c>
       <x:c r="F195" s="4" t="n">
-        <x:v>4850000</x:v>
+        <x:v>1897293.26</x:v>
       </x:c>
       <x:c r="G195" s="4" t="n">
-        <x:v>60.96</x:v>
+        <x:v>98.53</x:v>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>Бюджет муниципального образования "Краснооктябрьское сельское поселение"</x:v>
       </x:c>
       <x:c r="B196" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="E196" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="F196" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="G196" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="197">
       <x:c r="A197" s="3" t="str">
-        <x:v>5Ф30260300</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B197" s="3" t="str">
-        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>8873400</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>7395000</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="E197" s="4" t="n">
-        <x:v>8873400</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="F197" s="4" t="n">
-        <x:v>6655500</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="G197" s="4" t="n">
-        <x:v>83.34</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="198">
       <x:c r="A198" s="3" t="str">
-        <x:v>6790061100</x:v>
+        <x:v>Бюджет муниципального образования "Красноульское сельское поселение"</x:v>
       </x:c>
       <x:c r="B198" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>362500</x:v>
+        <x:v>173400</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>302080</x:v>
+        <x:v>173400</x:v>
       </x:c>
       <x:c r="E198" s="4" t="n">
-        <x:v>362500</x:v>
+        <x:v>173400</x:v>
       </x:c>
       <x:c r="F198" s="4" t="n">
-        <x:v>241664</x:v>
+        <x:v>173400</x:v>
       </x:c>
       <x:c r="G198" s="4" t="n">
-        <x:v>83.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="199">
       <x:c r="A199" s="3" t="str">
-        <x:v>6790061200</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B199" s="3" t="str">
-        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>1859800</x:v>
+        <x:v>173400</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>1315957.33</x:v>
+        <x:v>173400</x:v>
       </x:c>
       <x:c r="E199" s="4" t="n">
-        <x:v>1859800</x:v>
+        <x:v>173400</x:v>
       </x:c>
       <x:c r="F199" s="4" t="n">
-        <x:v>1182029.57</x:v>
+        <x:v>173400</x:v>
       </x:c>
       <x:c r="G199" s="4" t="n">
-        <x:v>70.76</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="200">
       <x:c r="A200" s="3" t="str">
-        <x:v>6790061500</x:v>
+        <x:v>Бюджет муниципального образования "Кужорское сельское поселение"</x:v>
       </x:c>
       <x:c r="B200" s="3" t="str">
-        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E200" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F200" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G200" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="201">
       <x:c r="A201" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B201" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C201" s="4" t="n">
-        <x:v>2996300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D201" s="4" t="n">
-        <x:v>357259.91</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E201" s="4" t="n">
-        <x:v>2996300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F201" s="4" t="n">
-        <x:v>357259.91</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G201" s="4" t="n">
-        <x:v>11.92</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="202">
       <x:c r="A202" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "МАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Майкопский район"</x:v>
       </x:c>
       <x:c r="B202" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C202" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>764839300</x:v>
       </x:c>
       <x:c r="D202" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>761743849.86</x:v>
       </x:c>
       <x:c r="E202" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>764842300</x:v>
       </x:c>
       <x:c r="F202" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>698385943.71</x:v>
       </x:c>
       <x:c r="G202" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>99.6</x:v>
       </x:c>
     </x:row>
     <x:row r="203">
       <x:c r="A203" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B203" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C203" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>207425600</x:v>
       </x:c>
       <x:c r="D203" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>207425600</x:v>
       </x:c>
       <x:c r="E203" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>207425600</x:v>
       </x:c>
       <x:c r="F203" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>191638200</x:v>
       </x:c>
       <x:c r="G203" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="204">
       <x:c r="A204" s="3" t="str">
-        <x:v>бюджет муниципального образования "МАМХЕГСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B204" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C204" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>190000</x:v>
       </x:c>
       <x:c r="D204" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>59496.97</x:v>
       </x:c>
       <x:c r="E204" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>190000</x:v>
       </x:c>
       <x:c r="F204" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>59496.97</x:v>
       </x:c>
       <x:c r="G204" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>31.31</x:v>
       </x:c>
     </x:row>
     <x:row r="205">
       <x:c r="A205" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B205" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C205" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>533697000</x:v>
       </x:c>
       <x:c r="D205" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>533697000</x:v>
       </x:c>
       <x:c r="E205" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>533697000</x:v>
       </x:c>
       <x:c r="F205" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>487215000</x:v>
       </x:c>
       <x:c r="G205" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="206">
       <x:c r="A206" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Натырбовское сельское поселение"</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B206" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C206" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1478200</x:v>
       </x:c>
       <x:c r="D206" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1471700</x:v>
       </x:c>
       <x:c r="E206" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1478200</x:v>
       </x:c>
       <x:c r="F206" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1471700</x:v>
       </x:c>
       <x:c r="G206" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>99.56</x:v>
       </x:c>
     </x:row>
     <x:row r="207">
       <x:c r="A207" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B207" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C207" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>7956000</x:v>
       </x:c>
       <x:c r="D207" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>6100000</x:v>
       </x:c>
       <x:c r="E207" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>7956000</x:v>
       </x:c>
       <x:c r="F207" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>6100000</x:v>
       </x:c>
       <x:c r="G207" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>76.67</x:v>
       </x:c>
     </x:row>
     <x:row r="208">
       <x:c r="A208" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ПОБЕДЕНСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B208" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C208" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D208" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E208" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F208" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G208" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="209">
       <x:c r="A209" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5Ф30260300</x:v>
       </x:c>
       <x:c r="B209" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
       </x:c>
       <x:c r="C209" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>8873400</x:v>
       </x:c>
       <x:c r="D209" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>8873400</x:v>
       </x:c>
       <x:c r="E209" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>8873400</x:v>
       </x:c>
       <x:c r="F209" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>8134500</x:v>
       </x:c>
       <x:c r="G209" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ПОНЕЖУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B210" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C210" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>362500</x:v>
       </x:c>
       <x:c r="D210" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>362500</x:v>
       </x:c>
       <x:c r="E210" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>362500</x:v>
       </x:c>
       <x:c r="F210" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>332288</x:v>
       </x:c>
       <x:c r="G210" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="211">
       <x:c r="A211" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B211" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C211" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1859800</x:v>
       </x:c>
       <x:c r="D211" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1859800</x:v>
       </x:c>
       <x:c r="E211" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1859800</x:v>
       </x:c>
       <x:c r="F211" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1540405.85</x:v>
       </x:c>
       <x:c r="G211" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="212">
       <x:c r="A212" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ПЧЕГАТЛУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6790061500</x:v>
       </x:c>
       <x:c r="B212" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
       </x:c>
       <x:c r="C212" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D212" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E212" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F212" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G212" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="213">
       <x:c r="A213" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B213" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C213" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>2996300</x:v>
       </x:c>
       <x:c r="D213" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1893852.89</x:v>
       </x:c>
       <x:c r="E213" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>2996300</x:v>
       </x:c>
       <x:c r="F213" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1893852.89</x:v>
       </x:c>
       <x:c r="G213" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>63.21</x:v>
       </x:c>
     </x:row>
     <x:row r="214">
       <x:c r="A214" s="3" t="str">
-        <x:v>бюджет муниципального образования "Садовское сельское поселение"</x:v>
+        <x:v>Бюджет муниципального образования "Майское сельское поселение"</x:v>
       </x:c>
       <x:c r="B214" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C214" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D214" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E214" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F214" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G214" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B215" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C215" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D215" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E215" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F215" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G215" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="216">
       <x:c r="A216" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "СЕРГИЕВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Мамхегское сельское поселение"</x:v>
       </x:c>
       <x:c r="B216" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C216" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D216" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E216" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F216" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G216" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="217">
       <x:c r="A217" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B217" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C217" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D217" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E217" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F217" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G217" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="218">
       <x:c r="A218" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "СТАРОБЖЕГОКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Натырбовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B218" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C218" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D218" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E218" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F218" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G218" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="219">
       <x:c r="A219" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B219" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C219" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D219" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E219" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F219" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G219" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="220">
       <x:c r="A220" s="3" t="str">
-        <x:v>бюджет муниципального образования "Тахтамукайский район"</x:v>
+        <x:v>Бюджет муниципального образования "Победенское сельское поселение"</x:v>
       </x:c>
       <x:c r="B220" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C220" s="4" t="n">
-        <x:v>1323060700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D220" s="4" t="n">
-        <x:v>1073981425.56</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E220" s="4" t="n">
-        <x:v>1323060700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F220" s="4" t="n">
-        <x:v>1037154634.12</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G220" s="4" t="n">
-        <x:v>81.17</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="221">
       <x:c r="A221" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B221" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C221" s="4" t="n">
-        <x:v>522176300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D221" s="4" t="n">
-        <x:v>393060550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E221" s="4" t="n">
-        <x:v>522176300</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F221" s="4" t="n">
-        <x:v>378060550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G221" s="4" t="n">
-        <x:v>75.27</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="222">
       <x:c r="A222" s="3" t="str">
-        <x:v>5230160070</x:v>
+        <x:v>бюджет муниципального образования "Понежукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B222" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного образования в частных дошкольных образовательных организациях</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C222" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D222" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E222" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F222" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G222" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="223">
       <x:c r="A223" s="3" t="str">
-        <x:v>5230160080</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B223" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C223" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D223" s="4" t="n">
-        <x:v>11902.49</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E223" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F223" s="4" t="n">
-        <x:v>10878.21</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G223" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="224">
       <x:c r="A224" s="3" t="str">
-        <x:v>5230160090</x:v>
+        <x:v>бюджет муниципального образования "Пчегатлукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B224" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C224" s="4" t="n">
-        <x:v>752022000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D224" s="4" t="n">
-        <x:v>641730060</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E224" s="4" t="n">
-        <x:v>752022000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F224" s="4" t="n">
-        <x:v>621730060</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G224" s="4" t="n">
-        <x:v>85.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="225">
       <x:c r="A225" s="3" t="str">
-        <x:v>5230160100</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B225" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного, начального общего, основного общего, среднего общего образования в частных общеобразовательных организациях, осуществляющих образовательную деятельность по имеющим государ</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C225" s="4" t="n">
-        <x:v>3150400</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D225" s="4" t="n">
-        <x:v>2385700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E225" s="4" t="n">
-        <x:v>3150400</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F225" s="4" t="n">
-        <x:v>2385700</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G225" s="4" t="n">
-        <x:v>75.73</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="226">
       <x:c r="A226" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>бюджет муниципального образования "Садовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B226" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C226" s="4" t="n">
-        <x:v>2132500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D226" s="4" t="n">
-        <x:v>2132500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E226" s="4" t="n">
-        <x:v>2132500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F226" s="4" t="n">
-        <x:v>2132500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G226" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B227" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C227" s="4" t="n">
-        <x:v>15912000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D227" s="4" t="n">
-        <x:v>9400000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E227" s="4" t="n">
-        <x:v>15912000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F227" s="4" t="n">
-        <x:v>9400000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G227" s="4" t="n">
-        <x:v>59.07</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>Бюджет муниципального образования "Сергиевское сельское поселение"</x:v>
       </x:c>
       <x:c r="B228" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C228" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D228" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E228" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F228" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G228" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="229">
       <x:c r="A229" s="3" t="str">
-        <x:v>5Ф30260300</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B229" s="3" t="str">
-        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C229" s="4" t="n">
-        <x:v>19656400</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D229" s="4" t="n">
-        <x:v>17881000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E229" s="4" t="n">
-        <x:v>19656400</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F229" s="4" t="n">
-        <x:v>16993400</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G229" s="4" t="n">
-        <x:v>90.97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="230">
       <x:c r="A230" s="3" t="str">
-        <x:v>6790061100</x:v>
+        <x:v>бюджет муниципального образования "Старобжегокайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B230" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C230" s="4" t="n">
-        <x:v>263500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D230" s="4" t="n">
-        <x:v>175664</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E230" s="4" t="n">
-        <x:v>263500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F230" s="4" t="n">
-        <x:v>175664</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G230" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="231">
       <x:c r="A231" s="3" t="str">
-        <x:v>6790061200</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B231" s="3" t="str">
-        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C231" s="4" t="n">
-        <x:v>1986800</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D231" s="4" t="n">
-        <x:v>1986800</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E231" s="4" t="n">
-        <x:v>1986800</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F231" s="4" t="n">
-        <x:v>1838921.13</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G231" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="232">
       <x:c r="A232" s="3" t="str">
-        <x:v>6790061500</x:v>
+        <x:v>бюджет муниципального образования "Тахтамукайский район"</x:v>
       </x:c>
       <x:c r="B232" s="3" t="str">
-        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C232" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>1392257700</x:v>
       </x:c>
       <x:c r="D232" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>1387215641.73</x:v>
       </x:c>
       <x:c r="E232" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>1392260700</x:v>
       </x:c>
       <x:c r="F232" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>1263260459.73</x:v>
       </x:c>
       <x:c r="G232" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>99.64</x:v>
       </x:c>
     </x:row>
     <x:row r="233">
       <x:c r="A233" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B233" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C233" s="4" t="n">
-        <x:v>5637300</x:v>
+        <x:v>526776300</x:v>
       </x:c>
       <x:c r="D233" s="4" t="n">
-        <x:v>5216749.07</x:v>
+        <x:v>526776300</x:v>
       </x:c>
       <x:c r="E233" s="4" t="n">
-        <x:v>5637300</x:v>
+        <x:v>526776300</x:v>
       </x:c>
       <x:c r="F233" s="4" t="n">
-        <x:v>4426460.78</x:v>
+        <x:v>465727050</x:v>
       </x:c>
       <x:c r="G233" s="4" t="n">
-        <x:v>92.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="234">
       <x:c r="A234" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ТАХТАМУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160070</x:v>
       </x:c>
       <x:c r="B234" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного образования в частных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C234" s="4" t="n">
-        <x:v>844000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="D234" s="4" t="n">
-        <x:v>629100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E234" s="4" t="n">
-        <x:v>844000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="F234" s="4" t="n">
-        <x:v>629100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G234" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="235">
       <x:c r="A235" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B235" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C235" s="4" t="n">
-        <x:v>844000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="D235" s="4" t="n">
-        <x:v>629100</x:v>
+        <x:v>11902.49</x:v>
       </x:c>
       <x:c r="E235" s="4" t="n">
-        <x:v>844000</x:v>
+        <x:v>70000</x:v>
       </x:c>
       <x:c r="F235" s="4" t="n">
-        <x:v>629100</x:v>
+        <x:v>11902.49</x:v>
       </x:c>
       <x:c r="G235" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="236">
       <x:c r="A236" s="3" t="str">
-        <x:v>бюджет муниципального образования "Теучежский район"</x:v>
+        <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B236" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C236" s="4" t="n">
-        <x:v>237671200</x:v>
+        <x:v>816622000</x:v>
       </x:c>
       <x:c r="D236" s="4" t="n">
-        <x:v>224055393.67</x:v>
+        <x:v>816622000</x:v>
       </x:c>
       <x:c r="E236" s="4" t="n">
-        <x:v>237671200</x:v>
+        <x:v>816622000</x:v>
       </x:c>
       <x:c r="F236" s="4" t="n">
-        <x:v>220659802.77</x:v>
+        <x:v>754869730</x:v>
       </x:c>
       <x:c r="G236" s="4" t="n">
-        <x:v>94.27</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="237">
       <x:c r="A237" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>5230160100</x:v>
       </x:c>
       <x:c r="B237" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного, начального общего, основного общего, среднего общего образования в частных общеобразовательных организациях, осуществляющих образовательную деятельность по имеющим государ</x:v>
       </x:c>
       <x:c r="C237" s="4" t="n">
-        <x:v>71917200</x:v>
+        <x:v>3150400</x:v>
       </x:c>
       <x:c r="D237" s="4" t="n">
-        <x:v>65161500</x:v>
+        <x:v>3150400</x:v>
       </x:c>
       <x:c r="E237" s="4" t="n">
-        <x:v>71917200</x:v>
+        <x:v>3150400</x:v>
       </x:c>
       <x:c r="F237" s="4" t="n">
-        <x:v>62161500</x:v>
+        <x:v>2906500</x:v>
       </x:c>
       <x:c r="G237" s="4" t="n">
-        <x:v>90.61</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="238">
       <x:c r="A238" s="3" t="str">
-        <x:v>5230160080</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B238" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C238" s="4" t="n">
-        <x:v>71000</x:v>
+        <x:v>2132500</x:v>
       </x:c>
       <x:c r="D238" s="4" t="n">
-        <x:v>15988.39</x:v>
+        <x:v>2132500</x:v>
       </x:c>
       <x:c r="E238" s="4" t="n">
-        <x:v>71000</x:v>
+        <x:v>2132500</x:v>
       </x:c>
       <x:c r="F238" s="4" t="n">
-        <x:v>13072.78</x:v>
+        <x:v>2132500</x:v>
       </x:c>
       <x:c r="G238" s="4" t="n">
-        <x:v>22.52</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="239">
       <x:c r="A239" s="3" t="str">
-        <x:v>5230160090</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B239" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C239" s="4" t="n">
-        <x:v>150448000</x:v>
+        <x:v>15912000</x:v>
       </x:c>
       <x:c r="D239" s="4" t="n">
-        <x:v>150448000</x:v>
+        <x:v>11000000</x:v>
       </x:c>
       <x:c r="E239" s="4" t="n">
-        <x:v>150448000</x:v>
+        <x:v>15912000</x:v>
       </x:c>
       <x:c r="F239" s="4" t="n">
-        <x:v>150448000</x:v>
+        <x:v>11000000</x:v>
       </x:c>
       <x:c r="G239" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>69.13</x:v>
       </x:c>
     </x:row>
     <x:row r="240">
       <x:c r="A240" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B240" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C240" s="4" t="n">
-        <x:v>274600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D240" s="4" t="n">
-        <x:v>274600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E240" s="4" t="n">
-        <x:v>274600</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F240" s="4" t="n">
-        <x:v>274600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G240" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="241">
       <x:c r="A241" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>5Ф30260300</x:v>
       </x:c>
       <x:c r="B241" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
       </x:c>
       <x:c r="C241" s="4" t="n">
-        <x:v>9252600</x:v>
+        <x:v>19656400</x:v>
       </x:c>
       <x:c r="D241" s="4" t="n">
-        <x:v>4369093.44</x:v>
+        <x:v>19656400</x:v>
       </x:c>
       <x:c r="E241" s="4" t="n">
-        <x:v>9252600</x:v>
+        <x:v>19656400</x:v>
       </x:c>
       <x:c r="F241" s="4" t="n">
-        <x:v>4369093.44</x:v>
+        <x:v>18768600</x:v>
       </x:c>
       <x:c r="G241" s="4" t="n">
-        <x:v>47.22</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="242">
       <x:c r="A242" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B242" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C242" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>263500</x:v>
       </x:c>
       <x:c r="D242" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>263500</x:v>
       </x:c>
       <x:c r="E242" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>263500</x:v>
       </x:c>
       <x:c r="F242" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>241538</x:v>
       </x:c>
       <x:c r="G242" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="243">
       <x:c r="A243" s="3" t="str">
-        <x:v>5Ф30260300</x:v>
+        <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B243" s="3" t="str">
-        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
+        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C243" s="4" t="n">
-        <x:v>3339000</x:v>
+        <x:v>1986800</x:v>
       </x:c>
       <x:c r="D243" s="4" t="n">
-        <x:v>2782000</x:v>
+        <x:v>1986800</x:v>
       </x:c>
       <x:c r="E243" s="4" t="n">
-        <x:v>3339000</x:v>
+        <x:v>1986800</x:v>
       </x:c>
       <x:c r="F243" s="4" t="n">
-        <x:v>2503800</x:v>
+        <x:v>1986800</x:v>
       </x:c>
       <x:c r="G243" s="4" t="n">
-        <x:v>83.32</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="244">
       <x:c r="A244" s="3" t="str">
-        <x:v>6790061100</x:v>
+        <x:v>6790061500</x:v>
       </x:c>
       <x:c r="B244" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
+        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
       </x:c>
       <x:c r="C244" s="4" t="n">
-        <x:v>263500</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D244" s="4" t="n">
-        <x:v>219580</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E244" s="4" t="n">
-        <x:v>263500</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F244" s="4" t="n">
-        <x:v>175664</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G244" s="4" t="n">
-        <x:v>83.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="245">
       <x:c r="A245" s="3" t="str">
-        <x:v>6790061200</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B245" s="3" t="str">
-        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C245" s="4" t="n">
-        <x:v>974300</x:v>
+        <x:v>5637300</x:v>
       </x:c>
       <x:c r="D245" s="4" t="n">
-        <x:v>784131.84</x:v>
+        <x:v>5615339.24</x:v>
       </x:c>
       <x:c r="E245" s="4" t="n">
-        <x:v>974300</x:v>
+        <x:v>5637300</x:v>
       </x:c>
       <x:c r="F245" s="4" t="n">
-        <x:v>713572.55</x:v>
+        <x:v>5615339.24</x:v>
       </x:c>
       <x:c r="G245" s="4" t="n">
-        <x:v>80.48</x:v>
+        <x:v>99.61</x:v>
       </x:c>
     </x:row>
     <x:row r="246">
       <x:c r="A246" s="3" t="str">
-        <x:v>6790061500</x:v>
+        <x:v>бюджет муниципального образования "Тахтамукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B246" s="3" t="str">
-        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C246" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="D246" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="E246" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="F246" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="G246" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="247">
       <x:c r="A247" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B247" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C247" s="4" t="n">
-        <x:v>1127500</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="D247" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="E247" s="4" t="n">
-        <x:v>1127500</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="F247" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>844000</x:v>
       </x:c>
       <x:c r="G247" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="248">
       <x:c r="A248" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ТИМИРЯЗЕВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Теучежский район"</x:v>
       </x:c>
       <x:c r="B248" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C248" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>270468200</x:v>
       </x:c>
       <x:c r="D248" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>266452446.27</x:v>
       </x:c>
       <x:c r="E248" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>270471200</x:v>
       </x:c>
       <x:c r="F248" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>262420235.34</x:v>
       </x:c>
       <x:c r="G248" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>98.52</x:v>
       </x:c>
     </x:row>
     <x:row r="249">
       <x:c r="A249" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B249" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C249" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>77717200</x:v>
       </x:c>
       <x:c r="D249" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>77717200</x:v>
       </x:c>
       <x:c r="E249" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>77717200</x:v>
       </x:c>
       <x:c r="F249" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>74080570</x:v>
       </x:c>
       <x:c r="G249" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="250">
       <x:c r="A250" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ТЛЮСТЕНХАБЛЬСКОЕ ГОРОДСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B250" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C250" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>71000</x:v>
       </x:c>
       <x:c r="D250" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>15988.39</x:v>
       </x:c>
       <x:c r="E250" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>71000</x:v>
       </x:c>
       <x:c r="F250" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>15988.39</x:v>
       </x:c>
       <x:c r="G250" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>22.52</x:v>
       </x:c>
     </x:row>
     <x:row r="251">
       <x:c r="A251" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B251" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C251" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>177448000</x:v>
       </x:c>
       <x:c r="D251" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>177448000</x:v>
       </x:c>
       <x:c r="E251" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>177448000</x:v>
       </x:c>
       <x:c r="F251" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>177448000</x:v>
       </x:c>
       <x:c r="G251" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="252">
       <x:c r="A252" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "УЛЯПСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B252" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C252" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>274600</x:v>
       </x:c>
       <x:c r="D252" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>274600</x:v>
       </x:c>
       <x:c r="E252" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>274600</x:v>
       </x:c>
       <x:c r="F252" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>274600</x:v>
       </x:c>
       <x:c r="G252" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="253">
       <x:c r="A253" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B253" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C253" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>9252600</x:v>
       </x:c>
       <x:c r="D253" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>5319093.44</x:v>
       </x:c>
       <x:c r="E253" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>9252600</x:v>
       </x:c>
       <x:c r="F253" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>5319093.44</x:v>
       </x:c>
       <x:c r="G253" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>57.49</x:v>
       </x:c>
     </x:row>
     <x:row r="254">
       <x:c r="A254" s="3" t="str">
-        <x:v>бюджет муниципального образования "Хакуринохабльское сельское поселение"</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B254" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C254" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D254" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E254" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F254" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G254" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="255">
       <x:c r="A255" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5Ф30260300</x:v>
       </x:c>
       <x:c r="B255" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
       </x:c>
       <x:c r="C255" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>3339000</x:v>
       </x:c>
       <x:c r="D255" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>3339000</x:v>
       </x:c>
       <x:c r="E255" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>3339000</x:v>
       </x:c>
       <x:c r="F255" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>3060200</x:v>
       </x:c>
       <x:c r="G255" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="256">
       <x:c r="A256" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ХАТАЖУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B256" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C256" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>263500</x:v>
       </x:c>
       <x:c r="D256" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>241538</x:v>
       </x:c>
       <x:c r="E256" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>263500</x:v>
       </x:c>
       <x:c r="F256" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>241538</x:v>
       </x:c>
       <x:c r="G256" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>91.67</x:v>
       </x:c>
     </x:row>
     <x:row r="257">
       <x:c r="A257" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B257" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C257" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>974300</x:v>
       </x:c>
       <x:c r="D257" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>974300</x:v>
       </x:c>
       <x:c r="E257" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>974300</x:v>
       </x:c>
       <x:c r="F257" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>857519.07</x:v>
       </x:c>
       <x:c r="G257" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="258">
       <x:c r="A258" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ХАТУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6790061500</x:v>
       </x:c>
       <x:c r="B258" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
       </x:c>
       <x:c r="C258" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D258" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E258" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F258" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G258" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="259">
       <x:c r="A259" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B259" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C259" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1127500</x:v>
       </x:c>
       <x:c r="D259" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1122226.44</x:v>
       </x:c>
       <x:c r="E259" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>1127500</x:v>
       </x:c>
       <x:c r="F259" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>1122226.44</x:v>
       </x:c>
       <x:c r="G259" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>99.53</x:v>
       </x:c>
     </x:row>
     <x:row r="260">
       <x:c r="A260" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ХОДЗИНСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Тимирязевское сельское поселение"</x:v>
       </x:c>
       <x:c r="B260" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C260" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D260" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E260" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F260" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G260" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="261">
       <x:c r="A261" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B261" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C261" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D261" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E261" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F261" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G261" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="262">
       <x:c r="A262" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шенджийское сельское поселение"</x:v>
+        <x:v>бюджет муниципального образования "Тлюстенхабльское городское поселение"</x:v>
       </x:c>
       <x:c r="B262" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C262" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D262" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E262" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F262" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G262" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="263">
       <x:c r="A263" s="3" t="str">
         <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B263" s="3" t="str">
         <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C263" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D263" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E263" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F263" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G263" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="264">
       <x:c r="A264" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шовгеновский район"</x:v>
+        <x:v>бюджет муниципального образования "Уляпское сельское поселение"</x:v>
       </x:c>
       <x:c r="B264" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C264" s="4" t="n">
-        <x:v>222732500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D264" s="4" t="n">
-        <x:v>188994942.8</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E264" s="4" t="n">
-        <x:v>222732500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F264" s="4" t="n">
-        <x:v>181624242.8</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G264" s="4" t="n">
-        <x:v>84.85</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="265">
       <x:c r="A265" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B265" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C265" s="4" t="n">
-        <x:v>57136500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D265" s="4" t="n">
-        <x:v>49697655.58</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E265" s="4" t="n">
-        <x:v>57136500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F265" s="4" t="n">
-        <x:v>48097655.58</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G265" s="4" t="n">
-        <x:v>86.98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="266">
       <x:c r="A266" s="3" t="str">
-        <x:v>5230160080</x:v>
+        <x:v>бюджет муниципального образования "Хакуринохабльское сельское поселение"</x:v>
       </x:c>
       <x:c r="B266" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C266" s="4" t="n">
-        <x:v>54000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D266" s="4" t="n">
-        <x:v>9712</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E266" s="4" t="n">
-        <x:v>54000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F266" s="4" t="n">
-        <x:v>9712</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G266" s="4" t="n">
-        <x:v>17.99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="267">
       <x:c r="A267" s="3" t="str">
-        <x:v>5230160090</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B267" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C267" s="4" t="n">
-        <x:v>155174000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D267" s="4" t="n">
-        <x:v>131960701.6</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E267" s="4" t="n">
-        <x:v>155174000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F267" s="4" t="n">
-        <x:v>126460701.6</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G267" s="4" t="n">
-        <x:v>85.04</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="268">
       <x:c r="A268" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>бюджет муниципального образования "Хатажукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B268" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C268" s="4" t="n">
-        <x:v>327000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D268" s="4" t="n">
-        <x:v>327000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E268" s="4" t="n">
-        <x:v>327000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F268" s="4" t="n">
-        <x:v>327000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G268" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="269">
       <x:c r="A269" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B269" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C269" s="4" t="n">
-        <x:v>5928200</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D269" s="4" t="n">
-        <x:v>4120500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E269" s="4" t="n">
-        <x:v>5928200</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F269" s="4" t="n">
-        <x:v>4120500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G269" s="4" t="n">
-        <x:v>69.51</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="270">
       <x:c r="A270" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>бюджет муниципального образования "Хатукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B270" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C270" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D270" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E270" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F270" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G270" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="271">
       <x:c r="A271" s="3" t="str">
-        <x:v>5Ф30260300</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B271" s="3" t="str">
-        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C271" s="4" t="n">
-        <x:v>2443000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D271" s="4" t="n">
-        <x:v>2036000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E271" s="4" t="n">
-        <x:v>2443000</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F271" s="4" t="n">
-        <x:v>1832400</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G271" s="4" t="n">
-        <x:v>83.34</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c r="A272" s="3" t="str">
-        <x:v>6790061100</x:v>
+        <x:v>Бюджет муниципального образования "Ходзинское сельское поселение"</x:v>
       </x:c>
       <x:c r="B272" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C272" s="4" t="n">
-        <x:v>230500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D272" s="4" t="n">
-        <x:v>153664</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E272" s="4" t="n">
-        <x:v>230500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F272" s="4" t="n">
-        <x:v>153664</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G272" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="273">
       <x:c r="A273" s="3" t="str">
-        <x:v>6790061200</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B273" s="3" t="str">
-        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C273" s="4" t="n">
-        <x:v>910900</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D273" s="4" t="n">
-        <x:v>689209.62</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E273" s="4" t="n">
-        <x:v>910900</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F273" s="4" t="n">
-        <x:v>622109.62</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G273" s="4" t="n">
-        <x:v>75.66</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="274">
       <x:c r="A274" s="3" t="str">
-        <x:v>6790061500</x:v>
+        <x:v>бюджет муниципального образования "Шенджийское сельское поселение"</x:v>
       </x:c>
       <x:c r="B274" s="3" t="str">
-        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C274" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D274" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E274" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F274" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G274" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="275">
       <x:c r="A275" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B275" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C275" s="4" t="n">
-        <x:v>524900</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D275" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E275" s="4" t="n">
-        <x:v>524900</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F275" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G275" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="276">
       <x:c r="A276" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ЯБЛОНОВСКОЕ ГОРОДСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Шовгеновский район"</x:v>
       </x:c>
       <x:c r="B276" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C276" s="4" t="n">
-        <x:v>2532000</x:v>
+        <x:v>241129500</x:v>
       </x:c>
       <x:c r="D276" s="4" t="n">
-        <x:v>1887300</x:v>
+        <x:v>239615799.5</x:v>
       </x:c>
       <x:c r="E276" s="4" t="n">
-        <x:v>2532000</x:v>
+        <x:v>241132500</x:v>
       </x:c>
       <x:c r="F276" s="4" t="n">
-        <x:v>1887300</x:v>
+        <x:v>217010041.88</x:v>
       </x:c>
       <x:c r="G276" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>99.37</x:v>
       </x:c>
     </x:row>
     <x:row r="277">
       <x:c r="A277" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B277" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C277" s="4" t="n">
-        <x:v>2532000</x:v>
+        <x:v>62936500</x:v>
       </x:c>
       <x:c r="D277" s="4" t="n">
-        <x:v>1887300</x:v>
+        <x:v>62936500</x:v>
       </x:c>
       <x:c r="E277" s="4" t="n">
-        <x:v>2532000</x:v>
+        <x:v>62936500</x:v>
       </x:c>
       <x:c r="F277" s="4" t="n">
-        <x:v>1887300</x:v>
+        <x:v>57618921.18</x:v>
       </x:c>
       <x:c r="G277" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" s="3" t="str">
-        <x:v>Субсидии</x:v>
+        <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B278" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C278" s="4" t="n">
-        <x:v>4182686343.71</x:v>
+        <x:v>54000</x:v>
       </x:c>
       <x:c r="D278" s="4" t="n">
-        <x:v>3054540844.53</x:v>
+        <x:v>9712</x:v>
       </x:c>
       <x:c r="E278" s="4" t="n">
-        <x:v>4182686343.71</x:v>
+        <x:v>54000</x:v>
       </x:c>
       <x:c r="F278" s="4" t="n">
-        <x:v>3054540844.53</x:v>
+        <x:v>9712</x:v>
       </x:c>
       <x:c r="G278" s="4" t="n">
-        <x:v>73.03</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="279">
       <x:c r="A279" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "АЙРЮМОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B279" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C279" s="4" t="n">
-        <x:v>2691000</x:v>
+        <x:v>167774000</x:v>
       </x:c>
       <x:c r="D279" s="4" t="n">
-        <x:v>2691000</x:v>
+        <x:v>167774000</x:v>
       </x:c>
       <x:c r="E279" s="4" t="n">
-        <x:v>2691000</x:v>
+        <x:v>167774000</x:v>
       </x:c>
       <x:c r="F279" s="4" t="n">
-        <x:v>2691000</x:v>
+        <x:v>150784665.6</x:v>
       </x:c>
       <x:c r="G279" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="280">
       <x:c r="A280" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B280" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C280" s="4" t="n">
-        <x:v>2691000</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="D280" s="4" t="n">
-        <x:v>2691000</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="E280" s="4" t="n">
-        <x:v>2691000</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="F280" s="4" t="n">
-        <x:v>2691000</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="G280" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="281">
       <x:c r="A281" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "АССОКОЛАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B281" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C281" s="4" t="n">
-        <x:v>3100000</x:v>
+        <x:v>5928200</x:v>
       </x:c>
       <x:c r="D281" s="4" t="n">
-        <x:v>3100000</x:v>
+        <x:v>4795500</x:v>
       </x:c>
       <x:c r="E281" s="4" t="n">
-        <x:v>3100000</x:v>
+        <x:v>5928200</x:v>
       </x:c>
       <x:c r="F281" s="4" t="n">
-        <x:v>3100000</x:v>
+        <x:v>4795500</x:v>
       </x:c>
       <x:c r="G281" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>80.89</x:v>
       </x:c>
     </x:row>
     <x:row r="282">
       <x:c r="A282" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B282" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C282" s="4" t="n">
-        <x:v>3100000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D282" s="4" t="n">
-        <x:v>3100000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E282" s="4" t="n">
-        <x:v>3100000</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F282" s="4" t="n">
-        <x:v>3100000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G282" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="283">
       <x:c r="A283" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "БЕЛОСЕЛЬСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5Ф30260300</x:v>
       </x:c>
       <x:c r="B283" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
       </x:c>
       <x:c r="C283" s="4" t="n">
-        <x:v>742000</x:v>
+        <x:v>2443000</x:v>
       </x:c>
       <x:c r="D283" s="4" t="n">
-        <x:v>742000</x:v>
+        <x:v>2443000</x:v>
       </x:c>
       <x:c r="E283" s="4" t="n">
-        <x:v>742000</x:v>
+        <x:v>2443000</x:v>
       </x:c>
       <x:c r="F283" s="4" t="n">
-        <x:v>742000</x:v>
+        <x:v>2239600</x:v>
       </x:c>
       <x:c r="G283" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="284">
       <x:c r="A284" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B284" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C284" s="4" t="n">
-        <x:v>742000</x:v>
+        <x:v>230500</x:v>
       </x:c>
       <x:c r="D284" s="4" t="n">
-        <x:v>742000</x:v>
+        <x:v>230500</x:v>
       </x:c>
       <x:c r="E284" s="4" t="n">
-        <x:v>742000</x:v>
+        <x:v>230500</x:v>
       </x:c>
       <x:c r="F284" s="4" t="n">
-        <x:v>742000</x:v>
+        <x:v>211288</x:v>
       </x:c>
       <x:c r="G284" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="285">
       <x:c r="A285" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "БЛЕЧЕПСИНСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B285" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C285" s="4" t="n">
-        <x:v>1985000</x:v>
+        <x:v>910900</x:v>
       </x:c>
       <x:c r="D285" s="4" t="n">
-        <x:v>1985000</x:v>
+        <x:v>910900</x:v>
       </x:c>
       <x:c r="E285" s="4" t="n">
-        <x:v>1985000</x:v>
+        <x:v>910900</x:v>
       </x:c>
       <x:c r="F285" s="4" t="n">
-        <x:v>1985000</x:v>
+        <x:v>834667.6</x:v>
       </x:c>
       <x:c r="G285" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="286">
       <x:c r="A286" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>6790061500</x:v>
       </x:c>
       <x:c r="B286" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
       </x:c>
       <x:c r="C286" s="4" t="n">
-        <x:v>1985000</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D286" s="4" t="n">
-        <x:v>1985000</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E286" s="4" t="n">
-        <x:v>1985000</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F286" s="4" t="n">
-        <x:v>1985000</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G286" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="287">
       <x:c r="A287" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Вольненское сельское поселение"</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B287" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C287" s="4" t="n">
-        <x:v>3141000</x:v>
+        <x:v>524900</x:v>
       </x:c>
       <x:c r="D287" s="4" t="n">
-        <x:v>3141000</x:v>
+        <x:v>188187.5</x:v>
       </x:c>
       <x:c r="E287" s="4" t="n">
-        <x:v>3141000</x:v>
+        <x:v>524900</x:v>
       </x:c>
       <x:c r="F287" s="4" t="n">
-        <x:v>3141000</x:v>
+        <x:v>188187.5</x:v>
       </x:c>
       <x:c r="G287" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>35.85</x:v>
       </x:c>
     </x:row>
     <x:row r="288">
       <x:c r="A288" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>бюджет муниципального образования "Яблоновское городское поселение"</x:v>
       </x:c>
       <x:c r="B288" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C288" s="4" t="n">
-        <x:v>3141000</x:v>
+        <x:v>2532000</x:v>
       </x:c>
       <x:c r="D288" s="4" t="n">
-        <x:v>3141000</x:v>
+        <x:v>2532000</x:v>
       </x:c>
       <x:c r="E288" s="4" t="n">
-        <x:v>3141000</x:v>
+        <x:v>2532000</x:v>
       </x:c>
       <x:c r="F288" s="4" t="n">
-        <x:v>3141000</x:v>
+        <x:v>2532000</x:v>
       </x:c>
       <x:c r="G288" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="289">
       <x:c r="A289" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ВОЧЕПШИЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B289" s="3" t="str">
-        <x:v/>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C289" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>2532000</x:v>
       </x:c>
       <x:c r="D289" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>2532000</x:v>
       </x:c>
       <x:c r="E289" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>2532000</x:v>
       </x:c>
       <x:c r="F289" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>2532000</x:v>
       </x:c>
       <x:c r="G289" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="290">
       <x:c r="A290" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>Субсидии</x:v>
       </x:c>
       <x:c r="B290" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C290" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>4183126818.46</x:v>
       </x:c>
       <x:c r="D290" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>3869709229.51</x:v>
       </x:c>
       <x:c r="E290" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>4183126818.46</x:v>
       </x:c>
       <x:c r="F290" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>3773421752.83</x:v>
       </x:c>
       <x:c r="G290" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>92.51</x:v>
       </x:c>
     </x:row>
     <x:row r="291">
       <x:c r="A291" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ГАБУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Бюджет муниципального образования "Айрюмовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B291" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C291" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2691000</x:v>
       </x:c>
       <x:c r="D291" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2691000</x:v>
       </x:c>
       <x:c r="E291" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2691000</x:v>
       </x:c>
       <x:c r="F291" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2691000</x:v>
       </x:c>
       <x:c r="G291" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="292">
       <x:c r="A292" s="3" t="str">
         <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B292" s="3" t="str">
         <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C292" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2691000</x:v>
       </x:c>
       <x:c r="D292" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2691000</x:v>
       </x:c>
       <x:c r="E292" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2691000</x:v>
       </x:c>
       <x:c r="F292" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>2691000</x:v>
       </x:c>
       <x:c r="G292" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="293">
       <x:c r="A293" s="3" t="str">
-        <x:v>бюджет муниципального образования "Гиагинский район"</x:v>
+        <x:v>бюджет муниципального образования "Ассоколайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B293" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C293" s="4" t="n">
-        <x:v>334771189.28</x:v>
+        <x:v>3100000</x:v>
       </x:c>
       <x:c r="D293" s="4" t="n">
-        <x:v>311972937.86</x:v>
+        <x:v>3100000</x:v>
       </x:c>
       <x:c r="E293" s="4" t="n">
-        <x:v>334771189.28</x:v>
+        <x:v>3100000</x:v>
       </x:c>
       <x:c r="F293" s="4" t="n">
-        <x:v>311972937.86</x:v>
+        <x:v>3100000</x:v>
       </x:c>
       <x:c r="G293" s="4" t="n">
-        <x:v>93.19</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="294">
       <x:c r="A294" s="3" t="str">
-        <x:v>52103R3040</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B294" s="3" t="str">
-        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C294" s="4" t="n">
-        <x:v>20169696.97</x:v>
+        <x:v>3100000</x:v>
       </x:c>
       <x:c r="D294" s="4" t="n">
-        <x:v>12734579.02</x:v>
+        <x:v>3100000</x:v>
       </x:c>
       <x:c r="E294" s="4" t="n">
-        <x:v>20169696.97</x:v>
+        <x:v>3100000</x:v>
       </x:c>
       <x:c r="F294" s="4" t="n">
-        <x:v>12734579.02</x:v>
+        <x:v>3100000</x:v>
       </x:c>
       <x:c r="G294" s="4" t="n">
-        <x:v>63.14</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="295">
       <x:c r="A295" s="3" t="str">
-        <x:v>521Ю457500</x:v>
+        <x:v>бюджет муниципального образования "Белосельское сельское поселение"</x:v>
       </x:c>
       <x:c r="B295" s="3" t="str">
-        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C295" s="4" t="n">
-        <x:v>155084546</x:v>
+        <x:v>742000</x:v>
       </x:c>
       <x:c r="D295" s="4" t="n">
-        <x:v>155084546</x:v>
+        <x:v>742000</x:v>
       </x:c>
       <x:c r="E295" s="4" t="n">
-        <x:v>155084546</x:v>
+        <x:v>742000</x:v>
       </x:c>
       <x:c r="F295" s="4" t="n">
-        <x:v>155084546</x:v>
+        <x:v>742000</x:v>
       </x:c>
       <x:c r="G295" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="296">
       <x:c r="A296" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B296" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C296" s="4" t="n">
-        <x:v>2457777.78</x:v>
+        <x:v>742000</x:v>
       </x:c>
       <x:c r="D296" s="4" t="n">
-        <x:v>2200944.31</x:v>
+        <x:v>742000</x:v>
       </x:c>
       <x:c r="E296" s="4" t="n">
-        <x:v>2457777.78</x:v>
+        <x:v>742000</x:v>
       </x:c>
       <x:c r="F296" s="4" t="n">
-        <x:v>2200944.31</x:v>
+        <x:v>742000</x:v>
       </x:c>
       <x:c r="G296" s="4" t="n">
-        <x:v>89.55</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="297">
       <x:c r="A297" s="3" t="str">
-        <x:v>521Я153150</x:v>
+        <x:v>Бюджет муниципального образования "Блечепсинское сельское поселение"</x:v>
       </x:c>
       <x:c r="B297" s="3" t="str">
-        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C297" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1985000</x:v>
       </x:c>
       <x:c r="D297" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1985000</x:v>
       </x:c>
       <x:c r="E297" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1985000</x:v>
       </x:c>
       <x:c r="F297" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1985000</x:v>
       </x:c>
       <x:c r="G297" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="298">
       <x:c r="A298" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B298" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C298" s="4" t="n">
-        <x:v>3291000</x:v>
+        <x:v>1985000</x:v>
       </x:c>
       <x:c r="D298" s="4" t="n">
-        <x:v>3291000</x:v>
+        <x:v>1985000</x:v>
       </x:c>
       <x:c r="E298" s="4" t="n">
-        <x:v>3291000</x:v>
+        <x:v>1985000</x:v>
       </x:c>
       <x:c r="F298" s="4" t="n">
-        <x:v>3291000</x:v>
+        <x:v>1985000</x:v>
       </x:c>
       <x:c r="G298" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="299">
       <x:c r="A299" s="3" t="str">
-        <x:v>5510160540</x:v>
+        <x:v>Бюджет муниципального образования "Вольненское сельское поселение"</x:v>
       </x:c>
       <x:c r="B299" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C299" s="4" t="n">
-        <x:v>384426</x:v>
+        <x:v>3141000</x:v>
       </x:c>
       <x:c r="D299" s="4" t="n">
-        <x:v>384426</x:v>
+        <x:v>3141000</x:v>
       </x:c>
       <x:c r="E299" s="4" t="n">
-        <x:v>384426</x:v>
+        <x:v>3141000</x:v>
       </x:c>
       <x:c r="F299" s="4" t="n">
-        <x:v>384426</x:v>
+        <x:v>3141000</x:v>
       </x:c>
       <x:c r="G299" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="300">
       <x:c r="A300" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B300" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C300" s="4" t="n">
-        <x:v>7794006</x:v>
+        <x:v>3141000</x:v>
       </x:c>
       <x:c r="D300" s="4" t="n">
-        <x:v>7794006</x:v>
+        <x:v>3141000</x:v>
       </x:c>
       <x:c r="E300" s="4" t="n">
-        <x:v>7794006</x:v>
+        <x:v>3141000</x:v>
       </x:c>
       <x:c r="F300" s="4" t="n">
-        <x:v>7794006</x:v>
+        <x:v>3141000</x:v>
       </x:c>
       <x:c r="G300" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="301">
       <x:c r="A301" s="3" t="str">
-        <x:v>5520361130</x:v>
+        <x:v>бюджет муниципального образования "Вочепшийское сельское поселение"</x:v>
       </x:c>
       <x:c r="B301" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на обеспечение ликвидации и рекультивации несанкционированных и санкционированных свалок</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C301" s="4" t="n">
-        <x:v>9042700</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D301" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E301" s="4" t="n">
-        <x:v>9042700</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F301" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G301" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="302">
       <x:c r="A302" s="3" t="str">
-        <x:v>5710160590</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B302" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на капитальный ремонт гидротехнических сооружений, находящихся в муниципальной собственности, в том числе на выполнение инженерных изысканий и подготовку проектной документации</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C302" s="4" t="n">
-        <x:v>1513600</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D302" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E302" s="4" t="n">
-        <x:v>1513600</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F302" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G302" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="303">
       <x:c r="A303" s="3" t="str">
-        <x:v>5830260360</x:v>
+        <x:v>бюджет муниципального образования "Габукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B303" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C303" s="4" t="n">
-        <x:v>1090000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="D303" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E303" s="4" t="n">
-        <x:v>1090000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="F303" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="G303" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B304" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C304" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="D304" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E304" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="F304" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="G304" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" s="3" t="str">
-        <x:v>59103R5195</x:v>
+        <x:v>Бюджет муниципального образования "Гиагинский район"</x:v>
       </x:c>
       <x:c r="B305" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C305" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>334476628.96</x:v>
       </x:c>
       <x:c r="D305" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>321682234.71</x:v>
       </x:c>
       <x:c r="E305" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>334476628.96</x:v>
       </x:c>
       <x:c r="F305" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>317799235.77</x:v>
       </x:c>
       <x:c r="G305" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>96.17</x:v>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" s="3" t="str">
-        <x:v>59103R5196</x:v>
+        <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B306" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C306" s="4" t="n">
-        <x:v>101100</x:v>
+        <x:v>18669696.97</x:v>
       </x:c>
       <x:c r="D306" s="4" t="n">
-        <x:v>101100</x:v>
+        <x:v>18669602.72</x:v>
       </x:c>
       <x:c r="E306" s="4" t="n">
-        <x:v>101100</x:v>
+        <x:v>18669696.97</x:v>
       </x:c>
       <x:c r="F306" s="4" t="n">
-        <x:v>101100</x:v>
+        <x:v>15086839.15</x:v>
       </x:c>
       <x:c r="G306" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" s="3" t="str">
-        <x:v>591Я555195</x:v>
+        <x:v>521Ю457500</x:v>
       </x:c>
       <x:c r="B307" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="C307" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>155084546</x:v>
       </x:c>
       <x:c r="D307" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>155084546</x:v>
       </x:c>
       <x:c r="E307" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>155084546</x:v>
       </x:c>
       <x:c r="F307" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>155084546</x:v>
       </x:c>
       <x:c r="G307" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" s="3" t="str">
-        <x:v>591Я555196</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B308" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C308" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2457777.78</x:v>
       </x:c>
       <x:c r="D308" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2457777.78</x:v>
       </x:c>
       <x:c r="E308" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2457777.78</x:v>
       </x:c>
       <x:c r="F308" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2457777.78</x:v>
       </x:c>
       <x:c r="G308" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" s="3" t="str">
-        <x:v>5К101R5761</x:v>
+        <x:v>521Я153150</x:v>
       </x:c>
       <x:c r="B309" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (улучшение жилищных условий граждан, проживающих в сельской местности)</x:v>
+        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
       </x:c>
       <x:c r="C309" s="4" t="n">
-        <x:v>3946360</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D309" s="4" t="n">
-        <x:v>3946360</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E309" s="4" t="n">
-        <x:v>3946360</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F309" s="4" t="n">
-        <x:v>3946360</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G309" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" s="3" t="str">
-        <x:v>5К101R5765</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B310" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (строительство (приобретение) жилого помещения (жилого дома), предоставляемого гражданам Российской Федерации, проживающим на сельских территориях, территориях опорных населенных пунктов, по договору </x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C310" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3291000</x:v>
       </x:c>
       <x:c r="D310" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3291000</x:v>
       </x:c>
       <x:c r="E310" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3291000</x:v>
       </x:c>
       <x:c r="F310" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3291000</x:v>
       </x:c>
       <x:c r="G310" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" s="3" t="str">
-        <x:v>5К102R5762</x:v>
+        <x:v>5510160540</x:v>
       </x:c>
       <x:c r="B311" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (благоустройство сельских территорий)</x:v>
+        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
       </x:c>
       <x:c r="C311" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>384426</x:v>
       </x:c>
       <x:c r="D311" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>384426</x:v>
       </x:c>
       <x:c r="E311" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>384426</x:v>
       </x:c>
       <x:c r="F311" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>384426</x:v>
       </x:c>
       <x:c r="G311" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" s="3" t="str">
-        <x:v>5К102R5763</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B312" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C312" s="4" t="n">
-        <x:v>109492083.6</x:v>
+        <x:v>8649445.68</x:v>
       </x:c>
       <x:c r="D312" s="4" t="n">
-        <x:v>109492083.6</x:v>
+        <x:v>8649445.68</x:v>
       </x:c>
       <x:c r="E312" s="4" t="n">
-        <x:v>109492083.6</x:v>
+        <x:v>8649445.68</x:v>
       </x:c>
       <x:c r="F312" s="4" t="n">
-        <x:v>109492083.6</x:v>
+        <x:v>8349210.31</x:v>
       </x:c>
       <x:c r="G312" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>5520361130</x:v>
       </x:c>
       <x:c r="B313" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v>Субсидии местным бюджетам на обеспечение ликвидации и рекультивации несанкционированных и санкционированных свалок</x:v>
       </x:c>
       <x:c r="C313" s="4" t="n">
-        <x:v>2929292.93</x:v>
+        <x:v>9042700</x:v>
       </x:c>
       <x:c r="D313" s="4" t="n">
-        <x:v>2929292.93</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E313" s="4" t="n">
-        <x:v>2929292.93</x:v>
+        <x:v>9042700</x:v>
       </x:c>
       <x:c r="F313" s="4" t="n">
-        <x:v>2929292.93</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G313" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="314">
       <x:c r="A314" s="3" t="str">
-        <x:v>5Ф20265500</x:v>
+        <x:v>5710160590</x:v>
       </x:c>
       <x:c r="B314" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
+        <x:v>Субсидии местным бюджетам на капитальный ремонт гидротехнических сооружений, находящихся в муниципальной собственности, в том числе на выполнение инженерных изысканий и подготовку проектной документации</x:v>
       </x:c>
       <x:c r="C314" s="4" t="n">
-        <x:v>13864000</x:v>
+        <x:v>1513600</x:v>
       </x:c>
       <x:c r="D314" s="4" t="n">
-        <x:v>10404000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E314" s="4" t="n">
-        <x:v>13864000</x:v>
+        <x:v>1513600</x:v>
       </x:c>
       <x:c r="F314" s="4" t="n">
-        <x:v>10404000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G314" s="4" t="n">
-        <x:v>75.04</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="315">
       <x:c r="A315" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ГИАГИНСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5830260360</x:v>
       </x:c>
       <x:c r="B315" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
       </x:c>
       <x:c r="C315" s="4" t="n">
-        <x:v>3950000</x:v>
+        <x:v>1090000</x:v>
       </x:c>
       <x:c r="D315" s="4" t="n">
-        <x:v>3950000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E315" s="4" t="n">
-        <x:v>3950000</x:v>
+        <x:v>1090000</x:v>
       </x:c>
       <x:c r="F315" s="4" t="n">
-        <x:v>3950000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G315" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B316" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C316" s="4" t="n">
-        <x:v>3950000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="D316" s="4" t="n">
-        <x:v>3950000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="E316" s="4" t="n">
-        <x:v>3950000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="F316" s="4" t="n">
-        <x:v>3950000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="G316" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Город Адыгейск"</x:v>
+        <x:v>59103R5195</x:v>
       </x:c>
       <x:c r="B317" s="3" t="str">
-        <x:v/>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C317" s="4" t="n">
-        <x:v>232533240.85</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="D317" s="4" t="n">
-        <x:v>166990531.31</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="E317" s="4" t="n">
-        <x:v>232533240.85</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="F317" s="4" t="n">
-        <x:v>166990531.31</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="G317" s="4" t="n">
-        <x:v>71.81</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" s="3" t="str">
-        <x:v>52103R3040</x:v>
+        <x:v>59103R5196</x:v>
       </x:c>
       <x:c r="B318" s="3" t="str">
-        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C318" s="4" t="n">
-        <x:v>11051515.16</x:v>
+        <x:v>101100</x:v>
       </x:c>
       <x:c r="D318" s="4" t="n">
-        <x:v>6777428.87</x:v>
+        <x:v>101100</x:v>
       </x:c>
       <x:c r="E318" s="4" t="n">
-        <x:v>11051515.16</x:v>
+        <x:v>101100</x:v>
       </x:c>
       <x:c r="F318" s="4" t="n">
-        <x:v>6777428.87</x:v>
+        <x:v>101100</x:v>
       </x:c>
       <x:c r="G318" s="4" t="n">
-        <x:v>61.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>591Я555195</x:v>
       </x:c>
       <x:c r="B319" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C319" s="4" t="n">
-        <x:v>983030.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D319" s="4" t="n">
-        <x:v>883294.65</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E319" s="4" t="n">
-        <x:v>983030.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F319" s="4" t="n">
-        <x:v>883294.65</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G319" s="4" t="n">
-        <x:v>89.85</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" s="3" t="str">
-        <x:v>521Я153150</x:v>
+        <x:v>591Я555196</x:v>
       </x:c>
       <x:c r="B320" s="3" t="str">
-        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C320" s="4" t="n">
-        <x:v>54177676.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D320" s="4" t="n">
-        <x:v>54177676.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E320" s="4" t="n">
-        <x:v>54177676.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F320" s="4" t="n">
-        <x:v>54177676.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G320" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>5К101R5761</x:v>
       </x:c>
       <x:c r="B321" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (улучшение жилищных условий граждан, проживающих в сельской местности)</x:v>
       </x:c>
       <x:c r="C321" s="4" t="n">
-        <x:v>1649000</x:v>
+        <x:v>3946360</x:v>
       </x:c>
       <x:c r="D321" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3946360</x:v>
       </x:c>
       <x:c r="E321" s="4" t="n">
-        <x:v>1649000</x:v>
+        <x:v>3946360</x:v>
       </x:c>
       <x:c r="F321" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3946360</x:v>
       </x:c>
       <x:c r="G321" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" s="3" t="str">
-        <x:v>5510160540</x:v>
+        <x:v>5К101R5765</x:v>
       </x:c>
       <x:c r="B322" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (строительство (приобретение) жилого помещения (жилого дома), предоставляемого гражданам Российской Федерации, проживающим на сельских территориях, территориях опорных населенных пунктов, по договору </x:v>
       </x:c>
       <x:c r="C322" s="4" t="n">
-        <x:v>446512.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D322" s="4" t="n">
-        <x:v>446512.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E322" s="4" t="n">
-        <x:v>446512.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F322" s="4" t="n">
-        <x:v>446512.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G322" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>5К102R5762</x:v>
       </x:c>
       <x:c r="B323" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (благоустройство сельских территорий)</x:v>
       </x:c>
       <x:c r="C323" s="4" t="n">
-        <x:v>14361556.61</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="D323" s="4" t="n">
-        <x:v>14361556.61</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="E323" s="4" t="n">
-        <x:v>14361556.61</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="F323" s="4" t="n">
-        <x:v>14361556.61</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="G323" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" s="3" t="str">
-        <x:v>5830260360</x:v>
+        <x:v>5К102R5763</x:v>
       </x:c>
       <x:c r="B324" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
       </x:c>
       <x:c r="C324" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>109492083.6</x:v>
       </x:c>
       <x:c r="D324" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>109492083.6</x:v>
       </x:c>
       <x:c r="E324" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>109492083.6</x:v>
       </x:c>
       <x:c r="F324" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>109492083.6</x:v>
       </x:c>
       <x:c r="G324" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5С1И455550</x:v>
       </x:c>
       <x:c r="B325" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Реализация программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="C325" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>2929292.93</x:v>
       </x:c>
       <x:c r="D325" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>2929292.93</x:v>
       </x:c>
       <x:c r="E325" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>2929292.93</x:v>
       </x:c>
       <x:c r="F325" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>2929292.93</x:v>
       </x:c>
       <x:c r="G325" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" s="3" t="str">
-        <x:v>5Б1П1Е5580</x:v>
+        <x:v>5Ф20164900</x:v>
       </x:c>
       <x:c r="B326" s="3" t="str">
-        <x:v>Реализация проектов по развитию общественной территории муниципального образования, в том числе мероприятий (результатов) по обустройству туристского центра города на территории муниципального образования в соответствии с туристским кодом центра города</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
       </x:c>
       <x:c r="C326" s="4" t="n">
-        <x:v>61259191.92</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="D326" s="4" t="n">
-        <x:v>7853097.6</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E326" s="4" t="n">
-        <x:v>61259191.92</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="F326" s="4" t="n">
-        <x:v>7853097.6</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="G326" s="4" t="n">
-        <x:v>12.82</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" s="3" t="str">
-        <x:v>5С1И454240</x:v>
+        <x:v>5Ф20265500</x:v>
       </x:c>
       <x:c r="B327" s="3" t="str">
-        <x:v>Создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
+        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
       <x:c r="C327" s="4" t="n">
-        <x:v>71615252.5</x:v>
+        <x:v>13864000</x:v>
       </x:c>
       <x:c r="D327" s="4" t="n">
-        <x:v>68339459.23</x:v>
+        <x:v>12716000</x:v>
       </x:c>
       <x:c r="E327" s="4" t="n">
-        <x:v>71615252.5</x:v>
+        <x:v>13864000</x:v>
       </x:c>
       <x:c r="F327" s="4" t="n">
-        <x:v>68339459.23</x:v>
+        <x:v>12716000</x:v>
       </x:c>
       <x:c r="G327" s="4" t="n">
-        <x:v>95.43</x:v>
+        <x:v>91.72</x:v>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>Бюджет муниципального образования "Гиагинское сельское поселение"</x:v>
       </x:c>
       <x:c r="B328" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C328" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>3950000</x:v>
       </x:c>
       <x:c r="D328" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>3950000</x:v>
       </x:c>
       <x:c r="E328" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>3950000</x:v>
       </x:c>
       <x:c r="F328" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>3950000</x:v>
       </x:c>
       <x:c r="G328" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" s="3" t="str">
-        <x:v>5Ф20265500</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B329" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C329" s="4" t="n">
-        <x:v>11379000</x:v>
+        <x:v>3950000</x:v>
       </x:c>
       <x:c r="D329" s="4" t="n">
-        <x:v>8541000</x:v>
+        <x:v>3950000</x:v>
       </x:c>
       <x:c r="E329" s="4" t="n">
-        <x:v>11379000</x:v>
+        <x:v>3950000</x:v>
       </x:c>
       <x:c r="F329" s="4" t="n">
-        <x:v>8541000</x:v>
+        <x:v>3950000</x:v>
       </x:c>
       <x:c r="G329" s="4" t="n">
-        <x:v>75.06</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" s="3" t="str">
-        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
+        <x:v>Бюджет муниципального образования "Город Адыгейск"</x:v>
       </x:c>
       <x:c r="B330" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C330" s="4" t="n">
-        <x:v>1519908311.19</x:v>
+        <x:v>232883240.85</x:v>
       </x:c>
       <x:c r="D330" s="4" t="n">
-        <x:v>1000100893.58</x:v>
+        <x:v>210525970.41</x:v>
       </x:c>
       <x:c r="E330" s="4" t="n">
-        <x:v>1519908311.19</x:v>
+        <x:v>232883240.85</x:v>
       </x:c>
       <x:c r="F330" s="4" t="n">
-        <x:v>1000100893.58</x:v>
+        <x:v>206294052.94</x:v>
       </x:c>
       <x:c r="G330" s="4" t="n">
-        <x:v>65.8</x:v>
+        <x:v>90.4</x:v>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" s="3" t="str">
         <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B331" s="3" t="str">
         <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C331" s="4" t="n">
-        <x:v>99753805.57</x:v>
+        <x:v>11051515.16</x:v>
       </x:c>
       <x:c r="D331" s="4" t="n">
-        <x:v>67236087.34</x:v>
+        <x:v>11051515.06</x:v>
       </x:c>
       <x:c r="E331" s="4" t="n">
-        <x:v>99753805.57</x:v>
+        <x:v>11051515.16</x:v>
       </x:c>
       <x:c r="F331" s="4" t="n">
-        <x:v>67236087.34</x:v>
+        <x:v>8777228.25</x:v>
       </x:c>
       <x:c r="G331" s="4" t="n">
-        <x:v>67.4</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="332">
       <x:c r="A332" s="3" t="str">
-        <x:v>521Ю457500</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B332" s="3" t="str">
-        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C332" s="4" t="n">
-        <x:v>357600303.1</x:v>
+        <x:v>983030.31</x:v>
       </x:c>
       <x:c r="D332" s="4" t="n">
-        <x:v>357600303.1</x:v>
+        <x:v>983030.28</x:v>
       </x:c>
       <x:c r="E332" s="4" t="n">
-        <x:v>357600303.1</x:v>
+        <x:v>983030.31</x:v>
       </x:c>
       <x:c r="F332" s="4" t="n">
-        <x:v>357600303.1</x:v>
+        <x:v>948294.62</x:v>
       </x:c>
       <x:c r="G332" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="333">
       <x:c r="A333" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>521Я153150</x:v>
       </x:c>
       <x:c r="B333" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
       </x:c>
       <x:c r="C333" s="4" t="n">
-        <x:v>5410792.65</x:v>
+        <x:v>54177676.8</x:v>
       </x:c>
       <x:c r="D333" s="4" t="n">
-        <x:v>4329053.4</x:v>
+        <x:v>54177676.8</x:v>
       </x:c>
       <x:c r="E333" s="4" t="n">
-        <x:v>5410792.65</x:v>
+        <x:v>54177676.8</x:v>
       </x:c>
       <x:c r="F333" s="4" t="n">
-        <x:v>4329053.4</x:v>
+        <x:v>54177676.8</x:v>
       </x:c>
       <x:c r="G333" s="4" t="n">
-        <x:v>80.01</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="334">
       <x:c r="A334" s="3" t="str">
-        <x:v>521Я153150</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B334" s="3" t="str">
-        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C334" s="4" t="n">
-        <x:v>59999899</x:v>
+        <x:v>1649000</x:v>
       </x:c>
       <x:c r="D334" s="4" t="n">
-        <x:v>59999899</x:v>
+        <x:v>1649000</x:v>
       </x:c>
       <x:c r="E334" s="4" t="n">
-        <x:v>59999899</x:v>
+        <x:v>1649000</x:v>
       </x:c>
       <x:c r="F334" s="4" t="n">
-        <x:v>59999899</x:v>
+        <x:v>1649000</x:v>
       </x:c>
       <x:c r="G334" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="335">
       <x:c r="A335" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>5510160540</x:v>
       </x:c>
       <x:c r="B335" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
       </x:c>
       <x:c r="C335" s="4" t="n">
-        <x:v>17801600.77</x:v>
+        <x:v>446512.5</x:v>
       </x:c>
       <x:c r="D335" s="4" t="n">
-        <x:v>16122886</x:v>
+        <x:v>446512.5</x:v>
       </x:c>
       <x:c r="E335" s="4" t="n">
-        <x:v>17801600.77</x:v>
+        <x:v>446512.5</x:v>
       </x:c>
       <x:c r="F335" s="4" t="n">
-        <x:v>16122886</x:v>
+        <x:v>446512.5</x:v>
       </x:c>
       <x:c r="G335" s="4" t="n">
-        <x:v>90.57</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="336">
       <x:c r="A336" s="3" t="str">
-        <x:v>5510160540</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B336" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C336" s="4" t="n">
-        <x:v>1342801.8</x:v>
+        <x:v>14361556.61</x:v>
       </x:c>
       <x:c r="D336" s="4" t="n">
-        <x:v>1342801.8</x:v>
+        <x:v>14361556.61</x:v>
       </x:c>
       <x:c r="E336" s="4" t="n">
-        <x:v>1342801.8</x:v>
+        <x:v>14361556.61</x:v>
       </x:c>
       <x:c r="F336" s="4" t="n">
-        <x:v>1342801.8</x:v>
+        <x:v>14361556.61</x:v>
       </x:c>
       <x:c r="G336" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="337">
       <x:c r="A337" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>5830260360</x:v>
       </x:c>
       <x:c r="B337" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
       </x:c>
       <x:c r="C337" s="4" t="n">
-        <x:v>25589223.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D337" s="4" t="n">
-        <x:v>23122701.34</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E337" s="4" t="n">
-        <x:v>25589223.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F337" s="4" t="n">
-        <x:v>23122701.34</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G337" s="4" t="n">
-        <x:v>90.36</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" s="3" t="str">
-        <x:v>5520361130</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B338" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на обеспечение ликвидации и рекультивации несанкционированных и санкционированных свалок</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="D338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="E338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="F338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="G338" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" s="3" t="str">
-        <x:v>5830260360</x:v>
+        <x:v>5Б1П1Е5580</x:v>
       </x:c>
       <x:c r="B339" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
+        <x:v>Реализация проектов по развитию общественной территории муниципального образования, в том числе мероприятий (результатов) по обустройству туристского центра города на территории муниципального образования в соответствии с туристским кодом центра города</x:v>
       </x:c>
       <x:c r="C339" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>61259191.92</x:v>
       </x:c>
       <x:c r="D339" s="4" t="n">
-        <x:v>2893656.9</x:v>
+        <x:v>39841921.61</x:v>
       </x:c>
       <x:c r="E339" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>61259191.92</x:v>
       </x:c>
       <x:c r="F339" s="4" t="n">
-        <x:v>2893656.9</x:v>
+        <x:v>37919026.61</x:v>
       </x:c>
       <x:c r="G339" s="4" t="n">
-        <x:v>96.46</x:v>
+        <x:v>65.04</x:v>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5С1И454240</x:v>
       </x:c>
       <x:c r="B340" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
       </x:c>
       <x:c r="C340" s="4" t="n">
-        <x:v>616400</x:v>
+        <x:v>71615252.5</x:v>
       </x:c>
       <x:c r="D340" s="4" t="n">
-        <x:v>616400</x:v>
+        <x:v>71615252.5</x:v>
       </x:c>
       <x:c r="E340" s="4" t="n">
-        <x:v>616400</x:v>
+        <x:v>71615252.5</x:v>
       </x:c>
       <x:c r="F340" s="4" t="n">
-        <x:v>616400</x:v>
+        <x:v>71615252.5</x:v>
       </x:c>
       <x:c r="G340" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" s="3" t="str">
-        <x:v>59103R5195</x:v>
+        <x:v>5С1И455550</x:v>
       </x:c>
       <x:c r="B341" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Реализация программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="C341" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="D341" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="E341" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="F341" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="G341" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" s="3" t="str">
-        <x:v>591Я555195</x:v>
+        <x:v>5Ф20164900</x:v>
       </x:c>
       <x:c r="B342" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
       </x:c>
       <x:c r="C342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="D342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="F342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="G342" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" s="3" t="str">
-        <x:v>5Б1П1Е5580</x:v>
+        <x:v>5Ф20265500</x:v>
       </x:c>
       <x:c r="B343" s="3" t="str">
-        <x:v>Реализация проектов по развитию общественной территории муниципального образования, в том числе мероприятий (результатов) по обустройству туристского центра города на территории муниципального образования в соответствии с туристским кодом центра города</x:v>
+        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
       <x:c r="C343" s="4" t="n">
-        <x:v>114020707.07</x:v>
+        <x:v>11379000</x:v>
       </x:c>
       <x:c r="D343" s="4" t="n">
-        <x:v>19844161.96</x:v>
+        <x:v>10439000</x:v>
       </x:c>
       <x:c r="E343" s="4" t="n">
-        <x:v>114020707.07</x:v>
+        <x:v>11379000</x:v>
       </x:c>
       <x:c r="F343" s="4" t="n">
-        <x:v>19844161.96</x:v>
+        <x:v>10439000</x:v>
       </x:c>
       <x:c r="G343" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>91.74</x:v>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" s="3" t="str">
-        <x:v>5Г101R7530</x:v>
+        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
       </x:c>
       <x:c r="B344" s="3" t="str">
-        <x:v>Закупка и монтаж оборудования для создания "умных" спортивных площадок</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C344" s="4" t="n">
-        <x:v>12000000</x:v>
+        <x:v>1520425351.67</x:v>
       </x:c>
       <x:c r="D344" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1296250433.52</x:v>
       </x:c>
       <x:c r="E344" s="4" t="n">
-        <x:v>12000000</x:v>
+        <x:v>1520425351.67</x:v>
       </x:c>
       <x:c r="F344" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1272787344.17</x:v>
       </x:c>
       <x:c r="G344" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>85.26</x:v>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" s="3" t="str">
-        <x:v>5Л1019Д100</x:v>
+        <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B345" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
+        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C345" s="4" t="n">
-        <x:v>200000000</x:v>
+        <x:v>99753805.57</x:v>
       </x:c>
       <x:c r="D345" s="4" t="n">
-        <x:v>77302513.46</x:v>
+        <x:v>89753805.58</x:v>
       </x:c>
       <x:c r="E345" s="4" t="n">
-        <x:v>200000000</x:v>
+        <x:v>99753805.57</x:v>
       </x:c>
       <x:c r="F345" s="4" t="n">
-        <x:v>77302513.46</x:v>
+        <x:v>83636087.33</x:v>
       </x:c>
       <x:c r="G345" s="4" t="n">
-        <x:v>38.65</x:v>
+        <x:v>89.98</x:v>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" s="3" t="str">
-        <x:v>5Л1И89Д100</x:v>
+        <x:v>521Ю457500</x:v>
       </x:c>
       <x:c r="B346" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них в рамках регионального проекта "Региональная и местная дорожная сет</x:v>
+        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="C346" s="4" t="n">
-        <x:v>177600000</x:v>
+        <x:v>357600303.1</x:v>
       </x:c>
       <x:c r="D346" s="4" t="n">
-        <x:v>168273010.37</x:v>
+        <x:v>357600303.1</x:v>
       </x:c>
       <x:c r="E346" s="4" t="n">
-        <x:v>177600000</x:v>
+        <x:v>357600303.1</x:v>
       </x:c>
       <x:c r="F346" s="4" t="n">
-        <x:v>168273010.37</x:v>
+        <x:v>357600303.1</x:v>
       </x:c>
       <x:c r="G346" s="4" t="n">
-        <x:v>94.75</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" s="3" t="str">
-        <x:v>5С10160450</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B347" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на реализацию мероприятий по благоустройству территории городских округов с численностью населения свыше 150 тысяч человек</x:v>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C347" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5410792.65</x:v>
       </x:c>
       <x:c r="D347" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4969053.4</x:v>
       </x:c>
       <x:c r="E347" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5410792.65</x:v>
       </x:c>
       <x:c r="F347" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4969053.4</x:v>
       </x:c>
       <x:c r="G347" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>91.84</x:v>
       </x:c>
     </x:row>
     <x:row r="348">
       <x:c r="A348" s="3" t="str">
-        <x:v>5С1И454240</x:v>
+        <x:v>521Я153150</x:v>
       </x:c>
       <x:c r="B348" s="3" t="str">
-        <x:v>Создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
+        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
       </x:c>
       <x:c r="C348" s="4" t="n">
-        <x:v>104167777.8</x:v>
+        <x:v>59999899</x:v>
       </x:c>
       <x:c r="D348" s="4" t="n">
-        <x:v>42782046.36</x:v>
+        <x:v>59999899</x:v>
       </x:c>
       <x:c r="E348" s="4" t="n">
-        <x:v>104167777.8</x:v>
+        <x:v>59999899</x:v>
       </x:c>
       <x:c r="F348" s="4" t="n">
-        <x:v>42782046.36</x:v>
+        <x:v>59999899</x:v>
       </x:c>
       <x:c r="G348" s="4" t="n">
-        <x:v>41.07</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="349">
       <x:c r="A349" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B349" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C349" s="4" t="n">
-        <x:v>283023400</x:v>
+        <x:v>17801600.77</x:v>
       </x:c>
       <x:c r="D349" s="4" t="n">
-        <x:v>115132772.55</x:v>
+        <x:v>17801600.77</x:v>
       </x:c>
       <x:c r="E349" s="4" t="n">
-        <x:v>283023400</x:v>
+        <x:v>17801600.77</x:v>
       </x:c>
       <x:c r="F349" s="4" t="n">
-        <x:v>115132772.55</x:v>
+        <x:v>17801600.77</x:v>
       </x:c>
       <x:c r="G349" s="4" t="n">
-        <x:v>40.68</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" s="3" t="str">
-        <x:v>5Ф20265500</x:v>
+        <x:v>5510160540</x:v>
       </x:c>
       <x:c r="B350" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
+        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
       </x:c>
       <x:c r="C350" s="4" t="n">
-        <x:v>57931000</x:v>
+        <x:v>1342801.8</x:v>
       </x:c>
       <x:c r="D350" s="4" t="n">
-        <x:v>43452000</x:v>
+        <x:v>1342801.8</x:v>
       </x:c>
       <x:c r="E350" s="4" t="n">
-        <x:v>57931000</x:v>
+        <x:v>1342801.8</x:v>
       </x:c>
       <x:c r="F350" s="4" t="n">
-        <x:v>43452000</x:v>
+        <x:v>1342801.8</x:v>
       </x:c>
       <x:c r="G350" s="4" t="n">
-        <x:v>75.01</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДЖЕРОКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B351" s="3" t="str">
-        <x:v/>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C351" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>25756263.91</x:v>
       </x:c>
       <x:c r="D351" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>25756263.91</x:v>
       </x:c>
       <x:c r="E351" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>25756263.91</x:v>
       </x:c>
       <x:c r="F351" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>25756263.91</x:v>
       </x:c>
       <x:c r="G351" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="352">
       <x:c r="A352" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5520361130</x:v>
       </x:c>
       <x:c r="B352" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субсидии местным бюджетам на обеспечение ликвидации и рекультивации несанкционированных и санкционированных свалок</x:v>
       </x:c>
       <x:c r="C352" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D352" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E352" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F352" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G352" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="353">
       <x:c r="A353" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДЖИДЖИХАБЛЬСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5830260360</x:v>
       </x:c>
       <x:c r="B353" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
       </x:c>
       <x:c r="C353" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="D353" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>2893656.9</x:v>
       </x:c>
       <x:c r="E353" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="F353" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>2893656.9</x:v>
       </x:c>
       <x:c r="G353" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>96.46</x:v>
       </x:c>
     </x:row>
     <x:row r="354">
       <x:c r="A354" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B354" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C354" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>616400</x:v>
       </x:c>
       <x:c r="D354" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>616400</x:v>
       </x:c>
       <x:c r="E354" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>616400</x:v>
       </x:c>
       <x:c r="F354" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>616400</x:v>
       </x:c>
       <x:c r="G354" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="355">
       <x:c r="A355" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДМИТРИЕВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>59103R5195</x:v>
       </x:c>
       <x:c r="B355" s="3" t="str">
-        <x:v/>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C355" s="4" t="n">
-        <x:v>5765000</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="D355" s="4" t="n">
-        <x:v>5765000</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="E355" s="4" t="n">
-        <x:v>5765000</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="F355" s="4" t="n">
-        <x:v>5765000</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="G355" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="356">
       <x:c r="A356" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>591Я555195</x:v>
       </x:c>
       <x:c r="B356" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C356" s="4" t="n">
-        <x:v>5765000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D356" s="4" t="n">
-        <x:v>5765000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E356" s="4" t="n">
-        <x:v>5765000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F356" s="4" t="n">
-        <x:v>5765000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G356" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="357">
       <x:c r="A357" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Дондуковское сельское поселение"</x:v>
+        <x:v>5Б1П1Е5580</x:v>
       </x:c>
       <x:c r="B357" s="3" t="str">
-        <x:v/>
+        <x:v>Реализация проектов по развитию общественной территории муниципального образования, в том числе мероприятий (результатов) по обустройству туристского центра города на территории муниципального образования в соответствии с туристским кодом центра города</x:v>
       </x:c>
       <x:c r="C357" s="4" t="n">
-        <x:v>2440000</x:v>
+        <x:v>114020707.07</x:v>
       </x:c>
       <x:c r="D357" s="4" t="n">
-        <x:v>2440000</x:v>
+        <x:v>40401118.45</x:v>
       </x:c>
       <x:c r="E357" s="4" t="n">
-        <x:v>2440000</x:v>
+        <x:v>114020707.07</x:v>
       </x:c>
       <x:c r="F357" s="4" t="n">
-        <x:v>2440000</x:v>
+        <x:v>29045139.02</x:v>
       </x:c>
       <x:c r="G357" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>35.43</x:v>
       </x:c>
     </x:row>
     <x:row r="358">
       <x:c r="A358" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5Г101R7530</x:v>
       </x:c>
       <x:c r="B358" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Закупка и монтаж оборудования для создания "умных" спортивных площадок</x:v>
       </x:c>
       <x:c r="C358" s="4" t="n">
-        <x:v>2440000</x:v>
+        <x:v>12000000</x:v>
       </x:c>
       <x:c r="D358" s="4" t="n">
-        <x:v>2440000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E358" s="4" t="n">
-        <x:v>2440000</x:v>
+        <x:v>12000000</x:v>
       </x:c>
       <x:c r="F358" s="4" t="n">
-        <x:v>2440000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G358" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="359">
       <x:c r="A359" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДУКМАСОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5Л1019Д100</x:v>
       </x:c>
       <x:c r="B359" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
       </x:c>
       <x:c r="C359" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>200000000</x:v>
       </x:c>
       <x:c r="D359" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>147528473.88</x:v>
       </x:c>
       <x:c r="E359" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>200000000</x:v>
       </x:c>
       <x:c r="F359" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>141539082.21</x:v>
       </x:c>
       <x:c r="G359" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>73.76</x:v>
       </x:c>
     </x:row>
     <x:row r="360">
       <x:c r="A360" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5Л1И89Д100</x:v>
       </x:c>
       <x:c r="B360" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них в рамках регионального проекта "Региональная и местная дорожная сет</x:v>
       </x:c>
       <x:c r="C360" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>177600000</x:v>
       </x:c>
       <x:c r="D360" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>168273010.37</x:v>
       </x:c>
       <x:c r="E360" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>177600000</x:v>
       </x:c>
       <x:c r="F360" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>168273010.37</x:v>
       </x:c>
       <x:c r="G360" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>94.75</x:v>
       </x:c>
     </x:row>
     <x:row r="361">
       <x:c r="A361" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ЕГЕРУХАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5С10160450</x:v>
       </x:c>
       <x:c r="B361" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на реализацию мероприятий по благоустройству территории городских округов с численностью населения свыше 150 тысяч человек</x:v>
       </x:c>
       <x:c r="C361" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D361" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E361" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F361" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G361" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="362">
       <x:c r="A362" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5С1И454240</x:v>
       </x:c>
       <x:c r="B362" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
       </x:c>
       <x:c r="C362" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>104167777.8</x:v>
       </x:c>
       <x:c r="D362" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>42782046.36</x:v>
       </x:c>
       <x:c r="E362" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>104167777.8</x:v>
       </x:c>
       <x:c r="F362" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>42782046.36</x:v>
       </x:c>
       <x:c r="G362" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>41.07</x:v>
       </x:c>
     </x:row>
     <x:row r="363">
       <x:c r="A363" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ИГНАТЬЕВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5С1И455550</x:v>
       </x:c>
       <x:c r="B363" s="3" t="str">
-        <x:v/>
+        <x:v>Реализация программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="C363" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>283023400</x:v>
       </x:c>
       <x:c r="D363" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>283023400</x:v>
       </x:c>
       <x:c r="E363" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>283023400</x:v>
       </x:c>
       <x:c r="F363" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>283023400</x:v>
       </x:c>
       <x:c r="G363" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="364">
       <x:c r="A364" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5Ф20164900</x:v>
       </x:c>
       <x:c r="B364" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
       </x:c>
       <x:c r="C364" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="D364" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E364" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="F364" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="G364" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="365">
       <x:c r="A365" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Каменномостское сельское поселение"</x:v>
+        <x:v>5Ф20265500</x:v>
       </x:c>
       <x:c r="B365" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
       <x:c r="C365" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>57931000</x:v>
       </x:c>
       <x:c r="D365" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>53108000</x:v>
       </x:c>
       <x:c r="E365" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>57931000</x:v>
       </x:c>
       <x:c r="F365" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>53108000</x:v>
       </x:c>
       <x:c r="G365" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>91.67</x:v>
       </x:c>
     </x:row>
     <x:row r="366">
       <x:c r="A366" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>бюджет муниципального образования "Джерокайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B366" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C366" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="D366" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="E366" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="F366" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="G366" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="367">
       <x:c r="A367" s="3" t="str">
-        <x:v>бюджет муниципального образования "Кошехабльский район"</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B367" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C367" s="4" t="n">
-        <x:v>326244940.4</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D367" s="4" t="n">
-        <x:v>280166562.97</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E367" s="4" t="n">
-        <x:v>326244940.4</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F367" s="4" t="n">
-        <x:v>280166562.97</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G367" s="4" t="n">
-        <x:v>85.88</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="368">
       <x:c r="A368" s="3" t="str">
-        <x:v>52103R3040</x:v>
+        <x:v>бюджет муниципального образования "Джиджихабльское сельское поселение"</x:v>
       </x:c>
       <x:c r="B368" s="3" t="str">
-        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C368" s="4" t="n">
-        <x:v>16229292.93</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="D368" s="4" t="n">
-        <x:v>13727183.18</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="E368" s="4" t="n">
-        <x:v>16229292.93</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="F368" s="4" t="n">
-        <x:v>13727183.18</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="G368" s="4" t="n">
-        <x:v>84.58</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="369">
       <x:c r="A369" s="3" t="str">
-        <x:v>521Ю457500</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B369" s="3" t="str">
-        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C369" s="4" t="n">
-        <x:v>88306262.63</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="D369" s="4" t="n">
-        <x:v>88306262.62</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="E369" s="4" t="n">
-        <x:v>88306262.63</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="F369" s="4" t="n">
-        <x:v>88306262.62</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="G369" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="370">
       <x:c r="A370" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>Бюджет муниципального образования "Дмитриевское сельское поселение"</x:v>
       </x:c>
       <x:c r="B370" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C370" s="4" t="n">
-        <x:v>2211919.2</x:v>
+        <x:v>5765000</x:v>
       </x:c>
       <x:c r="D370" s="4" t="n">
-        <x:v>1910049.37</x:v>
+        <x:v>5765000</x:v>
       </x:c>
       <x:c r="E370" s="4" t="n">
-        <x:v>2211919.2</x:v>
+        <x:v>5765000</x:v>
       </x:c>
       <x:c r="F370" s="4" t="n">
-        <x:v>1910049.37</x:v>
+        <x:v>5765000</x:v>
       </x:c>
       <x:c r="G370" s="4" t="n">
-        <x:v>86.35</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="371">
       <x:c r="A371" s="3" t="str">
-        <x:v>521Я153150</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B371" s="3" t="str">
-        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C371" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5765000</x:v>
       </x:c>
       <x:c r="D371" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5765000</x:v>
       </x:c>
       <x:c r="E371" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5765000</x:v>
       </x:c>
       <x:c r="F371" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5765000</x:v>
       </x:c>
       <x:c r="G371" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="372">
       <x:c r="A372" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>Бюджет муниципального образования "Дондуковское сельское поселение"</x:v>
       </x:c>
       <x:c r="B372" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C372" s="4" t="n">
-        <x:v>3132000</x:v>
+        <x:v>2440000</x:v>
       </x:c>
       <x:c r="D372" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2440000</x:v>
       </x:c>
       <x:c r="E372" s="4" t="n">
-        <x:v>3132000</x:v>
+        <x:v>2440000</x:v>
       </x:c>
       <x:c r="F372" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2440000</x:v>
       </x:c>
       <x:c r="G372" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="373">
       <x:c r="A373" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B373" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C373" s="4" t="n">
-        <x:v>5818664.7</x:v>
+        <x:v>2440000</x:v>
       </x:c>
       <x:c r="D373" s="4" t="n">
-        <x:v>4800687.63</x:v>
+        <x:v>2440000</x:v>
       </x:c>
       <x:c r="E373" s="4" t="n">
-        <x:v>5818664.7</x:v>
+        <x:v>2440000</x:v>
       </x:c>
       <x:c r="F373" s="4" t="n">
-        <x:v>4800687.63</x:v>
+        <x:v>2440000</x:v>
       </x:c>
       <x:c r="G373" s="4" t="n">
-        <x:v>82.5</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="374">
       <x:c r="A374" s="3" t="str">
-        <x:v>5830260360</x:v>
+        <x:v>бюджет муниципального образования "Дукмасовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B374" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C374" s="4" t="n">
-        <x:v>1700000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="D374" s="4" t="n">
-        <x:v>1700000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="E374" s="4" t="n">
-        <x:v>1700000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="F374" s="4" t="n">
-        <x:v>1700000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="G374" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="375">
       <x:c r="A375" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B375" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C375" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="D375" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="E375" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="F375" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="G375" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="376">
       <x:c r="A376" s="3" t="str">
-        <x:v>59103R5196</x:v>
+        <x:v>Бюджет муниципального образования "Егерухайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B376" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C376" s="4" t="n">
-        <x:v>101100</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D376" s="4" t="n">
-        <x:v>101100</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E376" s="4" t="n">
-        <x:v>101100</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F376" s="4" t="n">
-        <x:v>101100</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G376" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="377">
       <x:c r="A377" s="3" t="str">
-        <x:v>591Я555130</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B377" s="3" t="str">
-        <x:v>Развитие сети учреждений культурно-досугового типа</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C377" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D377" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E377" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F377" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G377" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="378">
       <x:c r="A378" s="3" t="str">
-        <x:v>591Я555196</x:v>
+        <x:v>Бюджет муниципального образования "Игнатьевское сельское поселение"</x:v>
       </x:c>
       <x:c r="B378" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C378" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1900000</x:v>
       </x:c>
       <x:c r="D378" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1900000</x:v>
       </x:c>
       <x:c r="E378" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1900000</x:v>
       </x:c>
       <x:c r="F378" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1900000</x:v>
       </x:c>
       <x:c r="G378" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="379">
       <x:c r="A379" s="3" t="str">
-        <x:v>5К102R5762</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B379" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (благоустройство сельских территорий)</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C379" s="4" t="n">
-        <x:v>1698279.68</x:v>
+        <x:v>1900000</x:v>
       </x:c>
       <x:c r="D379" s="4" t="n">
-        <x:v>1698279.68</x:v>
+        <x:v>1900000</x:v>
       </x:c>
       <x:c r="E379" s="4" t="n">
-        <x:v>1698279.68</x:v>
+        <x:v>1900000</x:v>
       </x:c>
       <x:c r="F379" s="4" t="n">
-        <x:v>1698279.68</x:v>
+        <x:v>1900000</x:v>
       </x:c>
       <x:c r="G379" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="380">
       <x:c r="A380" s="3" t="str">
-        <x:v>5К102R5763</x:v>
+        <x:v>Бюджет муниципального образования "Каменномостское сельское поселение"</x:v>
       </x:c>
       <x:c r="B380" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C380" s="4" t="n">
-        <x:v>178233916.21</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D380" s="4" t="n">
-        <x:v>144906495.44</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E380" s="4" t="n">
-        <x:v>178233916.21</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F380" s="4" t="n">
-        <x:v>144906495.44</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G380" s="4" t="n">
-        <x:v>81.3</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="381">
       <x:c r="A381" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B381" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C381" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D381" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E381" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F381" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G381" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="382">
       <x:c r="A382" s="3" t="str">
-        <x:v>5Ф20265500</x:v>
+        <x:v>Бюджет муниципального образования "Кошехабльский район"</x:v>
       </x:c>
       <x:c r="B382" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C382" s="4" t="n">
-        <x:v>23203000</x:v>
+        <x:v>325576963.33</x:v>
       </x:c>
       <x:c r="D382" s="4" t="n">
-        <x:v>17406000</x:v>
+        <x:v>323474963.98</x:v>
       </x:c>
       <x:c r="E382" s="4" t="n">
-        <x:v>23203000</x:v>
+        <x:v>325576963.33</x:v>
       </x:c>
       <x:c r="F382" s="4" t="n">
-        <x:v>17406000</x:v>
+        <x:v>306653662.91</x:v>
       </x:c>
       <x:c r="G382" s="4" t="n">
-        <x:v>75.02</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="383">
       <x:c r="A383" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "КОШЕХАБЛЬСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B383" s="3" t="str">
-        <x:v/>
+        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C383" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>16229292.93</x:v>
       </x:c>
       <x:c r="D383" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>16229292.32</x:v>
       </x:c>
       <x:c r="E383" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>16229292.93</x:v>
       </x:c>
       <x:c r="F383" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>16229292.32</x:v>
       </x:c>
       <x:c r="G383" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="384">
       <x:c r="A384" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>521Ю457500</x:v>
       </x:c>
       <x:c r="B384" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="C384" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>88306262.63</x:v>
       </x:c>
       <x:c r="D384" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>88306262.63</x:v>
       </x:c>
       <x:c r="E384" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>88306262.63</x:v>
       </x:c>
       <x:c r="F384" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>88306262.62</x:v>
       </x:c>
       <x:c r="G384" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="385">
       <x:c r="A385" s="3" t="str">
-        <x:v>бюджет муниципального образования "Красногвардейский район"</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B385" s="3" t="str">
-        <x:v/>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C385" s="4" t="n">
-        <x:v>233890800.46</x:v>
+        <x:v>2211919.2</x:v>
       </x:c>
       <x:c r="D385" s="4" t="n">
-        <x:v>216253470.07</x:v>
+        <x:v>2038920.46</x:v>
       </x:c>
       <x:c r="E385" s="4" t="n">
-        <x:v>233890800.46</x:v>
+        <x:v>2211919.2</x:v>
       </x:c>
       <x:c r="F385" s="4" t="n">
-        <x:v>216253470.07</x:v>
+        <x:v>1910049.37</x:v>
       </x:c>
       <x:c r="G385" s="4" t="n">
-        <x:v>92.46</x:v>
+        <x:v>92.18</x:v>
       </x:c>
     </x:row>
     <x:row r="386">
       <x:c r="A386" s="3" t="str">
-        <x:v>52103R3040</x:v>
+        <x:v>521Я153150</x:v>
       </x:c>
       <x:c r="B386" s="3" t="str">
-        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
       </x:c>
       <x:c r="C386" s="4" t="n">
-        <x:v>20193939.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D386" s="4" t="n">
-        <x:v>11742030.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E386" s="4" t="n">
-        <x:v>20193939.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F386" s="4" t="n">
-        <x:v>11742030.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G386" s="4" t="n">
-        <x:v>58.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="387">
       <x:c r="A387" s="3" t="str">
-        <x:v>521Ю457500</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B387" s="3" t="str">
-        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C387" s="4" t="n">
-        <x:v>93142424.25</x:v>
+        <x:v>3132000</x:v>
       </x:c>
       <x:c r="D387" s="4" t="n">
-        <x:v>93142424.25</x:v>
+        <x:v>3132000</x:v>
       </x:c>
       <x:c r="E387" s="4" t="n">
-        <x:v>93142424.25</x:v>
+        <x:v>3132000</x:v>
       </x:c>
       <x:c r="F387" s="4" t="n">
-        <x:v>93142424.25</x:v>
+        <x:v>3132000</x:v>
       </x:c>
       <x:c r="G387" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="388">
       <x:c r="A388" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B388" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C388" s="4" t="n">
-        <x:v>2703535.36</x:v>
+        <x:v>4800687.63</x:v>
       </x:c>
       <x:c r="D388" s="4" t="n">
-        <x:v>2374113.83</x:v>
+        <x:v>4800687.63</x:v>
       </x:c>
       <x:c r="E388" s="4" t="n">
-        <x:v>2703535.36</x:v>
+        <x:v>4800687.63</x:v>
       </x:c>
       <x:c r="F388" s="4" t="n">
-        <x:v>2374113.83</x:v>
+        <x:v>4800687.63</x:v>
       </x:c>
       <x:c r="G388" s="4" t="n">
-        <x:v>87.82</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="389">
       <x:c r="A389" s="3" t="str">
-        <x:v>521Я153150</x:v>
+        <x:v>5830260360</x:v>
       </x:c>
       <x:c r="B389" s="3" t="str">
-        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
       </x:c>
       <x:c r="C389" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1700000</x:v>
       </x:c>
       <x:c r="D389" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1700000</x:v>
       </x:c>
       <x:c r="E389" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1700000</x:v>
       </x:c>
       <x:c r="F389" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1700000</x:v>
       </x:c>
       <x:c r="G389" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="390">
       <x:c r="A390" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B390" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C390" s="4" t="n">
-        <x:v>3813000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="D390" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="E390" s="4" t="n">
-        <x:v>3813000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="F390" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="G390" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="391">
       <x:c r="A391" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>59103R5196</x:v>
       </x:c>
       <x:c r="B391" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C391" s="4" t="n">
-        <x:v>2174396.4</x:v>
+        <x:v>101100</x:v>
       </x:c>
       <x:c r="D391" s="4" t="n">
-        <x:v>2174396.4</x:v>
+        <x:v>101100</x:v>
       </x:c>
       <x:c r="E391" s="4" t="n">
-        <x:v>2174396.4</x:v>
+        <x:v>101100</x:v>
       </x:c>
       <x:c r="F391" s="4" t="n">
-        <x:v>2174396.4</x:v>
+        <x:v>101100</x:v>
       </x:c>
       <x:c r="G391" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="392">
       <x:c r="A392" s="3" t="str">
-        <x:v>5510261150</x:v>
+        <x:v>591Я555130</x:v>
       </x:c>
       <x:c r="B392" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на капитальный ремонт объектов водоснабжения</x:v>
+        <x:v>Развитие сети учреждений культурно-досугового типа</x:v>
       </x:c>
       <x:c r="C392" s="4" t="n">
-        <x:v>17000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D392" s="4" t="n">
-        <x:v>17000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E392" s="4" t="n">
-        <x:v>17000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F392" s="4" t="n">
-        <x:v>17000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G392" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="393">
       <x:c r="A393" s="3" t="str">
-        <x:v>5520460310</x:v>
+        <x:v>591Я555196</x:v>
       </x:c>
       <x:c r="B393" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C393" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D393" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E393" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F393" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G393" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="394">
       <x:c r="A394" s="3" t="str">
-        <x:v>5830260360</x:v>
+        <x:v>5К102R5762</x:v>
       </x:c>
       <x:c r="B394" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (благоустройство сельских территорий)</x:v>
       </x:c>
       <x:c r="C394" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1698279.68</x:v>
       </x:c>
       <x:c r="D394" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1698279.68</x:v>
       </x:c>
       <x:c r="E394" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1698279.68</x:v>
       </x:c>
       <x:c r="F394" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1698279.68</x:v>
       </x:c>
       <x:c r="G394" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="395">
       <x:c r="A395" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5К102R5763</x:v>
       </x:c>
       <x:c r="B395" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
       </x:c>
       <x:c r="C395" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>178233916.21</x:v>
       </x:c>
       <x:c r="D395" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>178233916.21</x:v>
       </x:c>
       <x:c r="E395" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>178233916.21</x:v>
       </x:c>
       <x:c r="F395" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>161541486.24</x:v>
       </x:c>
       <x:c r="G395" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="396">
       <x:c r="A396" s="3" t="str">
-        <x:v>591Я554540</x:v>
+        <x:v>5С1И455550</x:v>
       </x:c>
       <x:c r="B396" s="3" t="str">
-        <x:v>Создание модельных муниципальных библиотек</x:v>
+        <x:v>Реализация программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="C396" s="4" t="n">
-        <x:v>8000000</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="D396" s="4" t="n">
-        <x:v>8000000</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="E396" s="4" t="n">
-        <x:v>8000000</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="F396" s="4" t="n">
-        <x:v>8000000</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="G396" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="397">
       <x:c r="A397" s="3" t="str">
-        <x:v>5К102R5763</x:v>
+        <x:v>5Ф20164900</x:v>
       </x:c>
       <x:c r="B397" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
       </x:c>
       <x:c r="C397" s="4" t="n">
-        <x:v>37960000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="D397" s="4" t="n">
-        <x:v>37960000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E397" s="4" t="n">
-        <x:v>37960000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="F397" s="4" t="n">
-        <x:v>37960000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="G397" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="398">
       <x:c r="A398" s="3" t="str">
-        <x:v>5Л1019Д100</x:v>
+        <x:v>5Ф20265500</x:v>
       </x:c>
       <x:c r="B398" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
+        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
       <x:c r="C398" s="4" t="n">
-        <x:v>23121000</x:v>
+        <x:v>23203000</x:v>
       </x:c>
       <x:c r="D398" s="4" t="n">
-        <x:v>23121000</x:v>
+        <x:v>21274000</x:v>
       </x:c>
       <x:c r="E398" s="4" t="n">
-        <x:v>23121000</x:v>
+        <x:v>23203000</x:v>
       </x:c>
       <x:c r="F398" s="4" t="n">
-        <x:v>23121000</x:v>
+        <x:v>21274000</x:v>
       </x:c>
       <x:c r="G398" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>91.69</x:v>
       </x:c>
     </x:row>
     <x:row r="399">
       <x:c r="A399" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>Бюджет муниципального образования "Кошехабльское сельское поселение"</x:v>
       </x:c>
       <x:c r="B399" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C399" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D399" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E399" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F399" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G399" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="400">
       <x:c r="A400" s="3" t="str">
-        <x:v>5Ф20265500</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B400" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C400" s="4" t="n">
-        <x:v>20172000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D400" s="4" t="n">
-        <x:v>15129000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E400" s="4" t="n">
-        <x:v>20172000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F400" s="4" t="n">
-        <x:v>15129000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G400" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="401">
       <x:c r="A401" s="3" t="str">
-        <x:v>бюджет муниципального образования "Майкопский район"</x:v>
+        <x:v>бюджет муниципального образования "Красногвардейский район"</x:v>
       </x:c>
       <x:c r="B401" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C401" s="4" t="n">
-        <x:v>178957050.82</x:v>
+        <x:v>232971292.41</x:v>
       </x:c>
       <x:c r="D401" s="4" t="n">
-        <x:v>109579949.24</x:v>
+        <x:v>231290209.6</x:v>
       </x:c>
       <x:c r="E401" s="4" t="n">
-        <x:v>178957050.82</x:v>
+        <x:v>232971292.41</x:v>
       </x:c>
       <x:c r="F401" s="4" t="n">
-        <x:v>109579949.24</x:v>
+        <x:v>229021858.69</x:v>
       </x:c>
       <x:c r="G401" s="4" t="n">
-        <x:v>61.23</x:v>
+        <x:v>99.28</x:v>
       </x:c>
     </x:row>
     <x:row r="402">
       <x:c r="A402" s="3" t="str">
         <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B402" s="3" t="str">
         <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C402" s="4" t="n">
-        <x:v>35414141.42</x:v>
+        <x:v>20193939.4</x:v>
       </x:c>
       <x:c r="D402" s="4" t="n">
-        <x:v>20184107.8</x:v>
+        <x:v>20193939.38</x:v>
       </x:c>
       <x:c r="E402" s="4" t="n">
-        <x:v>35414141.42</x:v>
+        <x:v>20193939.4</x:v>
       </x:c>
       <x:c r="F402" s="4" t="n">
-        <x:v>20184107.8</x:v>
+        <x:v>17942030.53</x:v>
       </x:c>
       <x:c r="G402" s="4" t="n">
-        <x:v>56.99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="403">
       <x:c r="A403" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>521Ю457500</x:v>
       </x:c>
       <x:c r="B403" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="C403" s="4" t="n">
-        <x:v>2703535.36</x:v>
+        <x:v>91279899</x:v>
       </x:c>
       <x:c r="D403" s="4" t="n">
-        <x:v>2702109.46</x:v>
+        <x:v>91279865.91</x:v>
       </x:c>
       <x:c r="E403" s="4" t="n">
-        <x:v>2703535.36</x:v>
+        <x:v>91279899</x:v>
       </x:c>
       <x:c r="F403" s="4" t="n">
-        <x:v>2702109.46</x:v>
+        <x:v>91279865.91</x:v>
       </x:c>
       <x:c r="G403" s="4" t="n">
-        <x:v>99.95</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="404">
       <x:c r="A404" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B404" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C404" s="4" t="n">
-        <x:v>4835000</x:v>
+        <x:v>2703535.36</x:v>
       </x:c>
       <x:c r="D404" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2703485.66</x:v>
       </x:c>
       <x:c r="E404" s="4" t="n">
-        <x:v>4835000</x:v>
+        <x:v>2703535.36</x:v>
       </x:c>
       <x:c r="F404" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2687043.6</x:v>
       </x:c>
       <x:c r="G404" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="405">
       <x:c r="A405" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>521Я153150</x:v>
       </x:c>
       <x:c r="B405" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
       </x:c>
       <x:c r="C405" s="4" t="n">
-        <x:v>17612096.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D405" s="4" t="n">
-        <x:v>15814203.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E405" s="4" t="n">
-        <x:v>17612096.54</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F405" s="4" t="n">
-        <x:v>15814203.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G405" s="4" t="n">
-        <x:v>89.79</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="406">
       <x:c r="A406" s="3" t="str">
-        <x:v>5510261150</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B406" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на капитальный ремонт объектов водоснабжения</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C406" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>3813000</x:v>
       </x:c>
       <x:c r="D406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3813000</x:v>
       </x:c>
       <x:c r="E406" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>3813000</x:v>
       </x:c>
       <x:c r="F406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3813000</x:v>
       </x:c>
       <x:c r="G406" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="407">
       <x:c r="A407" s="3" t="str">
-        <x:v>5520460310</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B407" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C407" s="4" t="n">
-        <x:v>1300000</x:v>
+        <x:v>2767413.6</x:v>
       </x:c>
       <x:c r="D407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2767413.6</x:v>
       </x:c>
       <x:c r="E407" s="4" t="n">
-        <x:v>1300000</x:v>
+        <x:v>2767413.6</x:v>
       </x:c>
       <x:c r="F407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2767413.6</x:v>
       </x:c>
       <x:c r="G407" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="408">
       <x:c r="A408" s="3" t="str">
-        <x:v>5830260360</x:v>
+        <x:v>5510261150</x:v>
       </x:c>
       <x:c r="B408" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
+        <x:v>Субсидии местным бюджетам на капитальный ремонт объектов водоснабжения</x:v>
       </x:c>
       <x:c r="C408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17000000</x:v>
       </x:c>
       <x:c r="D408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17000000</x:v>
       </x:c>
       <x:c r="E408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17000000</x:v>
       </x:c>
       <x:c r="F408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17000000</x:v>
       </x:c>
       <x:c r="G408" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="409">
       <x:c r="A409" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5520460310</x:v>
       </x:c>
       <x:c r="B409" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
       </x:c>
       <x:c r="C409" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D409" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E409" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F409" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G409" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="410">
       <x:c r="A410" s="3" t="str">
-        <x:v>591Я555130</x:v>
+        <x:v>5830260360</x:v>
       </x:c>
       <x:c r="B410" s="3" t="str">
-        <x:v>Развитие сети учреждений культурно-досугового типа</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
       </x:c>
       <x:c r="C410" s="4" t="n">
-        <x:v>14141500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D410" s="4" t="n">
-        <x:v>14141500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E410" s="4" t="n">
-        <x:v>14141500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F410" s="4" t="n">
-        <x:v>14141500</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G410" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="411">
       <x:c r="A411" s="3" t="str">
-        <x:v>591Я5А5130</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B411" s="3" t="str">
-        <x:v>Развитие сети учреждений культурно-досугового типа</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C411" s="4" t="n">
-        <x:v>28319500</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="D411" s="4" t="n">
-        <x:v>28319500</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="E411" s="4" t="n">
-        <x:v>28319500</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="F411" s="4" t="n">
-        <x:v>28319500</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="G411" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="412">
       <x:c r="A412" s="3" t="str">
-        <x:v>5К102R5762</x:v>
+        <x:v>591Я554540</x:v>
       </x:c>
       <x:c r="B412" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (благоустройство сельских территорий)</x:v>
+        <x:v>Создание модельных муниципальных библиотек</x:v>
       </x:c>
       <x:c r="C412" s="4" t="n">
-        <x:v>2723639.52</x:v>
+        <x:v>8000000</x:v>
       </x:c>
       <x:c r="D412" s="4" t="n">
-        <x:v>2723639.52</x:v>
+        <x:v>8000000</x:v>
       </x:c>
       <x:c r="E412" s="4" t="n">
-        <x:v>2723639.52</x:v>
+        <x:v>8000000</x:v>
       </x:c>
       <x:c r="F412" s="4" t="n">
-        <x:v>2723639.52</x:v>
+        <x:v>8000000</x:v>
       </x:c>
       <x:c r="G412" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="413">
       <x:c r="A413" s="3" t="str">
-        <x:v>5Л1019Д100</x:v>
+        <x:v>5К102R5763</x:v>
       </x:c>
       <x:c r="B413" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
       </x:c>
       <x:c r="C413" s="4" t="n">
-        <x:v>34167840</x:v>
+        <x:v>37960000</x:v>
       </x:c>
       <x:c r="D413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>37960000</x:v>
       </x:c>
       <x:c r="E413" s="4" t="n">
-        <x:v>34167840</x:v>
+        <x:v>37960000</x:v>
       </x:c>
       <x:c r="F413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>37960000</x:v>
       </x:c>
       <x:c r="G413" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="414">
       <x:c r="A414" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>5Л1019Д100</x:v>
       </x:c>
       <x:c r="B414" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
       </x:c>
       <x:c r="C414" s="4" t="n">
-        <x:v>7979797.98</x:v>
+        <x:v>23121000</x:v>
       </x:c>
       <x:c r="D414" s="4" t="n">
-        <x:v>6153889.45</x:v>
+        <x:v>23121000</x:v>
       </x:c>
       <x:c r="E414" s="4" t="n">
-        <x:v>7979797.98</x:v>
+        <x:v>23121000</x:v>
       </x:c>
       <x:c r="F414" s="4" t="n">
-        <x:v>6153889.45</x:v>
+        <x:v>23121000</x:v>
       </x:c>
       <x:c r="G414" s="4" t="n">
-        <x:v>77.12</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="415">
       <x:c r="A415" s="3" t="str">
-        <x:v>5Ф20265500</x:v>
+        <x:v>5С1И455550</x:v>
       </x:c>
       <x:c r="B415" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
+        <x:v>Реализация программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="C415" s="4" t="n">
-        <x:v>25300000</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="D415" s="4" t="n">
-        <x:v>18981000</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="E415" s="4" t="n">
-        <x:v>25300000</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="F415" s="4" t="n">
-        <x:v>18981000</x:v>
+        <x:v>5050505.05</x:v>
       </x:c>
       <x:c r="G415" s="4" t="n">
-        <x:v>75.02</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="416">
       <x:c r="A416" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "МАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5Ф20164900</x:v>
       </x:c>
       <x:c r="B416" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
       </x:c>
       <x:c r="C416" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="D416" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E416" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="F416" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="G416" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="417">
       <x:c r="A417" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5Ф20265500</x:v>
       </x:c>
       <x:c r="B417" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
       <x:c r="C417" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>20172000</x:v>
       </x:c>
       <x:c r="D417" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>18491000</x:v>
       </x:c>
       <x:c r="E417" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>20172000</x:v>
       </x:c>
       <x:c r="F417" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>18491000</x:v>
       </x:c>
       <x:c r="G417" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>91.67</x:v>
       </x:c>
     </x:row>
     <x:row r="418">
       <x:c r="A418" s="3" t="str">
-        <x:v>Бюджет муниципального образования "Натырбовское сельское поселение"</x:v>
+        <x:v>Бюджет муниципального образования "Майкопский район"</x:v>
       </x:c>
       <x:c r="B418" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C418" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>171159157.29</x:v>
       </x:c>
       <x:c r="D418" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>144612368.25</x:v>
       </x:c>
       <x:c r="E418" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>171159157.29</x:v>
       </x:c>
       <x:c r="F418" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>141858486.64</x:v>
       </x:c>
       <x:c r="G418" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>84.49</x:v>
       </x:c>
     </x:row>
     <x:row r="419">
       <x:c r="A419" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B419" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C419" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>29414141.42</x:v>
       </x:c>
       <x:c r="D419" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>27133542.38</x:v>
       </x:c>
       <x:c r="E419" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>29414141.42</x:v>
       </x:c>
       <x:c r="F419" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>24381086.67</x:v>
       </x:c>
       <x:c r="G419" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>92.25</x:v>
       </x:c>
     </x:row>
     <x:row r="420">
       <x:c r="A420" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ПОНЕЖУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>521Ю457500</x:v>
       </x:c>
       <x:c r="B420" s="3" t="str">
-        <x:v/>
+        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="C420" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D420" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E420" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F420" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G420" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="421">
       <x:c r="A421" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B421" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C421" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>2703535.36</x:v>
       </x:c>
       <x:c r="D421" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>2703535.36</x:v>
       </x:c>
       <x:c r="E421" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>2703535.36</x:v>
       </x:c>
       <x:c r="F421" s="4" t="n">
-        <x:v>3900000</x:v>
+        <x:v>2702109.46</x:v>
       </x:c>
       <x:c r="G421" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="422">
       <x:c r="A422" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ПЧЕГАТЛУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B422" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C422" s="4" t="n">
-        <x:v>5100000</x:v>
+        <x:v>4835000</x:v>
       </x:c>
       <x:c r="D422" s="4" t="n">
-        <x:v>5100000</x:v>
+        <x:v>4835000</x:v>
       </x:c>
       <x:c r="E422" s="4" t="n">
-        <x:v>5100000</x:v>
+        <x:v>4835000</x:v>
       </x:c>
       <x:c r="F422" s="4" t="n">
-        <x:v>5100000</x:v>
+        <x:v>4835000</x:v>
       </x:c>
       <x:c r="G422" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="423">
       <x:c r="A423" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B423" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C423" s="4" t="n">
-        <x:v>5100000</x:v>
+        <x:v>15814203.01</x:v>
       </x:c>
       <x:c r="D423" s="4" t="n">
-        <x:v>5100000</x:v>
+        <x:v>15814203.01</x:v>
       </x:c>
       <x:c r="E423" s="4" t="n">
-        <x:v>5100000</x:v>
+        <x:v>15814203.01</x:v>
       </x:c>
       <x:c r="F423" s="4" t="n">
-        <x:v>5100000</x:v>
+        <x:v>15814203.01</x:v>
       </x:c>
       <x:c r="G423" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="424">
       <x:c r="A424" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "СЕРГИЕВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5510261150</x:v>
       </x:c>
       <x:c r="B424" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на капитальный ремонт объектов водоснабжения</x:v>
       </x:c>
       <x:c r="C424" s="4" t="n">
-        <x:v>1956000</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="D424" s="4" t="n">
-        <x:v>1956000</x:v>
+        <x:v>3702650</x:v>
       </x:c>
       <x:c r="E424" s="4" t="n">
-        <x:v>1956000</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="F424" s="4" t="n">
-        <x:v>1956000</x:v>
+        <x:v>3702650</x:v>
       </x:c>
       <x:c r="G424" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="425">
       <x:c r="A425" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5520460310</x:v>
       </x:c>
       <x:c r="B425" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
       </x:c>
       <x:c r="C425" s="4" t="n">
-        <x:v>1956000</x:v>
+        <x:v>1300000</x:v>
       </x:c>
       <x:c r="D425" s="4" t="n">
-        <x:v>1956000</x:v>
+        <x:v>1300000</x:v>
       </x:c>
       <x:c r="E425" s="4" t="n">
-        <x:v>1956000</x:v>
+        <x:v>1300000</x:v>
       </x:c>
       <x:c r="F425" s="4" t="n">
-        <x:v>1956000</x:v>
+        <x:v>1300000</x:v>
       </x:c>
       <x:c r="G425" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="426">
       <x:c r="A426" s="3" t="str">
-        <x:v>бюджет муниципального образования "Тахтамукайский район"</x:v>
+        <x:v>5830260360</x:v>
       </x:c>
       <x:c r="B426" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
       </x:c>
       <x:c r="C426" s="4" t="n">
-        <x:v>899748261.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D426" s="4" t="n">
-        <x:v>536496609.35</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E426" s="4" t="n">
-        <x:v>899748261.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F426" s="4" t="n">
-        <x:v>536496609.35</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G426" s="4" t="n">
-        <x:v>59.63</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="427">
       <x:c r="A427" s="3" t="str">
-        <x:v>52103R3040</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B427" s="3" t="str">
-        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C427" s="4" t="n">
-        <x:v>80416161.62</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="D427" s="4" t="n">
-        <x:v>76646809.33</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="E427" s="4" t="n">
-        <x:v>80416161.62</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="F427" s="4" t="n">
-        <x:v>76646809.33</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="G427" s="4" t="n">
-        <x:v>95.31</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="428">
       <x:c r="A428" s="3" t="str">
-        <x:v>521Ю457500</x:v>
+        <x:v>591Я555130</x:v>
       </x:c>
       <x:c r="B428" s="3" t="str">
-        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
+        <x:v>Развитие сети учреждений культурно-досугового типа</x:v>
       </x:c>
       <x:c r="C428" s="4" t="n">
-        <x:v>123080808.09</x:v>
+        <x:v>14141500</x:v>
       </x:c>
       <x:c r="D428" s="4" t="n">
-        <x:v>123080808.09</x:v>
+        <x:v>14141500</x:v>
       </x:c>
       <x:c r="E428" s="4" t="n">
-        <x:v>123080808.09</x:v>
+        <x:v>14141500</x:v>
       </x:c>
       <x:c r="F428" s="4" t="n">
-        <x:v>123080808.09</x:v>
+        <x:v>14141500</x:v>
       </x:c>
       <x:c r="G428" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="429">
       <x:c r="A429" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>591Я5А5130</x:v>
       </x:c>
       <x:c r="B429" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Развитие сети учреждений культурно-досугового типа</x:v>
       </x:c>
       <x:c r="C429" s="4" t="n">
-        <x:v>3932424.25</x:v>
+        <x:v>28319500</x:v>
       </x:c>
       <x:c r="D429" s="4" t="n">
-        <x:v>3124542.02</x:v>
+        <x:v>28319500</x:v>
       </x:c>
       <x:c r="E429" s="4" t="n">
-        <x:v>3932424.25</x:v>
+        <x:v>28319500</x:v>
       </x:c>
       <x:c r="F429" s="4" t="n">
-        <x:v>3124542.02</x:v>
+        <x:v>28319500</x:v>
       </x:c>
       <x:c r="G429" s="4" t="n">
-        <x:v>79.46</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="430">
       <x:c r="A430" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>5К102R5762</x:v>
       </x:c>
       <x:c r="B430" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (благоустройство сельских территорий)</x:v>
       </x:c>
       <x:c r="C430" s="4" t="n">
-        <x:v>5092000</x:v>
+        <x:v>2723639.52</x:v>
       </x:c>
       <x:c r="D430" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2723639.52</x:v>
       </x:c>
       <x:c r="E430" s="4" t="n">
-        <x:v>5092000</x:v>
+        <x:v>2723639.52</x:v>
       </x:c>
       <x:c r="F430" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2723639.52</x:v>
       </x:c>
       <x:c r="G430" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="431">
       <x:c r="A431" s="3" t="str">
-        <x:v>5510160540</x:v>
+        <x:v>5Л1019Д100</x:v>
       </x:c>
       <x:c r="B431" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
+        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
       </x:c>
       <x:c r="C431" s="4" t="n">
-        <x:v>357210</x:v>
+        <x:v>34167840</x:v>
       </x:c>
       <x:c r="D431" s="4" t="n">
-        <x:v>357210</x:v>
+        <x:v>12200000</x:v>
       </x:c>
       <x:c r="E431" s="4" t="n">
-        <x:v>357210</x:v>
+        <x:v>34167840</x:v>
       </x:c>
       <x:c r="F431" s="4" t="n">
-        <x:v>357210</x:v>
+        <x:v>12200000</x:v>
       </x:c>
       <x:c r="G431" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>35.71</x:v>
       </x:c>
     </x:row>
     <x:row r="432">
       <x:c r="A432" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>5С1И455550</x:v>
       </x:c>
       <x:c r="B432" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Реализация программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="C432" s="4" t="n">
-        <x:v>48175433.62</x:v>
+        <x:v>7979797.98</x:v>
       </x:c>
       <x:c r="D432" s="4" t="n">
-        <x:v>47698194.85</x:v>
+        <x:v>7979797.98</x:v>
       </x:c>
       <x:c r="E432" s="4" t="n">
-        <x:v>48175433.62</x:v>
+        <x:v>7979797.98</x:v>
       </x:c>
       <x:c r="F432" s="4" t="n">
-        <x:v>47698194.85</x:v>
+        <x:v>7979797.98</x:v>
       </x:c>
       <x:c r="G432" s="4" t="n">
-        <x:v>99.01</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="433">
       <x:c r="A433" s="3" t="str">
-        <x:v>5520460310</x:v>
+        <x:v>5Ф20265500</x:v>
       </x:c>
       <x:c r="B433" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
+        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
       <x:c r="C433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25300000</x:v>
       </x:c>
       <x:c r="D433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>23199000</x:v>
       </x:c>
       <x:c r="E433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25300000</x:v>
       </x:c>
       <x:c r="F433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>23199000</x:v>
       </x:c>
       <x:c r="G433" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>91.7</x:v>
       </x:c>
     </x:row>
     <x:row r="434">
       <x:c r="A434" s="3" t="str">
-        <x:v>5830260360</x:v>
+        <x:v>Бюджет муниципального образования "Майское сельское поселение"</x:v>
       </x:c>
       <x:c r="B434" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C434" s="4" t="n">
-        <x:v>3500000</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="D434" s="4" t="n">
-        <x:v>3500000</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="E434" s="4" t="n">
-        <x:v>3500000</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="F434" s="4" t="n">
-        <x:v>3500000</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="G434" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="435">
       <x:c r="A435" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B435" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C435" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="D435" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="E435" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="F435" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="G435" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="436">
       <x:c r="A436" s="3" t="str">
-        <x:v>59102R5170</x:v>
+        <x:v>Бюджет муниципального образования "Натырбовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B436" s="3" t="str">
-        <x:v>Поддержка творческой деятельности и техническое оснащение детских и кукольных театров</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C436" s="4" t="n">
-        <x:v>1919200</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="D436" s="4" t="n">
-        <x:v>1919200</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="E436" s="4" t="n">
-        <x:v>1919200</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="F436" s="4" t="n">
-        <x:v>1919200</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="G436" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="437">
       <x:c r="A437" s="3" t="str">
-        <x:v>591Я554540</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B437" s="3" t="str">
-        <x:v>Создание модельных муниципальных библиотек</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C437" s="4" t="n">
-        <x:v>8000000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="D437" s="4" t="n">
-        <x:v>8000000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="E437" s="4" t="n">
-        <x:v>8000000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="F437" s="4" t="n">
-        <x:v>8000000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="G437" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="438">
       <x:c r="A438" s="3" t="str">
-        <x:v>5Г101R1440</x:v>
+        <x:v>бюджет муниципального образования "Понежукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B438" s="3" t="str">
-        <x:v>Реализация мероприятий по закупке и монтажу оборудования для создания модульных спортивных сооружений</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C438" s="4" t="n">
-        <x:v>300000000</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="D438" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="E438" s="4" t="n">
-        <x:v>300000000</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="F438" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="G438" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="439">
       <x:c r="A439" s="3" t="str">
-        <x:v>5Л1019Д100</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B439" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C439" s="4" t="n">
-        <x:v>236016435.59</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="D439" s="4" t="n">
-        <x:v>191801257.18</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="E439" s="4" t="n">
-        <x:v>236016435.59</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="F439" s="4" t="n">
-        <x:v>191801257.18</x:v>
+        <x:v>3900000</x:v>
       </x:c>
       <x:c r="G439" s="4" t="n">
-        <x:v>81.27</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="440">
       <x:c r="A440" s="3" t="str">
-        <x:v>5С10160490</x:v>
+        <x:v>бюджет муниципального образования "Пчегатлукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B440" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на реализацию мероприятий по благоустройству территории городских поселений с численностью населения свыше 20 тысяч человек</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C440" s="4" t="n">
-        <x:v>21163300</x:v>
+        <x:v>5100000</x:v>
       </x:c>
       <x:c r="D440" s="4" t="n">
-        <x:v>21163300</x:v>
+        <x:v>5100000</x:v>
       </x:c>
       <x:c r="E440" s="4" t="n">
-        <x:v>21163300</x:v>
+        <x:v>5100000</x:v>
       </x:c>
       <x:c r="F440" s="4" t="n">
-        <x:v>21163300</x:v>
+        <x:v>5100000</x:v>
       </x:c>
       <x:c r="G440" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="441">
       <x:c r="A441" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B441" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C441" s="4" t="n">
-        <x:v>31951287.88</x:v>
+        <x:v>5100000</x:v>
       </x:c>
       <x:c r="D441" s="4" t="n">
-        <x:v>31951287.88</x:v>
+        <x:v>5100000</x:v>
       </x:c>
       <x:c r="E441" s="4" t="n">
-        <x:v>31951287.88</x:v>
+        <x:v>5100000</x:v>
       </x:c>
       <x:c r="F441" s="4" t="n">
-        <x:v>31951287.88</x:v>
+        <x:v>5100000</x:v>
       </x:c>
       <x:c r="G441" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="442">
       <x:c r="A442" s="3" t="str">
-        <x:v>5Ф20265500</x:v>
+        <x:v>Бюджет муниципального образования "Сергиевское сельское поселение"</x:v>
       </x:c>
       <x:c r="B442" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C442" s="4" t="n">
-        <x:v>35584000</x:v>
+        <x:v>1956000</x:v>
       </x:c>
       <x:c r="D442" s="4" t="n">
-        <x:v>26694000</x:v>
+        <x:v>1956000</x:v>
       </x:c>
       <x:c r="E442" s="4" t="n">
-        <x:v>35584000</x:v>
+        <x:v>1956000</x:v>
       </x:c>
       <x:c r="F442" s="4" t="n">
-        <x:v>26694000</x:v>
+        <x:v>1956000</x:v>
       </x:c>
       <x:c r="G442" s="4" t="n">
-        <x:v>75.02</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="443">
       <x:c r="A443" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ТАХТАМУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B443" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C443" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>1956000</x:v>
       </x:c>
       <x:c r="D443" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>1956000</x:v>
       </x:c>
       <x:c r="E443" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>1956000</x:v>
       </x:c>
       <x:c r="F443" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>1956000</x:v>
       </x:c>
       <x:c r="G443" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="444">
       <x:c r="A444" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>бюджет муниципального образования "Тахтамукайский район"</x:v>
       </x:c>
       <x:c r="B444" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C444" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>907121022.28</x:v>
       </x:c>
       <x:c r="D444" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>886417573.7</x:v>
       </x:c>
       <x:c r="E444" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>907121022.28</x:v>
       </x:c>
       <x:c r="F444" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>848201920.57</x:v>
       </x:c>
       <x:c r="G444" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>97.72</x:v>
       </x:c>
     </x:row>
     <x:row r="445">
       <x:c r="A445" s="3" t="str">
-        <x:v>бюджет муниципального образования "Теучежский район"</x:v>
+        <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B445" s="3" t="str">
-        <x:v/>
+        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C445" s="4" t="n">
-        <x:v>205693406.84</x:v>
+        <x:v>87916161.62</x:v>
       </x:c>
       <x:c r="D445" s="4" t="n">
-        <x:v>194301372.06</x:v>
+        <x:v>77590640.63</x:v>
       </x:c>
       <x:c r="E445" s="4" t="n">
-        <x:v>205693406.84</x:v>
+        <x:v>87916161.62</x:v>
       </x:c>
       <x:c r="F445" s="4" t="n">
-        <x:v>194301372.06</x:v>
+        <x:v>76646809.33</x:v>
       </x:c>
       <x:c r="G445" s="4" t="n">
-        <x:v>94.46</x:v>
+        <x:v>88.26</x:v>
       </x:c>
     </x:row>
     <x:row r="446">
       <x:c r="A446" s="3" t="str">
-        <x:v>52103R3040</x:v>
+        <x:v>521Ю457500</x:v>
       </x:c>
       <x:c r="B446" s="3" t="str">
-        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="C446" s="4" t="n">
-        <x:v>9982828.29</x:v>
+        <x:v>123080808.09</x:v>
       </x:c>
       <x:c r="D446" s="4" t="n">
-        <x:v>5622646.49</x:v>
+        <x:v>123080808.09</x:v>
       </x:c>
       <x:c r="E446" s="4" t="n">
-        <x:v>9982828.29</x:v>
+        <x:v>123080808.09</x:v>
       </x:c>
       <x:c r="F446" s="4" t="n">
-        <x:v>5622646.49</x:v>
+        <x:v>123080808.09</x:v>
       </x:c>
       <x:c r="G446" s="4" t="n">
-        <x:v>56.32</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="447">
       <x:c r="A447" s="3" t="str">
-        <x:v>521Ю457500</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B447" s="3" t="str">
-        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C447" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3932424.25</x:v>
       </x:c>
       <x:c r="D447" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3787164.49</x:v>
       </x:c>
       <x:c r="E447" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3932424.25</x:v>
       </x:c>
       <x:c r="F447" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3455853.24</x:v>
       </x:c>
       <x:c r="G447" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>96.31</x:v>
       </x:c>
     </x:row>
     <x:row r="448">
       <x:c r="A448" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B448" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C448" s="4" t="n">
-        <x:v>1966262.63</x:v>
+        <x:v>5092000</x:v>
       </x:c>
       <x:c r="D448" s="4" t="n">
-        <x:v>1652409.65</x:v>
+        <x:v>5092000</x:v>
       </x:c>
       <x:c r="E448" s="4" t="n">
-        <x:v>1966262.63</x:v>
+        <x:v>5092000</x:v>
       </x:c>
       <x:c r="F448" s="4" t="n">
-        <x:v>1652409.65</x:v>
+        <x:v>5092000</x:v>
       </x:c>
       <x:c r="G448" s="4" t="n">
-        <x:v>84.04</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="449">
       <x:c r="A449" s="3" t="str">
-        <x:v>521Я153150</x:v>
+        <x:v>5510160540</x:v>
       </x:c>
       <x:c r="B449" s="3" t="str">
-        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
+        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
       </x:c>
       <x:c r="C449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>357210</x:v>
       </x:c>
       <x:c r="D449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>357210</x:v>
       </x:c>
       <x:c r="E449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>357210</x:v>
       </x:c>
       <x:c r="F449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>357210</x:v>
       </x:c>
       <x:c r="G449" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="450">
       <x:c r="A450" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B450" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C450" s="4" t="n">
-        <x:v>2568000</x:v>
+        <x:v>47698194.85</x:v>
       </x:c>
       <x:c r="D450" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>47698194.85</x:v>
       </x:c>
       <x:c r="E450" s="4" t="n">
-        <x:v>2568000</x:v>
+        <x:v>47698194.85</x:v>
       </x:c>
       <x:c r="F450" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>47698194.85</x:v>
       </x:c>
       <x:c r="G450" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="451">
       <x:c r="A451" s="3" t="str">
-        <x:v>5510160540</x:v>
+        <x:v>5520460310</x:v>
       </x:c>
       <x:c r="B451" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
       </x:c>
       <x:c r="C451" s="4" t="n">
-        <x:v>714420</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D451" s="4" t="n">
-        <x:v>714420</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E451" s="4" t="n">
-        <x:v>714420</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F451" s="4" t="n">
-        <x:v>714420</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G451" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="452">
       <x:c r="A452" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>5830260360</x:v>
       </x:c>
       <x:c r="B452" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
       </x:c>
       <x:c r="C452" s="4" t="n">
-        <x:v>27067301.98</x:v>
+        <x:v>3500000</x:v>
       </x:c>
       <x:c r="D452" s="4" t="n">
-        <x:v>27067301.98</x:v>
+        <x:v>3500000</x:v>
       </x:c>
       <x:c r="E452" s="4" t="n">
-        <x:v>27067301.98</x:v>
+        <x:v>3500000</x:v>
       </x:c>
       <x:c r="F452" s="4" t="n">
-        <x:v>27067301.98</x:v>
+        <x:v>3500000</x:v>
       </x:c>
       <x:c r="G452" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="453">
       <x:c r="A453" s="3" t="str">
-        <x:v>5510261150</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B453" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на капитальный ремонт объектов водоснабжения</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C453" s="4" t="n">
-        <x:v>7170000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="D453" s="4" t="n">
-        <x:v>7170000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="E453" s="4" t="n">
-        <x:v>7170000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="F453" s="4" t="n">
-        <x:v>7170000</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="G453" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="454">
       <x:c r="A454" s="3" t="str">
-        <x:v>5520460310</x:v>
+        <x:v>59102R5170</x:v>
       </x:c>
       <x:c r="B454" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
+        <x:v>Поддержка творческой деятельности и техническое оснащение детских и кукольных театров</x:v>
       </x:c>
       <x:c r="C454" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1919200</x:v>
       </x:c>
       <x:c r="D454" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1919200</x:v>
       </x:c>
       <x:c r="E454" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1919200</x:v>
       </x:c>
       <x:c r="F454" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1919200</x:v>
       </x:c>
       <x:c r="G454" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="455">
       <x:c r="A455" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>591Я554540</x:v>
       </x:c>
       <x:c r="B455" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Создание модельных муниципальных библиотек</x:v>
       </x:c>
       <x:c r="C455" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>8000000</x:v>
       </x:c>
       <x:c r="D455" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>8000000</x:v>
       </x:c>
       <x:c r="E455" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>8000000</x:v>
       </x:c>
       <x:c r="F455" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>8000000</x:v>
       </x:c>
       <x:c r="G455" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="456">
       <x:c r="A456" s="3" t="str">
-        <x:v>59103R5195</x:v>
+        <x:v>5Г101R1440</x:v>
       </x:c>
       <x:c r="B456" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Реализация мероприятий по закупке и монтажу оборудования для создания модульных спортивных сооружений</x:v>
       </x:c>
       <x:c r="C456" s="4" t="n">
-        <x:v>101200</x:v>
+        <x:v>300000000</x:v>
       </x:c>
       <x:c r="D456" s="4" t="n">
-        <x:v>101200</x:v>
+        <x:v>300000000</x:v>
       </x:c>
       <x:c r="E456" s="4" t="n">
-        <x:v>101200</x:v>
+        <x:v>300000000</x:v>
       </x:c>
       <x:c r="F456" s="4" t="n">
-        <x:v>101200</x:v>
+        <x:v>300000000</x:v>
       </x:c>
       <x:c r="G456" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="457">
       <x:c r="A457" s="3" t="str">
-        <x:v>591Я555195</x:v>
+        <x:v>5Л1019Д100</x:v>
       </x:c>
       <x:c r="B457" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
       </x:c>
       <x:c r="C457" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>236016435.59</x:v>
       </x:c>
       <x:c r="D457" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>228741767.76</x:v>
       </x:c>
       <x:c r="E457" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>236016435.59</x:v>
       </x:c>
       <x:c r="F457" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>191801257.18</x:v>
       </x:c>
       <x:c r="G457" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>96.92</x:v>
       </x:c>
     </x:row>
     <x:row r="458">
       <x:c r="A458" s="3" t="str">
-        <x:v>5Г101R7530</x:v>
+        <x:v>5С10160490</x:v>
       </x:c>
       <x:c r="B458" s="3" t="str">
-        <x:v>Закупка и монтаж оборудования для создания "умных" спортивных площадок</x:v>
+        <x:v>Субсидии местным бюджетам на реализацию мероприятий по благоустройству территории городских поселений с численностью населения свыше 20 тысяч человек</x:v>
       </x:c>
       <x:c r="C458" s="4" t="n">
-        <x:v>135000000</x:v>
+        <x:v>21163300</x:v>
       </x:c>
       <x:c r="D458" s="4" t="n">
-        <x:v>135000000</x:v>
+        <x:v>21163300</x:v>
       </x:c>
       <x:c r="E458" s="4" t="n">
-        <x:v>135000000</x:v>
+        <x:v>21163300</x:v>
       </x:c>
       <x:c r="F458" s="4" t="n">
-        <x:v>135000000</x:v>
+        <x:v>21163300</x:v>
       </x:c>
       <x:c r="G458" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="459">
       <x:c r="A459" s="3" t="str">
-        <x:v>5К101R5765</x:v>
+        <x:v>5С1И455550</x:v>
       </x:c>
       <x:c r="B459" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (строительство (приобретение) жилого помещения (жилого дома), предоставляемого гражданам Российской Федерации, проживающим на сельских территориях, территориях опорных населенных пунктов, по договору </x:v>
+        <x:v>Реализация программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="C459" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>31951287.88</x:v>
       </x:c>
       <x:c r="D459" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>31951287.88</x:v>
       </x:c>
       <x:c r="E459" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>31951287.88</x:v>
       </x:c>
       <x:c r="F459" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>31951287.88</x:v>
       </x:c>
       <x:c r="G459" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="460">
       <x:c r="A460" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>5Ф20164900</x:v>
       </x:c>
       <x:c r="B460" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
       </x:c>
       <x:c r="C460" s="4" t="n">
-        <x:v>3939393.94</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="D460" s="4" t="n">
-        <x:v>3939393.94</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="E460" s="4" t="n">
-        <x:v>3939393.94</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="F460" s="4" t="n">
-        <x:v>3939393.94</x:v>
+        <x:v>350000</x:v>
       </x:c>
       <x:c r="G460" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="461">
       <x:c r="A461" s="3" t="str">
         <x:v>5Ф20265500</x:v>
       </x:c>
       <x:c r="B461" s="3" t="str">
         <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
       <x:c r="C461" s="4" t="n">
-        <x:v>16624000</x:v>
+        <x:v>35584000</x:v>
       </x:c>
       <x:c r="D461" s="4" t="n">
-        <x:v>12474000</x:v>
+        <x:v>32626000</x:v>
       </x:c>
       <x:c r="E461" s="4" t="n">
-        <x:v>16624000</x:v>
+        <x:v>35584000</x:v>
       </x:c>
       <x:c r="F461" s="4" t="n">
-        <x:v>12474000</x:v>
+        <x:v>32626000</x:v>
       </x:c>
       <x:c r="G461" s="4" t="n">
-        <x:v>75.04</x:v>
+        <x:v>91.69</x:v>
       </x:c>
     </x:row>
     <x:row r="462">
       <x:c r="A462" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ТЛЮСТЕНХАБЛЬСКОЕ ГОРОДСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Тахтамукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B462" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C462" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="D462" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="E462" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="F462" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="G462" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="463">
       <x:c r="A463" s="3" t="str">
         <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B463" s="3" t="str">
         <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C463" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="D463" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="E463" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="F463" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>4000000</x:v>
       </x:c>
       <x:c r="G463" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="464">
       <x:c r="A464" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "УЛЯПСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Теучежский район"</x:v>
       </x:c>
       <x:c r="B464" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C464" s="4" t="n">
-        <x:v>1627000</x:v>
+        <x:v>208071018.85</x:v>
       </x:c>
       <x:c r="D464" s="4" t="n">
-        <x:v>1627000</x:v>
+        <x:v>206344953.75</x:v>
       </x:c>
       <x:c r="E464" s="4" t="n">
-        <x:v>1627000</x:v>
+        <x:v>208071018.85</x:v>
       </x:c>
       <x:c r="F464" s="4" t="n">
-        <x:v>1627000</x:v>
+        <x:v>202944583.13</x:v>
       </x:c>
       <x:c r="G464" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>99.17</x:v>
       </x:c>
     </x:row>
     <x:row r="465">
       <x:c r="A465" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B465" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C465" s="4" t="n">
-        <x:v>1627000</x:v>
+        <x:v>9982828.29</x:v>
       </x:c>
       <x:c r="D465" s="4" t="n">
-        <x:v>1627000</x:v>
+        <x:v>9981298.97</x:v>
       </x:c>
       <x:c r="E465" s="4" t="n">
-        <x:v>1627000</x:v>
+        <x:v>9982828.29</x:v>
       </x:c>
       <x:c r="F465" s="4" t="n">
-        <x:v>1627000</x:v>
+        <x:v>6775799.56</x:v>
       </x:c>
       <x:c r="G465" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>99.98</x:v>
       </x:c>
     </x:row>
     <x:row r="466">
       <x:c r="A466" s="3" t="str">
-        <x:v>бюджет муниципального образования "Хакуринохабльское сельское поселение"</x:v>
+        <x:v>521Ю457500</x:v>
       </x:c>
       <x:c r="B466" s="3" t="str">
-        <x:v/>
+        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="C466" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D466" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E466" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F466" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G466" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="467">
       <x:c r="A467" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B467" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C467" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>1966262.63</x:v>
       </x:c>
       <x:c r="D467" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>1966160.07</x:v>
       </x:c>
       <x:c r="E467" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>1966262.63</x:v>
       </x:c>
       <x:c r="F467" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>1771288.86</x:v>
       </x:c>
       <x:c r="G467" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>99.99</x:v>
       </x:c>
     </x:row>
     <x:row r="468">
       <x:c r="A468" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ХОДЗИНСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>521Я153150</x:v>
       </x:c>
       <x:c r="B468" s="3" t="str">
-        <x:v/>
+        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
       </x:c>
       <x:c r="C468" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D468" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E468" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F468" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G468" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="469">
       <x:c r="A469" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B469" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C469" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>2568000</x:v>
       </x:c>
       <x:c r="D469" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>2568000</x:v>
       </x:c>
       <x:c r="E469" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>2568000</x:v>
       </x:c>
       <x:c r="F469" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>2568000</x:v>
       </x:c>
       <x:c r="G469" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="470">
       <x:c r="A470" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шенджийское сельское поселение"</x:v>
+        <x:v>5510160540</x:v>
       </x:c>
       <x:c r="B470" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
       </x:c>
       <x:c r="C470" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>714420</x:v>
       </x:c>
       <x:c r="D470" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>714420</x:v>
       </x:c>
       <x:c r="E470" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>714420</x:v>
       </x:c>
       <x:c r="F470" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>714420</x:v>
       </x:c>
       <x:c r="G470" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="471">
       <x:c r="A471" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B471" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C471" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>28744913.99</x:v>
       </x:c>
       <x:c r="D471" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>28398480.77</x:v>
       </x:c>
       <x:c r="E471" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>28744913.99</x:v>
       </x:c>
       <x:c r="F471" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>28398480.77</x:v>
       </x:c>
       <x:c r="G471" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>98.79</x:v>
       </x:c>
     </x:row>
     <x:row r="472">
       <x:c r="A472" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шовгеновский район"</x:v>
+        <x:v>5510261150</x:v>
       </x:c>
       <x:c r="B472" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам на капитальный ремонт объектов водоснабжения</x:v>
       </x:c>
       <x:c r="C472" s="4" t="n">
-        <x:v>173765142.82</x:v>
+        <x:v>7170000</x:v>
       </x:c>
       <x:c r="D472" s="4" t="n">
-        <x:v>161504518.09</x:v>
+        <x:v>7170000</x:v>
       </x:c>
       <x:c r="E472" s="4" t="n">
-        <x:v>173765142.82</x:v>
+        <x:v>7170000</x:v>
       </x:c>
       <x:c r="F472" s="4" t="n">
-        <x:v>161504518.09</x:v>
+        <x:v>7170000</x:v>
       </x:c>
       <x:c r="G472" s="4" t="n">
-        <x:v>92.94</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="473">
       <x:c r="A473" s="3" t="str">
-        <x:v>52103R3040</x:v>
+        <x:v>5520460310</x:v>
       </x:c>
       <x:c r="B473" s="3" t="str">
-        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
       </x:c>
       <x:c r="C473" s="4" t="n">
-        <x:v>7075757.58</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D473" s="4" t="n">
-        <x:v>5121831.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E473" s="4" t="n">
-        <x:v>7075757.58</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F473" s="4" t="n">
-        <x:v>5121831.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G473" s="4" t="n">
-        <x:v>72.39</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="474">
       <x:c r="A474" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B474" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C474" s="4" t="n">
-        <x:v>1474646.47</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="D474" s="4" t="n">
-        <x:v>1253947.8</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="E474" s="4" t="n">
-        <x:v>1474646.47</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="F474" s="4" t="n">
-        <x:v>1253947.8</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="G474" s="4" t="n">
-        <x:v>85.03</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="475">
       <x:c r="A475" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>59103R5195</x:v>
       </x:c>
       <x:c r="B475" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C475" s="4" t="n">
-        <x:v>2304000</x:v>
+        <x:v>101200</x:v>
       </x:c>
       <x:c r="D475" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>101200</x:v>
       </x:c>
       <x:c r="E475" s="4" t="n">
-        <x:v>2304000</x:v>
+        <x:v>101200</x:v>
       </x:c>
       <x:c r="F475" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>101200</x:v>
       </x:c>
       <x:c r="G475" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="476">
       <x:c r="A476" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>591Я555195</x:v>
       </x:c>
       <x:c r="B476" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C476" s="4" t="n">
-        <x:v>5501120.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D476" s="4" t="n">
-        <x:v>5501120.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E476" s="4" t="n">
-        <x:v>5501120.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F476" s="4" t="n">
-        <x:v>5501120.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G476" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="477">
       <x:c r="A477" s="3" t="str">
-        <x:v>5520460310</x:v>
+        <x:v>5Г101R7530</x:v>
       </x:c>
       <x:c r="B477" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
+        <x:v>Закупка и монтаж оборудования для создания "умных" спортивных площадок</x:v>
       </x:c>
       <x:c r="C477" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>135000000</x:v>
       </x:c>
       <x:c r="D477" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>135000000</x:v>
       </x:c>
       <x:c r="E477" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>135000000</x:v>
       </x:c>
       <x:c r="F477" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>135000000</x:v>
       </x:c>
       <x:c r="G477" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="478">
       <x:c r="A478" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5К101R5765</x:v>
       </x:c>
       <x:c r="B478" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (строительство (приобретение) жилого помещения (жилого дома), предоставляемого гражданам Российской Федерации, проживающим на сельских территориях, территориях опорных населенных пунктов, по договору </x:v>
       </x:c>
       <x:c r="C478" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D478" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E478" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F478" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G478" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="479">
       <x:c r="A479" s="3" t="str">
-        <x:v>59103R5195</x:v>
+        <x:v>5С1И455550</x:v>
       </x:c>
       <x:c r="B479" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Реализация программ формирования современной городской среды</x:v>
       </x:c>
       <x:c r="C479" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>3939393.94</x:v>
       </x:c>
       <x:c r="D479" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>3939393.94</x:v>
       </x:c>
       <x:c r="E479" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>3939393.94</x:v>
       </x:c>
       <x:c r="F479" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>3939393.94</x:v>
       </x:c>
       <x:c r="G479" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="480">
       <x:c r="A480" s="3" t="str">
-        <x:v>59103R5196</x:v>
+        <x:v>5Ф20164900</x:v>
       </x:c>
       <x:c r="B480" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
       </x:c>
       <x:c r="C480" s="4" t="n">
-        <x:v>202200</x:v>
+        <x:v>700000</x:v>
       </x:c>
       <x:c r="D480" s="4" t="n">
-        <x:v>202200</x:v>
+        <x:v>700000</x:v>
       </x:c>
       <x:c r="E480" s="4" t="n">
-        <x:v>202200</x:v>
+        <x:v>700000</x:v>
       </x:c>
       <x:c r="F480" s="4" t="n">
-        <x:v>202200</x:v>
+        <x:v>700000</x:v>
       </x:c>
       <x:c r="G480" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="481">
       <x:c r="A481" s="3" t="str">
-        <x:v>591Я555195</x:v>
+        <x:v>5Ф20265500</x:v>
       </x:c>
       <x:c r="B481" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
       <x:c r="C481" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16624000</x:v>
       </x:c>
       <x:c r="D481" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15246000</x:v>
       </x:c>
       <x:c r="E481" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16624000</x:v>
       </x:c>
       <x:c r="F481" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15246000</x:v>
       </x:c>
       <x:c r="G481" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>91.71</x:v>
       </x:c>
     </x:row>
     <x:row r="482">
       <x:c r="A482" s="3" t="str">
-        <x:v>591Я555196</x:v>
+        <x:v>бюджет муниципального образования "Тлюстенхабльское городское поселение"</x:v>
       </x:c>
       <x:c r="B482" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C482" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3800000</x:v>
       </x:c>
       <x:c r="D482" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3800000</x:v>
       </x:c>
       <x:c r="E482" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3800000</x:v>
       </x:c>
       <x:c r="F482" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3800000</x:v>
       </x:c>
       <x:c r="G482" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="483">
       <x:c r="A483" s="3" t="str">
-        <x:v>5К102R5763</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B483" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C483" s="4" t="n">
-        <x:v>131803313</x:v>
+        <x:v>3800000</x:v>
       </x:c>
       <x:c r="D483" s="4" t="n">
-        <x:v>131803313</x:v>
+        <x:v>3800000</x:v>
       </x:c>
       <x:c r="E483" s="4" t="n">
-        <x:v>131803313</x:v>
+        <x:v>3800000</x:v>
       </x:c>
       <x:c r="F483" s="4" t="n">
-        <x:v>131803313</x:v>
+        <x:v>3800000</x:v>
       </x:c>
       <x:c r="G483" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="484">
       <x:c r="A484" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>бюджет муниципального образования "Уляпское сельское поселение"</x:v>
       </x:c>
       <x:c r="B484" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C484" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>1627000</x:v>
       </x:c>
       <x:c r="D484" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>1627000</x:v>
       </x:c>
       <x:c r="E484" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>1627000</x:v>
       </x:c>
       <x:c r="F484" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>1627000</x:v>
       </x:c>
       <x:c r="G484" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="485">
       <x:c r="A485" s="3" t="str">
-        <x:v>5Ф20265500</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B485" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C485" s="4" t="n">
-        <x:v>15943000</x:v>
+        <x:v>1627000</x:v>
       </x:c>
       <x:c r="D485" s="4" t="n">
-        <x:v>11961000</x:v>
+        <x:v>1627000</x:v>
       </x:c>
       <x:c r="E485" s="4" t="n">
-        <x:v>15943000</x:v>
+        <x:v>1627000</x:v>
       </x:c>
       <x:c r="F485" s="4" t="n">
-        <x:v>11961000</x:v>
+        <x:v>1627000</x:v>
       </x:c>
       <x:c r="G485" s="4" t="n">
-        <x:v>75.02</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="486">
       <x:c r="A486" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ЭНЕМСКОЕ ГОРОДСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>бюджет муниципального образования "Хакуринохабльское сельское поселение"</x:v>
       </x:c>
       <x:c r="B486" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C486" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D486" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E486" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F486" s="4" t="n">
-        <x:v>4000000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G486" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="487">
       <x:c r="A487" s="3" t="str">
         <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B487" s="3" t="str">
         <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C487" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="D487" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="E487" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="F487" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="G487" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="488">
+      <x:c r="A488" s="3" t="str">
+        <x:v>Бюджет муниципального образования "Ходзинское сельское поселение"</x:v>
+      </x:c>
+      <x:c r="B488" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C488" s="4" t="n">
+        <x:v>1900000</x:v>
+      </x:c>
+      <x:c r="D488" s="4" t="n">
+        <x:v>1900000</x:v>
+      </x:c>
+      <x:c r="E488" s="4" t="n">
+        <x:v>1900000</x:v>
+      </x:c>
+      <x:c r="F488" s="4" t="n">
+        <x:v>1900000</x:v>
+      </x:c>
+      <x:c r="G488" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="489">
+      <x:c r="A489" s="3" t="str">
+        <x:v>5Ф20164800</x:v>
+      </x:c>
+      <x:c r="B489" s="3" t="str">
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+      </x:c>
+      <x:c r="C489" s="4" t="n">
+        <x:v>1900000</x:v>
+      </x:c>
+      <x:c r="D489" s="4" t="n">
+        <x:v>1900000</x:v>
+      </x:c>
+      <x:c r="E489" s="4" t="n">
+        <x:v>1900000</x:v>
+      </x:c>
+      <x:c r="F489" s="4" t="n">
+        <x:v>1900000</x:v>
+      </x:c>
+      <x:c r="G489" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="490">
+      <x:c r="A490" s="3" t="str">
+        <x:v>бюджет муниципального образования "Шенджийское сельское поселение"</x:v>
+      </x:c>
+      <x:c r="B490" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C490" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="D490" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="E490" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="F490" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="G490" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="491">
+      <x:c r="A491" s="3" t="str">
+        <x:v>5Ф20164800</x:v>
+      </x:c>
+      <x:c r="B491" s="3" t="str">
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+      </x:c>
+      <x:c r="C491" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="D491" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="E491" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="F491" s="4" t="n">
+        <x:v>2000000</x:v>
+      </x:c>
+      <x:c r="G491" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="492">
+      <x:c r="A492" s="3" t="str">
+        <x:v>Бюджет муниципального образования "Шовгеновский район"</x:v>
+      </x:c>
+      <x:c r="B492" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C492" s="4" t="n">
+        <x:v>173268142.82</x:v>
+      </x:c>
+      <x:c r="D492" s="4" t="n">
+        <x:v>171936521.59</x:v>
+      </x:c>
+      <x:c r="E492" s="4" t="n">
+        <x:v>173268142.82</x:v>
+      </x:c>
+      <x:c r="F492" s="4" t="n">
+        <x:v>170686608.01</x:v>
+      </x:c>
+      <x:c r="G492" s="4" t="n">
+        <x:v>99.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="493">
+      <x:c r="A493" s="3" t="str">
+        <x:v>52103R3040</x:v>
+      </x:c>
+      <x:c r="B493" s="3" t="str">
+        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+      </x:c>
+      <x:c r="C493" s="4" t="n">
+        <x:v>7075757.58</x:v>
+      </x:c>
+      <x:c r="D493" s="4" t="n">
+        <x:v>7071708.25</x:v>
+      </x:c>
+      <x:c r="E493" s="4" t="n">
+        <x:v>7075757.58</x:v>
+      </x:c>
+      <x:c r="F493" s="4" t="n">
+        <x:v>6521794.67</x:v>
+      </x:c>
+      <x:c r="G493" s="4" t="n">
+        <x:v>99.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="494">
+      <x:c r="A494" s="3" t="str">
+        <x:v>521Ю651790</x:v>
+      </x:c>
+      <x:c r="B494" s="3" t="str">
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+      </x:c>
+      <x:c r="C494" s="4" t="n">
+        <x:v>1474646.47</x:v>
+      </x:c>
+      <x:c r="D494" s="4" t="n">
+        <x:v>1471074.57</x:v>
+      </x:c>
+      <x:c r="E494" s="4" t="n">
+        <x:v>1474646.47</x:v>
+      </x:c>
+      <x:c r="F494" s="4" t="n">
+        <x:v>1471074.57</x:v>
+      </x:c>
+      <x:c r="G494" s="4" t="n">
+        <x:v>99.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="495">
+      <x:c r="A495" s="3" t="str">
+        <x:v>5220160800</x:v>
+      </x:c>
+      <x:c r="B495" s="3" t="str">
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+      </x:c>
+      <x:c r="C495" s="4" t="n">
+        <x:v>2304000</x:v>
+      </x:c>
+      <x:c r="D495" s="4" t="n">
+        <x:v>2304000</x:v>
+      </x:c>
+      <x:c r="E495" s="4" t="n">
+        <x:v>2304000</x:v>
+      </x:c>
+      <x:c r="F495" s="4" t="n">
+        <x:v>2304000</x:v>
+      </x:c>
+      <x:c r="G495" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="496">
+      <x:c r="A496" s="3" t="str">
+        <x:v>55101R4970</x:v>
+      </x:c>
+      <x:c r="B496" s="3" t="str">
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+      </x:c>
+      <x:c r="C496" s="4" t="n">
+        <x:v>5501120.72</x:v>
+      </x:c>
+      <x:c r="D496" s="4" t="n">
+        <x:v>5501120.72</x:v>
+      </x:c>
+      <x:c r="E496" s="4" t="n">
+        <x:v>5501120.72</x:v>
+      </x:c>
+      <x:c r="F496" s="4" t="n">
+        <x:v>5501120.72</x:v>
+      </x:c>
+      <x:c r="G496" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="497">
+      <x:c r="A497" s="3" t="str">
+        <x:v>5520460310</x:v>
+      </x:c>
+      <x:c r="B497" s="3" t="str">
+        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
+      </x:c>
+      <x:c r="C497" s="4" t="n">
+        <x:v>2603000</x:v>
+      </x:c>
+      <x:c r="D497" s="4" t="n">
+        <x:v>2603000</x:v>
+      </x:c>
+      <x:c r="E497" s="4" t="n">
+        <x:v>2603000</x:v>
+      </x:c>
+      <x:c r="F497" s="4" t="n">
+        <x:v>2603000</x:v>
+      </x:c>
+      <x:c r="G497" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="498">
+      <x:c r="A498" s="3" t="str">
+        <x:v>59101R4670</x:v>
+      </x:c>
+      <x:c r="B498" s="3" t="str">
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+      </x:c>
+      <x:c r="C498" s="4" t="n">
+        <x:v>560000</x:v>
+      </x:c>
+      <x:c r="D498" s="4" t="n">
+        <x:v>560000</x:v>
+      </x:c>
+      <x:c r="E498" s="4" t="n">
+        <x:v>560000</x:v>
+      </x:c>
+      <x:c r="F498" s="4" t="n">
+        <x:v>560000</x:v>
+      </x:c>
+      <x:c r="G498" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="499">
+      <x:c r="A499" s="3" t="str">
+        <x:v>59103R5195</x:v>
+      </x:c>
+      <x:c r="B499" s="3" t="str">
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+      </x:c>
+      <x:c r="C499" s="4" t="n">
+        <x:v>50600</x:v>
+      </x:c>
+      <x:c r="D499" s="4" t="n">
+        <x:v>50600</x:v>
+      </x:c>
+      <x:c r="E499" s="4" t="n">
+        <x:v>50600</x:v>
+      </x:c>
+      <x:c r="F499" s="4" t="n">
+        <x:v>50600</x:v>
+      </x:c>
+      <x:c r="G499" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="500">
+      <x:c r="A500" s="3" t="str">
+        <x:v>59103R5196</x:v>
+      </x:c>
+      <x:c r="B500" s="3" t="str">
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+      </x:c>
+      <x:c r="C500" s="4" t="n">
+        <x:v>202200</x:v>
+      </x:c>
+      <x:c r="D500" s="4" t="n">
+        <x:v>202200</x:v>
+      </x:c>
+      <x:c r="E500" s="4" t="n">
+        <x:v>202200</x:v>
+      </x:c>
+      <x:c r="F500" s="4" t="n">
+        <x:v>202200</x:v>
+      </x:c>
+      <x:c r="G500" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="501">
+      <x:c r="A501" s="3" t="str">
+        <x:v>591Я555195</x:v>
+      </x:c>
+      <x:c r="B501" s="3" t="str">
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+      </x:c>
+      <x:c r="C501" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D501" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E501" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F501" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G501" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="502">
+      <x:c r="A502" s="3" t="str">
+        <x:v>591Я555196</x:v>
+      </x:c>
+      <x:c r="B502" s="3" t="str">
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+      </x:c>
+      <x:c r="C502" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D502" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E502" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F502" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G502" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="503">
+      <x:c r="A503" s="3" t="str">
+        <x:v>5К102R5763</x:v>
+      </x:c>
+      <x:c r="B503" s="3" t="str">
+        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
+      </x:c>
+      <x:c r="C503" s="4" t="n">
+        <x:v>131803313</x:v>
+      </x:c>
+      <x:c r="D503" s="4" t="n">
+        <x:v>131803313</x:v>
+      </x:c>
+      <x:c r="E503" s="4" t="n">
+        <x:v>131803313</x:v>
+      </x:c>
+      <x:c r="F503" s="4" t="n">
+        <x:v>131803313</x:v>
+      </x:c>
+      <x:c r="G503" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="504">
+      <x:c r="A504" s="3" t="str">
+        <x:v>5С1И455550</x:v>
+      </x:c>
+      <x:c r="B504" s="3" t="str">
+        <x:v>Реализация программ формирования современной городской среды</x:v>
+      </x:c>
+      <x:c r="C504" s="4" t="n">
+        <x:v>5050505.05</x:v>
+      </x:c>
+      <x:c r="D504" s="4" t="n">
+        <x:v>5050505.05</x:v>
+      </x:c>
+      <x:c r="E504" s="4" t="n">
+        <x:v>5050505.05</x:v>
+      </x:c>
+      <x:c r="F504" s="4" t="n">
+        <x:v>5050505.05</x:v>
+      </x:c>
+      <x:c r="G504" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="505">
+      <x:c r="A505" s="3" t="str">
+        <x:v>5Ф20164900</x:v>
+      </x:c>
+      <x:c r="B505" s="3" t="str">
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
+      </x:c>
+      <x:c r="C505" s="4" t="n">
+        <x:v>700000</x:v>
+      </x:c>
+      <x:c r="D505" s="4" t="n">
+        <x:v>700000</x:v>
+      </x:c>
+      <x:c r="E505" s="4" t="n">
+        <x:v>700000</x:v>
+      </x:c>
+      <x:c r="F505" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G505" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="506">
+      <x:c r="A506" s="3" t="str">
+        <x:v>5Ф20265500</x:v>
+      </x:c>
+      <x:c r="B506" s="3" t="str">
+        <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
+      </x:c>
+      <x:c r="C506" s="4" t="n">
+        <x:v>15943000</x:v>
+      </x:c>
+      <x:c r="D506" s="4" t="n">
+        <x:v>14619000</x:v>
+      </x:c>
+      <x:c r="E506" s="4" t="n">
+        <x:v>15943000</x:v>
+      </x:c>
+      <x:c r="F506" s="4" t="n">
+        <x:v>14619000</x:v>
+      </x:c>
+      <x:c r="G506" s="4" t="n">
+        <x:v>91.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="507">
+      <x:c r="A507" s="3" t="str">
+        <x:v>бюджет муниципального образования "Энемское городское поселение"</x:v>
+      </x:c>
+      <x:c r="B507" s="3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="C507" s="4" t="n">
         <x:v>4000000</x:v>
       </x:c>
-      <x:c r="D487" s="4" t="n">
+      <x:c r="D507" s="4" t="n">
         <x:v>4000000</x:v>
       </x:c>
-      <x:c r="E487" s="4" t="n">
+      <x:c r="E507" s="4" t="n">
         <x:v>4000000</x:v>
       </x:c>
-      <x:c r="F487" s="4" t="n">
+      <x:c r="F507" s="4" t="n">
         <x:v>4000000</x:v>
       </x:c>
-      <x:c r="G487" s="4" t="n">
+      <x:c r="G507" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="508">
+      <x:c r="A508" s="3" t="str">
+        <x:v>5Ф20164800</x:v>
+      </x:c>
+      <x:c r="B508" s="3" t="str">
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+      </x:c>
+      <x:c r="C508" s="4" t="n">
+        <x:v>4000000</x:v>
+      </x:c>
+      <x:c r="D508" s="4" t="n">
+        <x:v>4000000</x:v>
+      </x:c>
+      <x:c r="E508" s="4" t="n">
+        <x:v>4000000</x:v>
+      </x:c>
+      <x:c r="F508" s="4" t="n">
+        <x:v>4000000</x:v>
+      </x:c>
+      <x:c r="G508" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>