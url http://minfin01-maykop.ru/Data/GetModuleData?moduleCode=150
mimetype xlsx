--- v0 (2025-10-13)
+++ v1 (2025-12-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceb3e7698cd547ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435c2082aa6444f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R112fc0419c7d40ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R9c26af2794a24fad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,1291 +65,1383 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R112fc0419c7d40ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R954b0802f6e44a8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9c26af2794a24fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fa679905c064532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
     <x:col min="5" max="5" width="25" bestFit="1"/>
     <x:col min="6" max="6" width="25" bestFit="1"/>
     <x:col min="7" max="7" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>МБТ Майкоп </x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>* Источник плановых (прогнозных) значений - Сводная бюджетная роспись республиканского бюджета Республики Адыгея</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 13.10.2025</x:v>
+        <x:v>Данные на 12.12.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Получатель</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>Краткое наименование Ц. ст.</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>* Запланировано</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>Кассовый расход с начала года</x:v>
       </x:c>
       <x:c r="E5" s="2" t="str">
         <x:v>* Запланировано на начало отчетного месяца</x:v>
       </x:c>
       <x:c r="F5" s="2" t="str">
         <x:v>КР на начало отчетного месяца</x:v>
       </x:c>
       <x:c r="G5" s="2" t="str">
         <x:v>Процент исполнения</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>Дотации</x:v>
       </x:c>
       <x:c r="B6" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
       </x:c>
       <x:c r="B7" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>19698000</x:v>
+        <x:v>22544300</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>5Ф30260400</x:v>
       </x:c>
       <x:c r="B8" s="3" t="str">
         <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>10000000</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B9" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9698000</x:v>
+        <x:v>2846300</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9698000</x:v>
+        <x:v>2846300</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9698000</x:v>
+        <x:v>2846300</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>9698000</x:v>
+        <x:v>2846300</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
-        <x:v>Иные межбюджетные трансферты</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B10" s="3" t="str">
-        <x:v/>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>79430740.29</x:v>
+        <x:v>9698000</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>60355557</x:v>
+        <x:v>9698000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>79430740.29</x:v>
+        <x:v>9698000</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>60355557</x:v>
+        <x:v>9698000</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>75.99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
-        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
+        <x:v>Иные межбюджетные трансферты</x:v>
       </x:c>
       <x:c r="B11" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>79430740.29</x:v>
+        <x:v>77898540.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>60355557</x:v>
+        <x:v>71455557</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>79430740.29</x:v>
+        <x:v>79398540.29</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>60355557</x:v>
+        <x:v>71455557</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>75.99</x:v>
+        <x:v>91.73</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
-        <x:v>521Ю650500</x:v>
+        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
       </x:c>
       <x:c r="B12" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
+        <x:v/>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1718840.87</x:v>
+        <x:v>77898540.29</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1551732</x:v>
+        <x:v>71455557</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1718840.87</x:v>
+        <x:v>79398540.29</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1551732</x:v>
+        <x:v>71455557</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>90.28</x:v>
+        <x:v>91.73</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
-        <x:v>521Ю653030</x:v>
+        <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B13" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
+        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>72436699.42</x:v>
+        <x:v>1718840.87</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>53560825</x:v>
+        <x:v>1651732</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>72436699.42</x:v>
+        <x:v>1718840.87</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>53560825</x:v>
+        <x:v>1651732</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
-        <x:v>73.94</x:v>
+        <x:v>96.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
-        <x:v>5220560110</x:v>
+        <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B14" s="3" t="str">
-        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
+        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5275200</x:v>
+        <x:v>70936699.42</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5243000</x:v>
+        <x:v>64560825</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5275200</x:v>
+        <x:v>72436699.42</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>5243000</x:v>
+        <x:v>64560825</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
-        <x:v>99.39</x:v>
+        <x:v>91.01</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" s="3" t="str">
-        <x:v>Субвенции</x:v>
+        <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B15" s="3" t="str">
-        <x:v/>
+        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1855405926.49</x:v>
+        <x:v>5243000</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1526956276.64</x:v>
+        <x:v>5243000</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>1855405926.49</x:v>
+        <x:v>5243000</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1484495842.23</x:v>
+        <x:v>5243000</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
-        <x:v>82.3</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" s="3" t="str">
-        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
+        <x:v>Субвенции</x:v>
       </x:c>
       <x:c r="B16" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1855405926.49</x:v>
+        <x:v>2048031261.19</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1526956276.64</x:v>
+        <x:v>1899077917.83</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>1855405926.49</x:v>
+        <x:v>2034034261.19</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1484495842.23</x:v>
+        <x:v>1899077917.83</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
-        <x:v>82.3</x:v>
+        <x:v>92.73</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
       </x:c>
       <x:c r="B17" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>750155900</x:v>
+        <x:v>2048031261.19</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>593868280.43</x:v>
+        <x:v>1899077917.83</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>750155900</x:v>
+        <x:v>2034034261.19</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>566868280.43</x:v>
+        <x:v>1899077917.83</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>79.17</x:v>
+        <x:v>92.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" s="3" t="str">
-        <x:v>5230160070</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B18" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного образования в частных дошкольных образовательных организациях</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>746155900</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>746155900</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>50000</x:v>
+        <x:v>746155900</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>746155900</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" s="3" t="str">
-        <x:v>5230160080</x:v>
+        <x:v>5230160070</x:v>
       </x:c>
       <x:c r="B19" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного образования в частных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1677000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>879188.74</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1677000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>708264.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>52.43</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" s="3" t="str">
-        <x:v>5230160090</x:v>
+        <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B20" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>868091326.49</x:v>
+        <x:v>1677000</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>795962298.76</x:v>
+        <x:v>879188.74</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>868091326.49</x:v>
+        <x:v>1677000</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>780962298.76</x:v>
+        <x:v>879188.74</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>91.69</x:v>
+        <x:v>52.43</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" s="3" t="str">
-        <x:v>5230160100</x:v>
+        <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B21" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного, начального общего, основного общего, среднего общего образования в частных общеобразовательных организациях, осуществляющих образовательную деятельность по имеющим государ</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>7546700</x:v>
+        <x:v>1011164626.49</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>7546700</x:v>
+        <x:v>997164626.49</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>7546700</x:v>
+        <x:v>997164626.49</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>7546700</x:v>
+        <x:v>997164626.49</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>98.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>5230160100</x:v>
       </x:c>
       <x:c r="B22" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения получения дошкольного, начального общего, основного общего, среднего общего образования в частных общеобразовательных организациях, осуществляющих образовательную деятельность по имеющим государ</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4580800</x:v>
+        <x:v>7546700</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4580800</x:v>
+        <x:v>7546700</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>4580800</x:v>
+        <x:v>7546700</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>4580800</x:v>
+        <x:v>7546700</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B23" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>6099000</x:v>
+        <x:v>4566400</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3639220.09</x:v>
+        <x:v>4451886.4</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>6099000</x:v>
+        <x:v>4566400</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>3639220.09</x:v>
+        <x:v>4451886.4</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
-        <x:v>59.67</x:v>
+        <x:v>97.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B24" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>6099000</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4280654.8</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>6099000</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4280654.8</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>70.19</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" s="3" t="str">
-        <x:v>55103R0820</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B25" s="3" t="str">
-        <x:v>Предоставление жилых помещений детям-сиротам и детям, оставшимся без попечения родителей, лицам из их числа по договорам найма специализированных жилых помещений</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>208426400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>112226250</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>208426400</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>112226250</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>53.84</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" s="3" t="str">
-        <x:v>6790061100</x:v>
+        <x:v>55103R0820</x:v>
       </x:c>
       <x:c r="B26" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
+        <x:v>Предоставление жилых помещений детям-сиротам и детям, оставшимся без попечения родителей, лицам из их числа по договорам найма специализированных жилых помещений</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>261995834.7</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>130147500</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>261995834.7</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>130147500</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>49.68</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" s="3" t="str">
-        <x:v>6790061200</x:v>
+        <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B27" s="3" t="str">
-        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3712000</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3514077.22</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>3712000</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>3224567.1</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>94.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B28" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5018800</x:v>
+        <x:v>3712000</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4694461.4</x:v>
+        <x:v>3712000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>5018800</x:v>
+        <x:v>3712000</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>4694461.4</x:v>
+        <x:v>3712000</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>93.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" s="3" t="str">
-        <x:v>Субсидии</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B29" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2202132101.19</x:v>
+        <x:v>5018800</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1561045612.56</x:v>
+        <x:v>4694461.4</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2185372591.19</x:v>
+        <x:v>5018800</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>1561045612.56</x:v>
+        <x:v>4694461.4</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>70.89</x:v>
+        <x:v>93.54</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" s="3" t="str">
-        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
+        <x:v>Субсидии</x:v>
       </x:c>
       <x:c r="B30" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2202132101.19</x:v>
+        <x:v>2215849141.67</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1561045612.56</x:v>
+        <x:v>1961714707.45</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>2185372591.19</x:v>
+        <x:v>2215849141.67</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>1561045612.56</x:v>
+        <x:v>1938251618.1</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>70.89</x:v>
+        <x:v>88.53</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" s="3" t="str">
-        <x:v>52103R3040</x:v>
+        <x:v>бюджет муниципального образования "Город Майкоп"</x:v>
       </x:c>
       <x:c r="B31" s="3" t="str">
-        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>99753805.57</x:v>
+        <x:v>2215849141.67</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>67236087.34</x:v>
+        <x:v>1961714707.45</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>99753805.57</x:v>
+        <x:v>2215849141.67</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>67236087.34</x:v>
+        <x:v>1938251618.1</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>67.4</x:v>
+        <x:v>88.53</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" s="3" t="str">
-        <x:v>521Ю457500</x:v>
+        <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B32" s="3" t="str">
-        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
+        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>357600303.1</x:v>
+        <x:v>99753805.57</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>357600303.1</x:v>
+        <x:v>89753805.58</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>357600303.1</x:v>
+        <x:v>99753805.57</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>357600303.1</x:v>
+        <x:v>83636087.33</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>89.98</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>521Ю457500</x:v>
       </x:c>
       <x:c r="B33" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Реализация мероприятий по модернизации школьных систем образования</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5410792.65</x:v>
+        <x:v>357600303.1</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4329053.4</x:v>
+        <x:v>357600303.1</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>5410792.65</x:v>
+        <x:v>357600303.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>4329053.4</x:v>
+        <x:v>357600303.1</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
-        <x:v>80.01</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" s="3" t="str">
-        <x:v>521Я153150</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B34" s="3" t="str">
-        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>59999899</x:v>
+        <x:v>5410792.65</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>59999899</x:v>
+        <x:v>4969053.4</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>59999899</x:v>
+        <x:v>5410792.65</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>59999899</x:v>
+        <x:v>4969053.4</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>91.84</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>521Я153150</x:v>
       </x:c>
       <x:c r="B35" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Реализация мероприятий по проведению капитального ремонта и оснащение образовательных организаций, осуществляющих образовательную деятельность по образовательным программам дошкольного образования</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>17801600.77</x:v>
+        <x:v>59999899</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>16122886</x:v>
+        <x:v>59999899</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>17801600.77</x:v>
+        <x:v>59999899</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>16122886</x:v>
+        <x:v>59999899</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
-        <x:v>90.57</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" s="3" t="str">
-        <x:v>5510160540</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B36" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1342801.8</x:v>
+        <x:v>17801600.77</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1342801.8</x:v>
+        <x:v>17801600.77</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1342801.8</x:v>
+        <x:v>17801600.77</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>1342801.8</x:v>
+        <x:v>17801600.77</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>5510160540</x:v>
       </x:c>
       <x:c r="B37" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Субсидии местным бюджетам на предоставление молодым семьям дополнительной социальной выплаты при рождении (усыновлении) одного и более ребенка</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>25589223.43</x:v>
+        <x:v>1342801.8</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>23122701.34</x:v>
+        <x:v>1342801.8</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>25589223.43</x:v>
+        <x:v>1342801.8</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>23122701.34</x:v>
+        <x:v>1342801.8</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
-        <x:v>90.36</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" s="3" t="str">
-        <x:v>5510261120</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B38" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование капитальных вложений в объекты муниципальной собственности</x:v>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>16759510</x:v>
+        <x:v>25756263.91</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25756263.91</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25756263.91</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25756263.91</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" s="3" t="str">
-        <x:v>55102R1130</x:v>
+        <x:v>5510261120</x:v>
       </x:c>
       <x:c r="B39" s="3" t="str">
-        <x:v>Софинансирование капитальных вложений в объекты государственной (муниципальной) собственности субъектов Российской Федерации и (или) софинансирование мероприятий, не относящихся к капитальным вложениям в объекты государственной (муниципальной) собственно</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование капитальных вложений в объекты муниципальной собственности</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" s="3" t="str">
-        <x:v>551И260350</x:v>
+        <x:v>5510297777</x:v>
       </x:c>
       <x:c r="B40" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на финансирование мероприятий по предоставлению дополнительных мер поддержки, направленных на предоставление гражданам - собственникам помещений в аварийном жилищном фонде субсидии на приобретение жилых помещений</x:v>
+        <x:v>Финансовое обеспечение реализации инфраструктурных проектов (мероприятий), источником финансового обеспечения которых являются казначейские инфраструктурные кредиты</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16759510</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16759510</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" s="3" t="str">
-        <x:v>551И267484</x:v>
+        <x:v>55102R1130</x:v>
       </x:c>
       <x:c r="B41" s="3" t="str">
-        <x:v>Обеспечение мероприятий по переселению граждан из аварийного жилищного фонда за счет средств республиканского бюджета Республики Адыгея</x:v>
+        <x:v>Софинансирование капитальных вложений в объекты государственной (муниципальной) собственности субъектов Российской Федерации и (или) софинансирование мероприятий, не относящихся к капитальным вложениям в объекты государственной (муниципальной) собственно</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" s="3" t="str">
-        <x:v>551И351540</x:v>
+        <x:v>551И260350</x:v>
       </x:c>
       <x:c r="B42" s="3" t="str">
-        <x:v>Реализация мероприятий по модернизации коммунальной инфраструктуры</x:v>
+        <x:v>Субсидии местным бюджетам на финансирование мероприятий по предоставлению дополнительных мер поддержки, направленных на предоставление гражданам - собственникам помещений в аварийном жилищном фонде субсидии на приобретение жилых помещений</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>192694180</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>88174618.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>192694180</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>88174618.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>45.76</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" s="3" t="str">
-        <x:v>5520361130</x:v>
+        <x:v>551И267484</x:v>
       </x:c>
       <x:c r="B43" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на обеспечение ликвидации и рекультивации несанкционированных и санкционированных свалок</x:v>
+        <x:v>Обеспечение мероприятий по переселению граждан из аварийного жилищного фонда за счет средств республиканского бюджета Республики Адыгея</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" s="3" t="str">
-        <x:v>5830260360</x:v>
+        <x:v>551И351540</x:v>
       </x:c>
       <x:c r="B44" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
+        <x:v>Реализация мероприятий по модернизации коммунальной инфраструктуры</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>192694180</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2893656.9</x:v>
+        <x:v>192694173.94</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>192694180</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>2893656.9</x:v>
+        <x:v>192694173.94</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>96.46</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5520361130</x:v>
       </x:c>
       <x:c r="B45" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии местным бюджетам на обеспечение ликвидации и рекультивации несанкционированных и санкционированных свалок</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>616400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>616400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>616400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>616400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" s="3" t="str">
-        <x:v>59103R5195</x:v>
+        <x:v>5520361160</x:v>
       </x:c>
       <x:c r="B46" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Субсидии местным бюджетам на реализацию мероприятий по формированию комплексной системы обращения с отходами и внедрению на территории муниципальных образований, входящих в состав Республики Адыгея, системы раздельного накопления твердых коммунальных отх</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>13200000</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>13200000</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" s="3" t="str">
-        <x:v>59103R5197</x:v>
+        <x:v>5830260360</x:v>
       </x:c>
       <x:c r="B47" s="3" t="str">
-        <x:v>Поддержка отрасли культуры (комплектование книжных фондов муниципальных общедоступных библиотек и государственных центральных библиотек субъектов Российской Федерации)</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по совершенствованию системы организации дорожного движения</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>370100</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>370100</x:v>
+        <x:v>2893656.9</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>370100</x:v>
+        <x:v>3000000</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>370100</x:v>
+        <x:v>2893656.9</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>96.46</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" s="3" t="str">
-        <x:v>591Я555195</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B48" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>616400</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>616400</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>616400</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>616400</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" s="3" t="str">
-        <x:v>5Б1П1Е5580</x:v>
+        <x:v>59103R5195</x:v>
       </x:c>
       <x:c r="B49" s="3" t="str">
-        <x:v>Реализация проектов по развитию общественной территории муниципального образования, в том числе мероприятий (результатов) по обустройству туристского центра города на территории муниципального образования в соответствии с туристским кодом центра города</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>114020707.07</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>19844161.96</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>114020707.07</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>19844161.96</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" s="3" t="str">
-        <x:v>5Г101R7530</x:v>
+        <x:v>59103R5197</x:v>
       </x:c>
       <x:c r="B50" s="3" t="str">
-        <x:v>Закупка и монтаж оборудования для создания "умных" спортивных площадок</x:v>
+        <x:v>Поддержка отрасли культуры (комплектование книжных фондов муниципальных общедоступных библиотек и государственных центральных библиотек субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>12000000</x:v>
+        <x:v>370100</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>370100</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>12000000</x:v>
+        <x:v>370100</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>370100</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" s="3" t="str">
-        <x:v>5Л1019Д100</x:v>
+        <x:v>591Я555195</x:v>
       </x:c>
       <x:c r="B51" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>222400000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>99702513.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>222400000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>99702513.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
-        <x:v>44.83</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" s="3" t="str">
-        <x:v>5Л1И89Д100</x:v>
+        <x:v>5Б1П1Е5580</x:v>
       </x:c>
       <x:c r="B52" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них в рамках регионального проекта "Региональная и местная дорожная сет</x:v>
+        <x:v>Реализация проектов по развитию общественной территории муниципального образования, в том числе мероприятий (результатов) по обустройству туристского центра города на территории муниципального образования в соответствии с туристским кодом центра города</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>177600000</x:v>
+        <x:v>114020707.07</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>168273010.37</x:v>
+        <x:v>40401118.45</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>177600000</x:v>
+        <x:v>114020707.07</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>168273010.37</x:v>
+        <x:v>29045139.02</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
-        <x:v>94.75</x:v>
+        <x:v>35.43</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" s="3" t="str">
-        <x:v>5С10160450</x:v>
+        <x:v>5Г101R7530</x:v>
       </x:c>
       <x:c r="B53" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на реализацию мероприятий по благоустройству территории городских округов с численностью населения свыше 150 тысяч человек</x:v>
+        <x:v>Закупка и монтаж оборудования для создания "умных" спортивных площадок</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12000000</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12000000</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" s="3" t="str">
-        <x:v>5С10197000</x:v>
+        <x:v>5Л1019Д100</x:v>
       </x:c>
       <x:c r="B54" s="3" t="str">
-        <x:v>Реализация мероприятий, одобренных президиумом (штабом) Правительственной комиссии по региональному развитию в Российской Федерации, источником финансового обеспечения которых являются специальные казначейские кредиты</x:v>
+        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>450000000</x:v>
+        <x:v>222400000</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>450000000</x:v>
+        <x:v>169928473.87</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>450000000</x:v>
+        <x:v>222400000</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>450000000</x:v>
+        <x:v>163939082.2</x:v>
       </x:c>
       <x:c r="G54" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>76.41</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" s="3" t="str">
-        <x:v>5С1И454240</x:v>
+        <x:v>5Л1И89Д100</x:v>
       </x:c>
       <x:c r="B55" s="3" t="str">
-        <x:v>Создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
+        <x:v>Субсидии местным бюджетам на строительство, реконструкцию, капитальный ремонт и ремонт автомобильных дорог общего пользования местного значения и искусственных дорожных сооружений на них в рамках регионального проекта "Региональная и местная дорожная сет</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>104167777.8</x:v>
+        <x:v>177600000</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>42782046.36</x:v>
+        <x:v>168273010.37</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>104167777.8</x:v>
+        <x:v>177600000</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>42782046.36</x:v>
+        <x:v>168273010.37</x:v>
       </x:c>
       <x:c r="G55" s="4" t="n">
-        <x:v>41.07</x:v>
+        <x:v>94.75</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>5С10160450</x:v>
       </x:c>
       <x:c r="B56" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v>Субсидии местным бюджетам на реализацию мероприятий по благоустройству территории городских округов с численностью населения свыше 150 тысяч человек</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>283023400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>115132772.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>283023400</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>115132772.55</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G56" s="4" t="n">
-        <x:v>40.68</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" s="3" t="str">
+        <x:v>5С10197000</x:v>
+      </x:c>
+      <x:c r="B57" s="3" t="str">
+        <x:v>Реализация мероприятий, одобренных президиумом (штабом) Правительственной комиссии по региональному развитию в Российской Федерации, источником финансового обеспечения которых являются специальные казначейские кредиты</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>450000000</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>450000000</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>450000000</x:v>
+      </x:c>
+      <x:c r="F57" s="4" t="n">
+        <x:v>450000000</x:v>
+      </x:c>
+      <x:c r="G57" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58">
+      <x:c r="A58" s="3" t="str">
+        <x:v>5С1И454240</x:v>
+      </x:c>
+      <x:c r="B58" s="3" t="str">
+        <x:v>Создание комфортной городской среды в малых городах и исторических поселениях - победителях Всероссийского конкурса лучших проектов создания комфортной городской среды</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>104167777.8</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>42782046.36</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>104167777.8</x:v>
+      </x:c>
+      <x:c r="F58" s="4" t="n">
+        <x:v>42782046.36</x:v>
+      </x:c>
+      <x:c r="G58" s="4" t="n">
+        <x:v>41.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59">
+      <x:c r="A59" s="3" t="str">
+        <x:v>5С1И455550</x:v>
+      </x:c>
+      <x:c r="B59" s="3" t="str">
+        <x:v>Реализация программ формирования современной городской среды</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>283023400</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>283023400</x:v>
+      </x:c>
+      <x:c r="E59" s="4" t="n">
+        <x:v>283023400</x:v>
+      </x:c>
+      <x:c r="F59" s="4" t="n">
+        <x:v>283023400</x:v>
+      </x:c>
+      <x:c r="G59" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60">
+      <x:c r="A60" s="3" t="str">
+        <x:v>5Ф20164900</x:v>
+      </x:c>
+      <x:c r="B60" s="3" t="str">
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>350000</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>350000</x:v>
+      </x:c>
+      <x:c r="E60" s="4" t="n">
+        <x:v>350000</x:v>
+      </x:c>
+      <x:c r="F60" s="4" t="n">
+        <x:v>350000</x:v>
+      </x:c>
+      <x:c r="G60" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61">
+      <x:c r="A61" s="3" t="str">
         <x:v>5Ф20265500</x:v>
       </x:c>
-      <x:c r="B57" s="3" t="str">
+      <x:c r="B61" s="3" t="str">
         <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C61" s="4" t="n">
         <x:v>57931000</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="E57" s="4" t="n">
+      <x:c r="D61" s="4" t="n">
+        <x:v>53108000</x:v>
+      </x:c>
+      <x:c r="E61" s="4" t="n">
         <x:v>57931000</x:v>
       </x:c>
-      <x:c r="F57" s="4" t="n">
-[...3 lines deleted...]
-        <x:v>75.01</x:v>
+      <x:c r="F61" s="4" t="n">
+        <x:v>53108000</x:v>
+      </x:c>
+      <x:c r="G61" s="4" t="n">
+        <x:v>91.67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>