--- v0 (2025-10-13)
+++ v1 (2025-12-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dec7e96d8474e50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d51c47eac44dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="Rb66e674f062d4cf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Data" sheetId="1" r:id="R4c7340b2842e464a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts count="4">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
@@ -65,1544 +65,1590 @@
   <x:cellXfs count="5">
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="3" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="center" vertical="center" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <x:alignment horizontal="right" vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb66e674f062d4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0600296fb84c4624" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c7340b2842e464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc808cf2ea06441ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="25" bestFit="1"/>
     <x:col min="2" max="2" width="25" bestFit="1"/>
     <x:col min="3" max="3" width="25" bestFit="1"/>
     <x:col min="4" max="4" width="25" bestFit="1"/>
     <x:col min="5" max="5" width="25" bestFit="1"/>
     <x:col min="6" max="6" width="25" bestFit="1"/>
     <x:col min="7" max="7" width="25" bestFit="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="24" customHeight="1">
       <x:c r="A1" s="1" t="str">
         <x:v>МБТ Шовгеновский район </x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>* Источник плановых (прогнозных) значений - Сводная бюджетная роспись республиканского бюджета Республики Адыгея</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str">
-        <x:v>Данные на 13.10.2025</x:v>
+        <x:v>Данные на 12.12.2025</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" s="2" t="str">
         <x:v>Получатель</x:v>
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>Краткое наименование Ц. ст.</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>* Запланировано</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>Кассовый расход с начала года</x:v>
       </x:c>
       <x:c r="E5" s="2" t="str">
         <x:v>* Запланировано на начало отчетного месяца</x:v>
       </x:c>
       <x:c r="F5" s="2" t="str">
         <x:v>КР на начало отчетного месяца</x:v>
       </x:c>
       <x:c r="G5" s="2" t="str">
         <x:v>Процент исполнения</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>Дотации</x:v>
       </x:c>
       <x:c r="B6" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>241501000</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>223378700</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>241501000</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>205257000</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>92.5</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шовгеновский район"</x:v>
+        <x:v>Бюджет муниципального образования "Шовгеновский район"</x:v>
       </x:c>
       <x:c r="B7" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>241501000</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>223378700</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>241501000</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>205257000</x:v>
+        <x:v>243586000</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>92.5</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>5Ф30260100</x:v>
       </x:c>
       <x:c r="B8" s="3" t="str">
         <x:v>Дотации на выравнивание бюджетной обеспеченности муниципальных районов (городских округов)</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>217461000</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>199338700</x:v>
+        <x:v>217461000</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>217461000</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>181217000</x:v>
+        <x:v>217461000</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>91.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>5Ф30260400</x:v>
       </x:c>
       <x:c r="B9" s="3" t="str">
         <x:v>Дотации бюджетам муниципальных районов (городских округов) на поддержку мер по обеспечению сбалансированности бюджетов</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>17500000</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>17500000</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>17500000</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>17500000</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
-        <x:v>6710555490</x:v>
+        <x:v>5Ф30361700</x:v>
       </x:c>
       <x:c r="B10" s="3" t="str">
-        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
+        <x:v>Дотации за достижение наилучших результатов по увеличению налогового потенциала городских округов и муниципальных районов</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6540000</x:v>
+        <x:v>2085000</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6540000</x:v>
+        <x:v>2085000</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6540000</x:v>
+        <x:v>2085000</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6540000</x:v>
+        <x:v>2085000</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
-        <x:v>Иные межбюджетные трансферты</x:v>
+        <x:v>6710555490</x:v>
       </x:c>
       <x:c r="B11" s="3" t="str">
-        <x:v/>
+        <x:v>За достижение показателей деятельности органов исполнительной власти субъектов Российской Федерации</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>24824520</x:v>
+        <x:v>6540000</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>21829913</x:v>
+        <x:v>6540000</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>24824520</x:v>
+        <x:v>6540000</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>21829913</x:v>
+        <x:v>6540000</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>87.94</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шовгеновский район"</x:v>
+        <x:v>Иные межбюджетные трансферты</x:v>
       </x:c>
       <x:c r="B12" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>24824520</x:v>
+        <x:v>23924520</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>21829913</x:v>
+        <x:v>23924500</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>24824520</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>21829913</x:v>
+        <x:v>23924500</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>87.94</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
-        <x:v>521Ю650500</x:v>
+        <x:v>Бюджет муниципального образования "Шовгеновский район"</x:v>
       </x:c>
       <x:c r="B13" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
+        <x:v/>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>468720</x:v>
+        <x:v>23924520</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>391263</x:v>
+        <x:v>23924500</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>468720</x:v>
+        <x:v>24824520</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>391263</x:v>
+        <x:v>23924500</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
-        <x:v>83.47</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
-        <x:v>521Ю653030</x:v>
+        <x:v>521Ю650500</x:v>
       </x:c>
       <x:c r="B14" s="3" t="str">
-        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
+        <x:v>Ежемесячное денежное вознаграждение советникам директоров по воспитанию и взаимодействию с детскими общественными объединениями государственных общеобразовательных организаций, профессиональных образовательных организаций субъектов Российской Федерации, </x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>22654800</x:v>
+        <x:v>468720</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>19737650</x:v>
+        <x:v>468700</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>22654800</x:v>
+        <x:v>468720</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>19737650</x:v>
+        <x:v>468700</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
-        <x:v>87.12</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" s="3" t="str">
-        <x:v>5220560110</x:v>
+        <x:v>521Ю653030</x:v>
       </x:c>
       <x:c r="B15" s="3" t="str">
-        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
+        <x:v>Ежемесячное денежное вознаграждение за классное руководство педагогическим работникам государственных и муниципальных образовательных организаций, реализующих образовательные программы начального общего образования, образовательные программы основного об</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1701000</x:v>
+        <x:v>21754800</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1701000</x:v>
+        <x:v>21754800</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>1701000</x:v>
+        <x:v>22654800</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1701000</x:v>
+        <x:v>21754800</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" s="3" t="str">
-        <x:v>Субвенции</x:v>
+        <x:v>5220560110</x:v>
       </x:c>
       <x:c r="B16" s="3" t="str">
-        <x:v/>
+        <x:v>Иные межбюджетные трансферты на обеспечение отдыха и оздоровления детей в оздоровительных лагерях с дневным пребыванием детей на базе образовательных организаций</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>248008600</x:v>
+        <x:v>1701000</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>207802242.8</x:v>
+        <x:v>1701000</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>248008600</x:v>
+        <x:v>1701000</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>200431542.8</x:v>
+        <x:v>1701000</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
-        <x:v>83.79</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДЖЕРОКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Субвенции</x:v>
       </x:c>
       <x:c r="B17" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>260581500</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>259067799.5</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>422000</x:v>
+        <x:v>260584500</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>236462041.88</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>99.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>бюджет муниципального образования "Джерокайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B18" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДУКМАСОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B19" s="3" t="str">
-        <x:v/>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>бюджет муниципального образования "Дукмасовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B20" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ЗАРЕВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B21" s="3" t="str">
-        <x:v/>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>бюджет муниципального образования "Заревское сельское поселение"</x:v>
       </x:c>
       <x:c r="B22" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" s="3" t="str">
-        <x:v>бюджет муниципального образования "МАМХЕГСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B23" s="3" t="str">
-        <x:v/>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>бюджет муниципального образования "Мамхегское сельское поселение"</x:v>
       </x:c>
       <x:c r="B24" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" s="3" t="str">
-        <x:v>бюджет муниципального образования "Хакуринохабльское сельское поселение"</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B25" s="3" t="str">
-        <x:v/>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>бюджет муниципального образования "Хакуринохабльское сельское поселение"</x:v>
       </x:c>
       <x:c r="B26" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ХАТАЖУКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B27" s="3" t="str">
-        <x:v/>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" s="3" t="str">
-        <x:v>6710151180</x:v>
+        <x:v>бюджет муниципального образования "Хатажукайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B28" s="3" t="str">
-        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>422000</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>314550</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>74.54</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шовгеновский район"</x:v>
+        <x:v>6710151180</x:v>
       </x:c>
       <x:c r="B29" s="3" t="str">
-        <x:v/>
+        <x:v>Осуществление полномочий по первичному воинскому учету органами местного самоуправления поселений, муниципальных и городских округов</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>245476600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>205914942.8</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>245476600</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>198544242.8</x:v>
+        <x:v>422000</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>83.88</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" s="3" t="str">
-        <x:v>5230160060</x:v>
+        <x:v>Бюджет муниципального образования "Шовгеновский район"</x:v>
       </x:c>
       <x:c r="B30" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>57136500</x:v>
+        <x:v>258049500</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>49697655.58</x:v>
+        <x:v>256535799.5</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>57136500</x:v>
+        <x:v>258052500</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>48097655.58</x:v>
+        <x:v>233930041.88</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>86.98</x:v>
+        <x:v>99.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" s="3" t="str">
-        <x:v>5230160080</x:v>
+        <x:v>5230160060</x:v>
       </x:c>
       <x:c r="B31" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного образования в муниципальных дошкольных образовательных организациях</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>54000</x:v>
+        <x:v>62936500</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>9712</x:v>
+        <x:v>62936500</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>54000</x:v>
+        <x:v>62936500</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>9712</x:v>
+        <x:v>57618921.18</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>17.99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" s="3" t="str">
-        <x:v>5230160090</x:v>
+        <x:v>5230160080</x:v>
       </x:c>
       <x:c r="B32" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для осуществления выплаты компенсации родительской платы за присмотр и уход за детьми, посещающими образовательные организации, реализующие образовательную программу дошкольного образования</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>155174000</x:v>
+        <x:v>54000</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>131960701.6</x:v>
+        <x:v>9712</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>155174000</x:v>
+        <x:v>54000</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>126460701.6</x:v>
+        <x:v>9712</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>85.04</x:v>
+        <x:v>17.99</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" s="3" t="str">
-        <x:v>5230160220</x:v>
+        <x:v>5230160090</x:v>
       </x:c>
       <x:c r="B33" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для обеспечения государственных гарантий реализации прав на получение общедоступного и бесплатного дошкольного, начального общего, основного общего, среднего общего образования в муниципальных общеобразовательн</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>327000</x:v>
+        <x:v>167774000</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>327000</x:v>
+        <x:v>167774000</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>327000</x:v>
+        <x:v>167774000</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>327000</x:v>
+        <x:v>150784665.6</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" s="3" t="str">
-        <x:v>5330269010</x:v>
+        <x:v>5230160220</x:v>
       </x:c>
       <x:c r="B34" s="3" t="str">
-        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам для выплаты компенсации за работу по подготовке и проведению государственной итоговой аттестации по образовательным программам основного общего и среднего общего образования педагогическим работникам, участвующ</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>5928200</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>4120500</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>5928200</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>4120500</x:v>
+        <x:v>327000</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>69.51</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" s="3" t="str">
-        <x:v>5510360230</x:v>
+        <x:v>5330269010</x:v>
       </x:c>
       <x:c r="B35" s="3" t="str">
-        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
+        <x:v>Субвенции на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению компенсаций на оплату жилья и коммунальных услуг отдельным категориям граждан в Республике Адыгея</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>5928200</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4795500</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>5928200</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4795500</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>80.89</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" s="3" t="str">
-        <x:v>55103R0820</x:v>
+        <x:v>5510360230</x:v>
       </x:c>
       <x:c r="B36" s="3" t="str">
-        <x:v>Предоставление жилых помещений детям-сиротам и детям, оставшимся без попечения родителей, лицам из их числа по договорам найма специализированных жилых помещений</x:v>
+        <x:v>Субвенции, предоставляемые местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея по предоставлению дополнительных гарантий права на жилое помещение лицам, указанным в пункте 9 статьи 8 Федерального закона от 21 декабря</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>22744100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>16920000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>22744100</x:v>
+        <x:v>3000</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>16920000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
-        <x:v>74.39</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" s="3" t="str">
-        <x:v>5Ф30260300</x:v>
+        <x:v>55103R0820</x:v>
       </x:c>
       <x:c r="B37" s="3" t="str">
-        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
+        <x:v>Предоставление жилых помещений детям-сиротам и детям, оставшимся без попечения родителей, лицам из их числа по договорам найма специализированных жилых помещений</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2443000</x:v>
+        <x:v>16920000</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2036000</x:v>
+        <x:v>16920000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>2443000</x:v>
+        <x:v>16920000</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>1832400</x:v>
+        <x:v>16920000</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
-        <x:v>83.34</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" s="3" t="str">
-        <x:v>6790061100</x:v>
+        <x:v>5Ф30260300</x:v>
       </x:c>
       <x:c r="B38" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
+        <x:v>Субвенции муниципальным районам на осуществление отдельных государственных полномочий по расчету и предоставлению дотаций на выравнивание бюджетной обеспеченности поселений</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>230500</x:v>
+        <x:v>2443000</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>153664</x:v>
+        <x:v>2443000</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>230500</x:v>
+        <x:v>2443000</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>153664</x:v>
+        <x:v>2239600</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>66.67</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" s="3" t="str">
-        <x:v>6790061200</x:v>
+        <x:v>6790061100</x:v>
       </x:c>
       <x:c r="B39" s="3" t="str">
-        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
+        <x:v>Субвенции местным бюджетам на осуществление отдельных государственных полномочий Республики Адыгея в сфере административных правоотношений</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>910900</x:v>
+        <x:v>230500</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>689209.62</x:v>
+        <x:v>230500</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>910900</x:v>
+        <x:v>230500</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>622109.62</x:v>
+        <x:v>211288</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>75.66</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" s="3" t="str">
-        <x:v>6790061500</x:v>
+        <x:v>6790061200</x:v>
       </x:c>
       <x:c r="B40" s="3" t="str">
-        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
+        <x:v>Субвенции на осуществление государственных полномочий Республики Адыгея по созданию комиссий по делам несовершеннолетних и защите их прав</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>910900</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>910900</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>910900</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>500</x:v>
+        <x:v>834667.6</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" s="3" t="str">
-        <x:v>6901262700</x:v>
+        <x:v>6790061500</x:v>
       </x:c>
       <x:c r="B41" s="3" t="str">
-        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
+        <x:v>Субвенции бюджетам муниципальных районов на осуществление отдельных государственных полномочий Республики Адыгея по расчету и предоставлению субвенций бюджетам городских, сельских поселений, входящих в состав территорий муниципальных районов, на осуществ</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>524900</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>524900</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" s="3" t="str">
-        <x:v>Субсидии</x:v>
+        <x:v>6901262700</x:v>
       </x:c>
       <x:c r="B42" s="3" t="str">
-        <x:v/>
+        <x:v>Субвенции местным бюджетам на осуществление государственных полномочий Республики Адыгея по организации мероприятий при осуществлении деятельности по обращению с животными без владельцев</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>353545721.72</x:v>
+        <x:v>524900</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>231825551.37</x:v>
+        <x:v>188187.5</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>353545721.72</x:v>
+        <x:v>524900</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>204939351.08</x:v>
+        <x:v>188187.5</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>65.57</x:v>
+        <x:v>35.85</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДЖЕРОКАЙСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>Субсидии</x:v>
       </x:c>
       <x:c r="B43" s="3" t="str">
         <x:v/>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>353048721.72</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>342601045.79</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>353048721.72</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>341409716.21</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>97.04</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>бюджет муниципального образования "Джерокайское сельское поселение"</x:v>
       </x:c>
       <x:c r="B44" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" s="3" t="str">
-        <x:v>БЮДЖЕТ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ "ДУКМАСОВСКОЕ СЕЛЬСКОЕ ПОСЕЛЕНИЕ"</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B45" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>1177000</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>бюджет муниципального образования "Дукмасовское сельское поселение"</x:v>
       </x:c>
       <x:c r="B46" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>1177000</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
         <x:v>1177000</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>1177000</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
         <x:v>1177000</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" s="3" t="str">
-        <x:v>бюджет муниципального образования "Хакуринохабльское сельское поселение"</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B47" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>2000000</x:v>
+        <x:v>1177000</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" s="3" t="str">
-        <x:v>5Ф20164800</x:v>
+        <x:v>бюджет муниципального образования "Хакуринохабльское сельское поселение"</x:v>
       </x:c>
       <x:c r="B48" s="3" t="str">
-        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
         <x:v>2000000</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" s="3" t="str">
-        <x:v>бюджет муниципального образования "Шовгеновский район"</x:v>
+        <x:v>5Ф20164800</x:v>
       </x:c>
       <x:c r="B49" s="3" t="str">
-        <x:v/>
+        <x:v>Субсидии местным бюджетам для финансирования проектов развития территорий муниципальных образований Республики Адыгея, основанных на местных инициативах</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>348368721.72</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>226648551.37</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>348368721.72</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>199762351.08</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
-        <x:v>65.06</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" s="3" t="str">
-        <x:v>52103R3040</x:v>
+        <x:v>Бюджет муниципального образования "Шовгеновский район"</x:v>
       </x:c>
       <x:c r="B50" s="3" t="str">
-        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
+        <x:v/>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>7075757.58</x:v>
+        <x:v>347871721.72</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>5121831.52</x:v>
+        <x:v>337424045.79</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>7075757.58</x:v>
+        <x:v>347871721.72</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>5121831.52</x:v>
+        <x:v>336232716.21</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
-        <x:v>72.39</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" s="3" t="str">
-        <x:v>521Ю651790</x:v>
+        <x:v>52103R3040</x:v>
       </x:c>
       <x:c r="B51" s="3" t="str">
-        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
+        <x:v>Организация бесплатного горячего питания обучающихся, получающих начальное общее образование в государственных и муниципальных образовательных организациях</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1474646.47</x:v>
+        <x:v>7075757.58</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1253947.8</x:v>
+        <x:v>7071708.25</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>1474646.47</x:v>
+        <x:v>7075757.58</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>1253947.8</x:v>
+        <x:v>6521794.67</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
-        <x:v>85.03</x:v>
+        <x:v>99.94</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" s="3" t="str">
-        <x:v>5220160800</x:v>
+        <x:v>521Ю651790</x:v>
       </x:c>
       <x:c r="B52" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
+        <x:v>Проведение мероприятий по обеспечению деятельности советников директора по воспитанию и взаимодействию с детскими общественными объединениями в общеобразовательных организациях</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2304000</x:v>
+        <x:v>1474646.47</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1471074.57</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>2304000</x:v>
+        <x:v>1474646.47</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1471074.57</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>99.76</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" s="3" t="str">
-        <x:v>55101R4970</x:v>
+        <x:v>5220160800</x:v>
       </x:c>
       <x:c r="B53" s="3" t="str">
-        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование мероприятий по организации в муниципальных общеобразовательных организациях бесплатного питания обучающихся, относящихся к категориям обучающихся, для которых предусмотрено бесплатное питание</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>5501120.72</x:v>
+        <x:v>2304000</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>5501120.72</x:v>
+        <x:v>2304000</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>5501120.72</x:v>
+        <x:v>2304000</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>5501120.72</x:v>
+        <x:v>2304000</x:v>
       </x:c>
       <x:c r="G53" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" s="3" t="str">
-        <x:v>5510261120</x:v>
+        <x:v>55101R4970</x:v>
       </x:c>
       <x:c r="B54" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на софинансирование капитальных вложений в объекты муниципальной собственности</x:v>
+        <x:v>Реализация мероприятий по обеспечению жильем молодых семей</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5501120.72</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5501120.72</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5501120.72</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>5501120.72</x:v>
       </x:c>
       <x:c r="G54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" s="3" t="str">
-        <x:v>551И260350</x:v>
+        <x:v>5510261120</x:v>
       </x:c>
       <x:c r="B55" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на финансирование мероприятий по предоставлению дополнительных мер поддержки, направленных на предоставление гражданам - собственникам помещений в аварийном жилищном фонде субсидии на приобретение жилых помещений</x:v>
+        <x:v>Субсидии местным бюджетам на софинансирование капитальных вложений в объекты муниципальной собственности</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" s="3" t="str">
-        <x:v>551И267484</x:v>
+        <x:v>551И260350</x:v>
       </x:c>
       <x:c r="B56" s="3" t="str">
-        <x:v>Обеспечение мероприятий по переселению граждан из аварийного жилищного фонда за счет средств республиканского бюджета Республики Адыгея</x:v>
+        <x:v>Субсидии местным бюджетам на финансирование мероприятий по предоставлению дополнительных мер поддержки, направленных на предоставление гражданам - собственникам помещений в аварийном жилищном фонде субсидии на приобретение жилых помещений</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" s="3" t="str">
-        <x:v>551И351540</x:v>
+        <x:v>551И267484</x:v>
       </x:c>
       <x:c r="B57" s="3" t="str">
-        <x:v>Реализация мероприятий по модернизации коммунальной инфраструктуры</x:v>
+        <x:v>Обеспечение мероприятий по переселению граждан из аварийного жилищного фонда за счет средств республиканского бюджета Республики Адыгея</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>43596470</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>16109926.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>43596470</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>16109926.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G57" s="4" t="n">
-        <x:v>36.95</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" s="3" t="str">
-        <x:v>5520460310</x:v>
+        <x:v>551И351540</x:v>
       </x:c>
       <x:c r="B58" s="3" t="str">
-        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
+        <x:v>Реализация мероприятий по модернизации коммунальной инфраструктуры</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>43596470</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>43596470</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>3800000</x:v>
+        <x:v>43596470</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>43596470</x:v>
       </x:c>
       <x:c r="G58" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" s="3" t="str">
-        <x:v>59101R4670</x:v>
+        <x:v>5520460310</x:v>
       </x:c>
       <x:c r="B59" s="3" t="str">
-        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
+        <x:v>Субсидии местным бюджетам на мероприятия по энергосбережению и повышению энергетической эффективности</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>2603000</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>2603000</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>2603000</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>560000</x:v>
+        <x:v>2603000</x:v>
       </x:c>
       <x:c r="G59" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" s="3" t="str">
-        <x:v>59103R5195</x:v>
+        <x:v>59101R4670</x:v>
       </x:c>
       <x:c r="B60" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Обеспечение развития и укрепления материально-технической базы муниципальных домов культуры в населенных пунктах с числом жителей до 50 тысяч человек</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>50600</x:v>
+        <x:v>560000</x:v>
       </x:c>
       <x:c r="G60" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" s="3" t="str">
-        <x:v>59103R5196</x:v>
+        <x:v>59103R5195</x:v>
       </x:c>
       <x:c r="B61" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>202200</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>202200</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>202200</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>202200</x:v>
+        <x:v>50600</x:v>
       </x:c>
       <x:c r="G61" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" s="3" t="str">
-        <x:v>59103R5197</x:v>
+        <x:v>59103R5196</x:v>
       </x:c>
       <x:c r="B62" s="3" t="str">
-        <x:v>Поддержка отрасли культуры (комплектование книжных фондов муниципальных общедоступных библиотек и государственных центральных библиотек субъектов Российской Федерации)</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>72200</x:v>
+        <x:v>202200</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>72200</x:v>
+        <x:v>202200</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>72200</x:v>
+        <x:v>202200</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>72200</x:v>
+        <x:v>202200</x:v>
       </x:c>
       <x:c r="G62" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" s="3" t="str">
-        <x:v>591Я555195</x:v>
+        <x:v>59103R5197</x:v>
       </x:c>
       <x:c r="B63" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
+        <x:v>Поддержка отрасли культуры (комплектование книжных фондов муниципальных общедоступных библиотек и государственных центральных библиотек субъектов Российской Федерации)</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>72200</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>72200</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>72200</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>72200</x:v>
       </x:c>
       <x:c r="G63" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" s="3" t="str">
-        <x:v>591Я555196</x:v>
+        <x:v>591Я555195</x:v>
       </x:c>
       <x:c r="B64" s="3" t="str">
-        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших работников сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" s="3" t="str">
-        <x:v>591Я555900</x:v>
+        <x:v>591Я555196</x:v>
       </x:c>
       <x:c r="B65" s="3" t="str">
-        <x:v>Техническое оснащение региональных и муниципальных музеев</x:v>
+        <x:v>Государственная поддержка отрасли культуры (государственная поддержка лучших сельских учреждений культуры)</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3877700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>3877700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>3877700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>3877700</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G65" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" s="3" t="str">
-        <x:v>5К102R5763</x:v>
+        <x:v>591Я555900</x:v>
       </x:c>
       <x:c r="B66" s="3" t="str">
-        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
+        <x:v>Техническое оснащение региональных и муниципальных музеев</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>258860521.9</x:v>
+        <x:v>3877700</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>176887520.15</x:v>
+        <x:v>3877700</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>258860521.9</x:v>
+        <x:v>3877700</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>150001319.86</x:v>
+        <x:v>3877700</x:v>
       </x:c>
       <x:c r="G66" s="4" t="n">
-        <x:v>68.33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" s="3" t="str">
-        <x:v>5С1И455550</x:v>
+        <x:v>5К102R5763</x:v>
       </x:c>
       <x:c r="B67" s="3" t="str">
-        <x:v>Реализация программ формирования современной городской среды</x:v>
+        <x:v>Обеспечение комплексного развития сельских территорий (современный облик сельских территорий)</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>258860521.9</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>249744467.2</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>258860521.9</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>5050505.05</x:v>
+        <x:v>249803051.2</x:v>
       </x:c>
       <x:c r="G67" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>96.48</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" s="3" t="str">
+        <x:v>5С1И455550</x:v>
+      </x:c>
+      <x:c r="B68" s="3" t="str">
+        <x:v>Реализация программ формирования современной городской среды</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>5050505.05</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>5050505.05</x:v>
+      </x:c>
+      <x:c r="E68" s="4" t="n">
+        <x:v>5050505.05</x:v>
+      </x:c>
+      <x:c r="F68" s="4" t="n">
+        <x:v>5050505.05</x:v>
+      </x:c>
+      <x:c r="G68" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69">
+      <x:c r="A69" s="3" t="str">
+        <x:v>5Ф20164900</x:v>
+      </x:c>
+      <x:c r="B69" s="3" t="str">
+        <x:v>Субсидии местным бюджетам для финансирования проектов школьного инициативного бюджетирования общеобразовательных организаций Республики Адыгея</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>700000</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>700000</x:v>
+      </x:c>
+      <x:c r="E69" s="4" t="n">
+        <x:v>700000</x:v>
+      </x:c>
+      <x:c r="F69" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G69" s="4" t="n">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70">
+      <x:c r="A70" s="3" t="str">
         <x:v>5Ф20265500</x:v>
       </x:c>
-      <x:c r="B68" s="3" t="str">
+      <x:c r="B70" s="3" t="str">
         <x:v>Субсидии местным бюджетам на частичную компенсацию расходов на повышение оплаты труда работников бюджетной сферы</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="n">
+      <x:c r="C70" s="4" t="n">
         <x:v>15943000</x:v>
       </x:c>
-      <x:c r="D68" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="E68" s="4" t="n">
+      <x:c r="D70" s="4" t="n">
+        <x:v>14619000</x:v>
+      </x:c>
+      <x:c r="E70" s="4" t="n">
         <x:v>15943000</x:v>
       </x:c>
-      <x:c r="F68" s="4" t="n">
-[...3 lines deleted...]
-        <x:v>75.02</x:v>
+      <x:c r="F70" s="4" t="n">
+        <x:v>14619000</x:v>
+      </x:c>
+      <x:c r="G70" s="4" t="n">
+        <x:v>91.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
   </x:mergeCells>
 </x:worksheet>
 </file>